--- v0 (2025-11-03)
+++ v1 (2026-02-02)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7445 Printing Services Promotional Supplies and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2B2BC55-8878-407D-BB3A-D74CD1437C4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76303966-330E-46F2-AA10-06736FC63B52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -855,51 +855,51 @@
   </si>
   <si>
     <t>*updated 4/30/24, 10/4/24, 2/18/25</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price Link 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>See Website</t>
     </r>
   </si>
   <si>
     <t>*updated 8/26/22, 9/14/22, 9/19/22, 2/2/23, 2/16/23, 4/25/23, 7/19/23, 10/17/23, 5/7/24, 7/8/24, 11/12/24, 4/9/25, 4/28/25</t>
   </si>
   <si>
     <t>*updated 8/5/25</t>
   </si>
   <si>
-    <t>*updated 8/1/23, 3/25/24, 5/30/24, 6/3/24, 8/1/24, 8/5/24, 12/6/24, 1/22/25, 1/31/25, 10/20/25</t>
+    <t>*updated 8/1/23, 3/25/24, 5/30/24, 6/3/24, 8/1/24, 8/5/24, 12/6/24, 1/22/25, 1/31/25, 10/20/25, 1/13/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>