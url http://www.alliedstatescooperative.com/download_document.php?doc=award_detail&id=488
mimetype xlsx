--- v0 (2026-02-14)
+++ v1 (2026-03-31)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2026\26-7548 Paper Products\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://esc19-my.sharepoint.com/personal/rshernandez_esc19_net/Documents/Desktop/Upload Web/26-7548/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3BA46782-58E2-4E31-8AD6-4934A2DBA61E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5C7D1853-410E-46AB-A659-40FD42C71578}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Lines!$A$1:$H$15</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$B,Lines!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="68">
   <si>
     <t/>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>Dream Ranch Office Supplies (Dream Ranch LLC)</t>
   </si>
   <si>
     <t>School Specialty LLC</t>
@@ -343,51 +343,51 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
@@ -398,50 +398,53 @@
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -737,62 +740,62 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bids@unitedsalesusa.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheri@dreamranchtx.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7548/United%20Sales-Combined%20catalog.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7548/BZ%20Defense.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7548/Spectrum%20Paper.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bids@unitedsalesusa.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheri@dreamranchtx.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7548/Shelby.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7548/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7548/Dream%20Ranch.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="110" workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="L9" sqref="L9"/>
+      <selection pane="bottomRight" activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="1" customWidth="1"/>
     <col min="2" max="2" width="36" style="1" customWidth="1"/>
     <col min="3" max="8" width="30.7109375" style="1" customWidth="1"/>
     <col min="9" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="C1" s="17"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
     </row>
     <row r="2" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="B2" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="6" t="s">
@@ -977,66 +980,66 @@
         <v>61</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>1</v>
       </c>
       <c r="F10" s="15" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="15" t="s">
         <v>50</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B11" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" s="6" t="s">
+      <c r="C11" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="D11" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="E11" s="6" t="s">
+      <c r="E11" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="F11" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="G11" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="H11" s="19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>9</v>
       </c>
@@ -1110,53 +1113,59 @@
         <v>42</v>
       </c>
       <c r="D15" s="12" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="12" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="C2:H15">
     <sortCondition ref="C2:H2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1" xr:uid="{192D445F-509A-4E8C-BE33-1BE21DBA481B}"/>
     <hyperlink ref="H5" r:id="rId2" xr:uid="{0342AF8C-01CF-4F6B-B713-4AE8227B1252}"/>
+    <hyperlink ref="C11" r:id="rId3" xr:uid="{A691AC4D-4470-41F6-AC39-06D4B988AC12}"/>
+    <hyperlink ref="D11" r:id="rId4" xr:uid="{78E63B9D-7D07-4FD9-B101-DDB55CDFB44C}"/>
+    <hyperlink ref="E11" r:id="rId5" xr:uid="{D2511467-4527-496B-82D0-A7E9C1813B4B}"/>
+    <hyperlink ref="F11" r:id="rId6" xr:uid="{01383F96-68AE-47C8-8264-4B0C6EB91DF5}"/>
+    <hyperlink ref="G11" r:id="rId7" xr:uid="{BEB1E543-88F3-4504-B8A5-11BF4D4A1E47}"/>
+    <hyperlink ref="H11" r:id="rId8" xr:uid="{45680895-650B-4577-86C0-BFC29119AEE3}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId3"/>
+  <pageSetup orientation="landscape" r:id="rId9"/>
   <headerFooter>
     <oddFooter>&amp;R26-7548 - Page &amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="11" max="7" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>