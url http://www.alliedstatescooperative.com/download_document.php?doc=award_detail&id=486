--- v0 (2026-02-14)
+++ v1 (2026-03-31)
@@ -4,116 +4,107 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2026\26-7546 Special Education Assistive Technology, Curriculum, and Related Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6D9CB336-95C8-4D55-B8CA-707956C8E0E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C5B82C0-FF54-4E49-BB42-5EDFB1EB955C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="141">
   <si>
     <t/>
   </si>
   <si>
     <t>Attain Therapy, LLC</t>
   </si>
   <si>
     <t>Boundless Assistive Technology, LLC.</t>
   </si>
   <si>
-    <t>Crick Software, Inc</t>
-[...4 lines deleted...]
-  <si>
     <t>Onward Search LLC</t>
   </si>
   <si>
     <t>PRC-Saltillo (Prentke Romich Company)</t>
   </si>
   <si>
     <t>Rifton Equipment (Community Products LLC)</t>
   </si>
   <si>
     <t>Salazar VI Independent Contracting</t>
   </si>
   <si>
     <t>School Health Corporation</t>
   </si>
   <si>
     <t>Scoot Education Inc</t>
   </si>
   <si>
-    <t>Texas Therapy Consultants, PLLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Tutor Doctor Glen Allen (Richmond Tutoring, Inc.)</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Special Education, Assistive Technology, Curriculum &amp; Related to include but not limited to:    Instructional Equipment &amp; Supplies    Assistive Technologies and Equipment    Special Education Supplies    Consulting, Training, and Contracted Services</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Equipment/Supplies/Materials. Percent discount off catalog/pricelist.</t>
   </si>
   <si>
     <t>No Bid</t>
@@ -121,372 +112,315 @@
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Consulting, Training, and Contracted Services. Percent discount off fee schedule.</t>
   </si>
   <si>
     <t>Kimberly Loner, MEd</t>
   </si>
   <si>
     <t>Lisa Maynard</t>
   </si>
   <si>
     <t>Account Manager</t>
   </si>
   <si>
     <t>Maria Y. Salazar</t>
   </si>
   <si>
     <t>Amy Gallagher</t>
   </si>
   <si>
     <t>Whitney Hill</t>
   </si>
   <si>
-    <t>Nakeysha Wilson / Pamela Ijeh</t>
-[...1 lines deleted...]
-  <si>
     <t>Jessica Cassity - support@thedigitalslp.com</t>
   </si>
   <si>
     <t>Trace Carson</t>
   </si>
   <si>
     <t>Kirsten Erwin</t>
   </si>
   <si>
     <t>Vincent Scocozza</t>
   </si>
   <si>
     <t>Fernando Vinagre</t>
   </si>
   <si>
     <t>Matthew Petty</t>
   </si>
   <si>
     <t>Dennis Moulton</t>
   </si>
   <si>
-    <t>Kyle Odierno</t>
-[...4 lines deleted...]
-  <si>
     <t>Thomas O'Dwyer</t>
   </si>
   <si>
     <t>Roxane Franco</t>
   </si>
   <si>
     <t>9355 E. Stockton Boulevard Suite 230 Elk Grove, CA 95624</t>
   </si>
   <si>
     <t>1022 Heyl Rd, Wooster, OH 44691</t>
   </si>
   <si>
     <t>101 Woodcrest Drive, Rifton, NY 12471</t>
   </si>
   <si>
     <t>11200 War Feather Dr. El Paso, TX. 79936</t>
   </si>
   <si>
     <t>5600 Apollo DriveRolling Meadows, IL 60008</t>
   </si>
   <si>
     <t>5670 Wilshire Blvd Ste 1970, Los Angeles, CA 90036</t>
   </si>
   <si>
-    <t>1710 S Dairy Ashford Rd Ste 203, Houston, TX, 77077</t>
-[...1 lines deleted...]
-  <si>
     <t>1015 Atlantic Boulevard, #294Atlantic Beach, Florida 32233</t>
   </si>
   <si>
     <t>6607 Three Chopt RoadRichmond, VA 23226</t>
   </si>
   <si>
     <t>268 Post Road, Suite 200  PMB 143547  Fairfield, CT 06824</t>
   </si>
   <si>
     <t>7223 Lee Deforest Drive, Columbia, MD 21046</t>
   </si>
   <si>
     <t>850 Towbin Avenue, Lakewood, NJ 08701</t>
   </si>
   <si>
     <t>1158 Clarity St Verona, WI 53593</t>
   </si>
   <si>
-    <t>100 Technology Drive, Suite 200 Trumbull, CT 06611</t>
-[...4 lines deleted...]
-  <si>
     <t>42 Executive Blvd., Farmingdale, New York 11735</t>
   </si>
   <si>
     <t>1025 Clint Cutoff, PO Box 1183, Clint, TX 79836</t>
   </si>
   <si>
     <t>kloner@pointquestgroup.com</t>
   </si>
   <si>
     <t>bids@prc-saltillo.com</t>
   </si>
   <si>
     <t>sales@rifton.com</t>
   </si>
   <si>
     <t>salazar2258@att.net</t>
   </si>
   <si>
     <t>bids@schoolhealth.com</t>
   </si>
   <si>
     <t>Schools@scoot.education</t>
   </si>
   <si>
-    <t>admin@ttconsultants.net</t>
-[...1 lines deleted...]
-  <si>
     <t>support@thedigitalslp.com</t>
   </si>
   <si>
     <t>tcarson@tutordoctor.org</t>
   </si>
   <si>
     <t>viscocoz@amergis.com</t>
   </si>
   <si>
     <t>RFP@AttainABA.com</t>
   </si>
   <si>
     <t>bidspec@attainmentcompany.com</t>
   </si>
   <si>
     <t>dennis@boundlessat.com</t>
   </si>
   <si>
-    <t>kyle.odierno@cricksoft.com</t>
-[...4 lines deleted...]
-  <si>
     <t>Sales@maxiaids.com</t>
   </si>
   <si>
     <t>rfranco@xspedite.com</t>
   </si>
   <si>
     <t>(916) 422-0571</t>
   </si>
   <si>
     <t>(330) 262-1984</t>
   </si>
   <si>
     <t>(800) 571-8198</t>
   </si>
   <si>
     <t>(915) 740-6929</t>
   </si>
   <si>
     <t>(866) 323-5465</t>
   </si>
   <si>
     <t>(310) 477-7707</t>
   </si>
   <si>
-    <t>(832) 615-4902</t>
-[...1 lines deleted...]
-  <si>
     <t>(443) 281-3787</t>
   </si>
   <si>
     <t>(804) 439-2950</t>
   </si>
   <si>
     <t>(512) 651-0463</t>
   </si>
   <si>
     <t>(866) 864-1661</t>
   </si>
   <si>
     <t>(800) 327-4269</t>
   </si>
   <si>
     <t>(866) 606-8551</t>
   </si>
   <si>
-    <t>(203) 221-2697</t>
-[...4 lines deleted...]
-  <si>
     <t>(800) 522-6294 x268</t>
   </si>
   <si>
     <t>(915) 346-5514</t>
   </si>
   <si>
     <t>https://www.pointquestgroup.com/</t>
   </si>
   <si>
     <t>https://prc-saltillo.com/</t>
   </si>
   <si>
     <t>HTTP://www.rifton.com</t>
   </si>
   <si>
     <t>http://www.schoolhealth.com</t>
   </si>
   <si>
     <t>HTTP://www.scoot.education</t>
   </si>
   <si>
-    <t>https://txtxconsultants.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://www.thedigitalslp.com</t>
   </si>
   <si>
     <t>https://www.tutordoctor.com/glen-allen/</t>
   </si>
   <si>
     <t>https://www.onwardsearch.com/education-staffing-solutions/</t>
   </si>
   <si>
     <t>HTTP://viscocoz@amergis.com</t>
   </si>
   <si>
     <t>https://boosttherapy.com/</t>
   </si>
   <si>
     <t>https://www.attainmentcompany.com/</t>
   </si>
   <si>
     <t>HTTP://www.BoundlessAT.com</t>
   </si>
   <si>
-    <t>https://us.cricksoft.com/</t>
-[...4 lines deleted...]
-  <si>
     <t>HTTP://www.maxiaids.com</t>
   </si>
   <si>
     <t>https://xspedite.com/</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
-    <t>Texas</t>
-[...1 lines deleted...]
-  <si>
     <t>yes, please contact orderdept@prc-saltillo.com for details on shipping</t>
   </si>
   <si>
     <t>Yes. Normal shipping fees are 14 days ARO, but expedited services cost 15% goods total for Next Day Air and 8% of goods total for 2nd day air. Contact your account manager at sales@rifton.com or call 800-571-8198 to expedite an order.</t>
   </si>
   <si>
     <t>Yes, Please contact our Customer Care team at 866-323-5465 for expedited shipping charges</t>
   </si>
   <si>
     <t>NA - we offer a digital product, there are no shipping fees</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>No. N/A</t>
   </si>
   <si>
     <t>Contact Account Manager Rene Zelt rzelt@attainmentcompany.com volume orders may qualify for additional discounts</t>
   </si>
   <si>
     <t>yes - expedited shipping requests can be made to Dennis Moulton - dennis@boundlessat.com</t>
   </si>
   <si>
-    <t>Yes, $45 flat rate for switch boxes. Lori Nicolai - lori.nicolai@cricksoft.com</t>
-[...1 lines deleted...]
-  <si>
     <t>all states</t>
   </si>
   <si>
     <t>Point Quest Group is eager to serve all of Region 19, without exception.</t>
   </si>
   <si>
     <t>We are licensed in all US States</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>El Paso County, including Tornillo, Fabens, San Elizario and El Paso school districts</t>
   </si>
   <si>
     <t>School Health does business in all 50 states</t>
   </si>
   <si>
     <t>Scoot provides services throughout the United States including Arizona, California, Colorado, Florida, Louisiana, Nevada, New Jersey, Texas and Washington D.C.</t>
   </si>
   <si>
     <t>Located in Atlantic Beach, FL and services nationally.</t>
   </si>
   <si>
     <t>State of Texas, Richmond, Virginia</t>
   </si>
   <si>
     <t>Amergis is licensed and willing to serve in over 70 offices in 32 states, including the following; AZ CA CO CT DE FL GA IL IN KY MA MD ME MI MN MO NC NE NH NK NY OH PA RI SC TN TX VA WA WI WV</t>
   </si>
   <si>
     <t>Texas, Arizona, North Carolina, Colorado, Florida, Illinois, Indiana, Maryland, New Jersey, Nebraska, Pennsylvania, Utah, Virginia, Washington D.C.</t>
   </si>
   <si>
     <t>We agree to service anyone in the State of Texas who joins the cooperative; however, we do not agree to service customers outside of the State of Texas.</t>
-  </si>
-[...4 lines deleted...]
-    <t>IDR Healthcare is licensed and actively provides services in Georgia, North Carolina, South Carolina, Tennessee, and Texas. Our team partners with public school districts, charter systems, and educational agencies to deliver qualified educational and related service professionals. IDR is willing to serve all districts, counties, and regional education entities within these states and agrees to honor awarded pricing for all members in those areas. We are also open to expanding services into additional states as licensure and contract approvals are obtained.</t>
   </si>
   <si>
     <t>El Paso and Hudspeth County, ESC Region 19</t>
   </si>
   <si>
     <t>Does the pricing as found on your pricelist/fee schedule already reflect the discount?</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
@@ -624,51 +558,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -682,53 +616,50 @@
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
@@ -1039,1025 +970,884 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/MaxiAids.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Salazar%20VI%20%20Indpendent%20Contracting%20Services_%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Tutor%20Doctor.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Attain%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/IDR%20Healthcare%20-%202025%20Pricing%20Sheet.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Rifton%202026%20Rifton%2025%25%20Line-Item%20Disc%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/The%20Digital%20SLP.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Amergis.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Texas%20Therapy%20Consultants.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerwin@onwardsearch.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Crick%20Software%20-%20Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/PRC%20Saltillo%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Boundless%20Assistive%20Tech.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Scoot.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Point%20Quest%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/xSPEDite%20Fee%20Schedule%202026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Attainment%20-%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Onward%20Search%20Pricing%20Allied%20States%20Coopertative%20TX.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/School%20Health%20Pricing.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Point%20Quest%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Scoot.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Attain%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Onward%20Search%20Pricing%20Allied%20States%20Coopertative%20TX.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/School%20Health%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Amergis.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/xSPEDite%20Fee%20Schedule%202026.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerwin@onwardsearch.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/MaxiAids.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Salazar%20VI%20%20Indpendent%20Contracting%20Services_%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Boundless%20Assistive%20Tech.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Tutor%20Doctor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Rifton%202026%20Rifton%2025%25%20Line-Item%20Disc%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/Attainment%20-%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/PRC%20Saltillo%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/26-7546/The%20Digital%20SLP.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:U21"/>
+  <dimension ref="A1:R21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="C9" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="11" customWidth="1"/>
     <col min="2" max="2" width="36" style="11" customWidth="1"/>
-    <col min="3" max="20" width="30.7109375" style="11" customWidth="1"/>
-    <col min="21" max="16384" width="9.140625" style="11"/>
+    <col min="3" max="17" width="30.7109375" style="11" customWidth="1"/>
+    <col min="18" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>162</v>
+    <row r="1" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="C1" s="23" t="s">
+        <v>140</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="2"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
-      <c r="I1" s="2"/>
+      <c r="I1" s="1"/>
       <c r="J1" s="2"/>
-      <c r="K1" s="1"/>
-      <c r="L1" s="2"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="23"/>
       <c r="M1" s="2"/>
-      <c r="N1" s="24"/>
-[...1 lines deleted...]
-      <c r="P1" s="2"/>
+      <c r="N1" s="2"/>
+      <c r="O1" s="23"/>
+      <c r="P1" s="1"/>
       <c r="Q1" s="2"/>
-      <c r="R1" s="24"/>
-[...1 lines deleted...]
-      <c r="T1" s="2"/>
     </row>
-    <row r="2" spans="1:21" s="5" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:18" s="5" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="B2" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C2" s="22" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="E2" s="23" t="s">
-        <v>154</v>
+      <c r="E2" s="22" t="s">
+        <v>132</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="H2" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H2" s="7" t="s">
+      <c r="I2" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="J2" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="I2" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J2" s="7" t="s">
+      <c r="K2" s="7" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="L2" s="7" t="s">
         <v>6</v>
       </c>
       <c r="M2" s="7" t="s">
         <v>7</v>
       </c>
       <c r="N2" s="7" t="s">
         <v>8</v>
       </c>
       <c r="O2" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="P2" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="P2" s="7" t="s">
+      <c r="Q2" s="7" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" ht="30" x14ac:dyDescent="0.25">
+      <c r="B3" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="M3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="N3" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="P3" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q3" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="45" x14ac:dyDescent="0.25">
+      <c r="B4" s="12" t="s">
+        <v>119</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O4" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q4" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="30" x14ac:dyDescent="0.25">
+      <c r="B5" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q5" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B6" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="L6" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="O6" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q6" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="30" x14ac:dyDescent="0.25">
+      <c r="B7" s="12" t="s">
+        <v>122</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="K7" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="L7" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="M7" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="N7" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="O7" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="P7" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q7" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B8" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="K8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="L8" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="M8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="N8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="O8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="P8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q8" s="3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="120" x14ac:dyDescent="0.25">
+      <c r="B9" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="K9" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="L9" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="M9" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="N9" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="O9" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="P9" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q9" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="105" x14ac:dyDescent="0.25">
+      <c r="B10" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="K10" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="L10" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="M10" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="N10" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="O10" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="P10" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q10" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="C11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="D11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="E11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="F11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="G11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="H11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="I11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="J11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="K11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="L11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="M11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="N11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="O11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="P11" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q11" s="24" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="Q2" s="7" t="s">
+      <c r="B12" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="R2" s="7" t="s">
-[...2 lines deleted...]
-      <c r="S2" s="7" t="s">
+      <c r="C12" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="T2" s="7" t="s">
-        <v>158</v>
+      <c r="D12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="I12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="K12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="L12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="M12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="N12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="O12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="P12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q12" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="R12" s="16" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:21" ht="30" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-        <v>40</v>
+    <row r="13" spans="1:18" s="13" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="A13" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="E13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="F13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="G13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="H13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="I13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="J13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="K13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="L13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="M13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="N13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="O13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="P13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="17" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:21" ht="45" x14ac:dyDescent="0.25">
-[...478 lines deleted...]
-      <c r="C12" s="9" t="s">
+    <row r="14" spans="1:18" s="13" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A14" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="9" t="s">
-[...55 lines deleted...]
-      <c r="A13" s="9" t="s">
+      <c r="B14" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B13" s="21" t="s">
+      <c r="C14" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="C13" s="17" t="s">
-[...63 lines deleted...]
-      </c>
       <c r="D14" s="17" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E14" s="18">
         <v>0.05</v>
       </c>
       <c r="F14" s="18">
         <v>0.08</v>
       </c>
-      <c r="G14" s="18">
-[...14 lines deleted...]
-      <c r="L14" s="18">
+      <c r="G14" s="21" t="s">
+        <v>137</v>
+      </c>
+      <c r="H14" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="J14" s="18">
         <v>0.1</v>
       </c>
-      <c r="M14" s="18">
+      <c r="K14" s="18">
         <v>0.25</v>
       </c>
-      <c r="N14" s="22" t="s">
-[...11 lines deleted...]
-      <c r="R14" s="18">
+      <c r="L14" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="M14" s="19" t="s">
+        <v>130</v>
+      </c>
+      <c r="N14" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="O14" s="18">
         <v>0.35</v>
       </c>
-      <c r="S14" s="22" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="P14" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q14" s="21" t="s">
+        <v>17</v>
       </c>
     </row>
-    <row r="15" spans="1:21" s="13" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:18" s="13" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>18</v>
+      </c>
+      <c r="B15" s="20" t="s">
+        <v>19</v>
       </c>
       <c r="C15" s="18">
         <v>0.02</v>
       </c>
       <c r="D15" s="18">
         <v>0</v>
       </c>
       <c r="E15" s="18">
         <v>0.05</v>
       </c>
       <c r="F15" s="18">
         <v>0</v>
       </c>
       <c r="G15" s="18">
         <v>0</v>
       </c>
-      <c r="H15" s="20">
-        <v>0.01</v>
+      <c r="H15" s="18">
+        <v>0</v>
       </c>
       <c r="I15" s="18">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="K15" s="18">
         <v>0.02</v>
       </c>
-      <c r="L15" s="17" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="J15" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="L15" s="18">
+        <v>0</v>
+      </c>
+      <c r="M15" s="21" t="s">
+        <v>17</v>
       </c>
       <c r="N15" s="18">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>0.03</v>
+      </c>
+      <c r="O15" s="21" t="s">
+        <v>17</v>
       </c>
       <c r="P15" s="18">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="18">
         <v>0</v>
       </c>
-      <c r="R15" s="22" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="16" spans="1:21" s="13" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:18" s="13" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="9"/>
       <c r="B16" s="4" t="s">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="G16" s="4" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="H16" s="4" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="I16" s="4" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="J16" s="4" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="P16" s="4" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="Q16" s="4" t="s">
-        <v>110</v>
-[...7 lines deleted...]
-      <c r="T16" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" s="13" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="18" s="13" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="19" s="13" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="20" s="13" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="21" s="13" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="D1:T16">
-    <sortCondition ref="D2:T2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="D1:Q16">
+    <sortCondition ref="D2:Q2"/>
   </sortState>
   <phoneticPr fontId="4" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="J5" r:id="rId1" xr:uid="{9C1722A0-1204-49E1-B0F9-E36BE669FB2F}"/>
+    <hyperlink ref="H5" r:id="rId1" xr:uid="{9C1722A0-1204-49E1-B0F9-E36BE669FB2F}"/>
     <hyperlink ref="C11" r:id="rId2" xr:uid="{0BFD77C2-6DF8-4894-AABB-E99C91CEF995}"/>
     <hyperlink ref="D11" r:id="rId3" xr:uid="{30554E6F-BFB7-499A-AEF7-4A63989E2473}"/>
     <hyperlink ref="E11" r:id="rId4" xr:uid="{3DF6234A-1DF0-4DE1-88F5-3471FFA79F9A}"/>
     <hyperlink ref="F11" r:id="rId5" xr:uid="{4BD7B5B9-A55D-42AC-AD50-4C65DC05EBA2}"/>
-    <hyperlink ref="G11" r:id="rId6" xr:uid="{B57383DF-D9A3-42CD-931D-E70DD8E2CE54}"/>
-[...12 lines deleted...]
-    <hyperlink ref="T11" r:id="rId19" xr:uid="{7AFA3614-6505-46A9-A3C5-F7AB056B0BE4}"/>
+    <hyperlink ref="G11" r:id="rId6" xr:uid="{A66858E0-5F01-4678-8F56-6C323F4BDE9B}"/>
+    <hyperlink ref="H11" r:id="rId7" xr:uid="{2DD8ACE8-1669-4099-A3E3-B5AF070E0E62}"/>
+    <hyperlink ref="I11" r:id="rId8" xr:uid="{99A352B7-B926-4E96-9232-343034FD5E09}"/>
+    <hyperlink ref="J11" r:id="rId9" xr:uid="{A47722EF-3692-41AD-846E-C677CB4293F1}"/>
+    <hyperlink ref="K11" r:id="rId10" xr:uid="{6A1F9B33-4E05-49CF-BB64-00AF3137111A}"/>
+    <hyperlink ref="L11" r:id="rId11" xr:uid="{715BA556-CC3B-489F-8B77-59C9663765C4}"/>
+    <hyperlink ref="M11" r:id="rId12" xr:uid="{77AE4BCA-2A7A-44C7-A79F-6CCDA4190B5C}"/>
+    <hyperlink ref="N11" r:id="rId13" xr:uid="{8E34FBC0-A384-4024-8F6D-65A9E3070C2D}"/>
+    <hyperlink ref="O11" r:id="rId14" xr:uid="{7DE92AF3-9B71-4C46-89D9-2E84BF82071E}"/>
+    <hyperlink ref="P11" r:id="rId15" xr:uid="{630B8E51-BBBC-4AA9-B31A-E9EACE7B1952}"/>
+    <hyperlink ref="Q11" r:id="rId16" xr:uid="{7AFA3614-6505-46A9-A3C5-F7AB056B0BE4}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape"/>
   <headerFooter>
     <oddFooter>&amp;R26-7546 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>