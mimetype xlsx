--- v0 (2025-10-14)
+++ v1 (2026-03-31)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7529 Linen Sales, Rentals and Service\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E42CB41E-6C6F-4FD7-A767-932D184C1690}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{85FD3C2F-0BC3-485D-BCCE-275D2DF908EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="54">
   <si>
     <t/>
   </si>
   <si>
     <t>Mission Linen Supply (Mission Linen &amp; Uniform Service)</t>
   </si>
   <si>
     <t>UniFirst Corporation</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
@@ -180,51 +180,51 @@
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Party Bowl (Border Tobacco Co. Inc.)</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>Prudential Overall Supply (dba Prudential Cleanroom Services)</t>
   </si>
   <si>
     <t>11501 Rojas Suite A, El Paso, Texas 79936</t>
   </si>
   <si>
-    <t>*updated 9/12/25, 9/16/25, 9/30/25</t>
+    <t>*updated 9/12/25, 9/16/25, 9/30/25, 3/30/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>