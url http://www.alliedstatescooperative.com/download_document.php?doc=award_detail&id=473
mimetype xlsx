--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2025\25-7524 Consulting, Instructional, and Training Resources (Supplemental)\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7524 Consulting, Instructional, and Training Resources (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{699BE613-8717-44F9-B52F-B696A5B43A78}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{511A66C8-4669-49D0-9B49-2088ECD8CD38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="685" uniqueCount="389">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="687" uniqueCount="391">
   <si>
     <t/>
   </si>
   <si>
     <t>Adaptability Learning (Twin Entreprises LLC)</t>
   </si>
   <si>
     <t>Amplify Education, Inc.</t>
   </si>
   <si>
     <t>AnLar LLC</t>
   </si>
   <si>
     <t>Array Education, Inc. (dba Lit) (Array Education, Inc.)</t>
   </si>
   <si>
     <t>B.E.L.I.E.V.E.! LLC</t>
   </si>
   <si>
     <t>Center for Community Empowerment Systems</t>
   </si>
   <si>
     <t>ChalkTalk (Chalk Talk Solutions, Inc)</t>
   </si>
   <si>
@@ -1219,50 +1219,56 @@
   </si>
   <si>
     <t>*updated 8/29/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>info@indigoproject.org</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
 sheri.smith@indigoproject.org</t>
     </r>
   </si>
   <si>
     <t>*updated 9.19.25</t>
+  </si>
+  <si>
+    <t>*updated 11/13/25</t>
+  </si>
+  <si>
+    <t>*updated 12/12/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1716,84 +1722,89 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Frog%20Publications.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Indigo%20Education.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Mrs.%20Nelsons.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20EDMAT%20Company.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Lingco%20Language%20Labs.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Spark%20Innovations.xlsx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20Southport%20CoLAB.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Adaptability%20Learning.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/ChalkTalk.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Amplify%20Education.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Hamilton%20Consultants.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/National%20Inventors%20Hall%20of%20Fame.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/ETA%20hand2mind.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Mastery%20Coding.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Pearl.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Super%20Duper%20Publications.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20Leading%20Edge.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Valley%20Speech%20Language%20and%20Learning%20Center.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/B.E.L.I.E.V.E..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Gerry%20Brooks.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Marching365.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/National%20Center%20for%20Youth%20Issues.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Strive%20Now.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julia@eduspecialist.orgxaccounts@eduspecialistonline.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/EDU%20Specialist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Inspiring%20Leaders.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Paper%20Education%20America.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Thriving%20Students%20Collective.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Array%20Education.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Dr.%20Mike's%20Test%20Prep.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Frog%20Street%20Press.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Littera%20Education.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Muse%20Art%20Studio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Paloma%20Learning.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/SPECIALIZED%20SAFETY%20TRAINING.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/ThinkCERCA.com.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Learning%20A-Z.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Chrissy%20Beltran.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/AnLar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/EyeClick.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Houston%20Education%20Leadership.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Meagan%20Schurr.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/ReadTheory.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20DBQ%20Project.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Vision%20Educational%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Ivey%20Bound%20Tutors.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20Sensory%20Path.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yonatan@eyeclick.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Center%20for%20Community%20Empowerment.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:BC16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
+      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="8" style="2" customWidth="1"/>
     <col min="3" max="3" width="36" style="2" customWidth="1"/>
     <col min="4" max="4" width="6" style="2" customWidth="1"/>
     <col min="5" max="54" width="30.7109375" style="2" customWidth="1"/>
     <col min="55" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:55" x14ac:dyDescent="0.25">
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
       <c r="J1" s="15"/>
       <c r="P1" s="15"/>
       <c r="Q1" s="15"/>
       <c r="R1" s="15" t="s">
         <v>386</v>
       </c>
       <c r="U1" s="15"/>
       <c r="V1" s="10" t="s">
         <v>388</v>
       </c>
       <c r="X1" s="15"/>
       <c r="Y1" s="15"/>
       <c r="Z1" s="15"/>
       <c r="AA1" s="15"/>
       <c r="AD1" s="15"/>
       <c r="AE1" s="15"/>
-      <c r="AF1" s="15"/>
+      <c r="AF1" s="15" t="s">
+        <v>390</v>
+      </c>
       <c r="AH1" s="17"/>
+      <c r="AI1" s="2" t="s">
+        <v>389</v>
+      </c>
       <c r="AJ1" s="15"/>
       <c r="AL1" s="15"/>
       <c r="AO1" s="15"/>
       <c r="AZ1" s="15"/>
       <c r="BA1" s="15"/>
     </row>
     <row r="2" spans="2:55" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
         <v>342</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="11" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="11" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="11" t="s">
         <v>5</v>
       </c>