--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -2,82 +2,82 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7524 Consulting, Instructional, and Training Resources (Supplemental)\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2025\25-7524 Consulting, Instructional, and Training Resources (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{511A66C8-4669-49D0-9B49-2088ECD8CD38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2113807A-C7D6-4810-81FC-656DBFC37301}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="687" uniqueCount="391">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="393">
   <si>
     <t/>
   </si>
   <si>
     <t>Adaptability Learning (Twin Entreprises LLC)</t>
   </si>
   <si>
     <t>Amplify Education, Inc.</t>
   </si>
   <si>
     <t>AnLar LLC</t>
   </si>
   <si>
     <t>Array Education, Inc. (dba Lit) (Array Education, Inc.)</t>
   </si>
   <si>
     <t>B.E.L.I.E.V.E.! LLC</t>
   </si>
   <si>
     <t>Center for Community Empowerment Systems</t>
   </si>
   <si>
     <t>ChalkTalk (Chalk Talk Solutions, Inc)</t>
   </si>
   <si>
@@ -1225,50 +1225,72 @@
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>info@indigoproject.org</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
 sheri.smith@indigoproject.org</t>
     </r>
   </si>
   <si>
     <t>*updated 9.19.25</t>
   </si>
   <si>
     <t>*updated 11/13/25</t>
   </si>
   <si>
     <t>*updated 12/12/25</t>
+  </si>
+  <si>
+    <t>*updated 1/6/2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Texas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+All states</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1722,85 +1744,88 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Frog%20Publications.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Indigo%20Education.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Mrs.%20Nelsons.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20EDMAT%20Company.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Lingco%20Language%20Labs.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Spark%20Innovations.xlsx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20Southport%20CoLAB.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Adaptability%20Learning.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/ChalkTalk.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Amplify%20Education.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Hamilton%20Consultants.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/National%20Inventors%20Hall%20of%20Fame.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/ETA%20hand2mind.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Mastery%20Coding.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Pearl.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Super%20Duper%20Publications.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20Leading%20Edge.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Valley%20Speech%20Language%20and%20Learning%20Center.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/B.E.L.I.E.V.E..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Gerry%20Brooks.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Marching365.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/National%20Center%20for%20Youth%20Issues.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Strive%20Now.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julia@eduspecialist.orgxaccounts@eduspecialistonline.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/EDU%20Specialist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Inspiring%20Leaders.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Paper%20Education%20America.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Thriving%20Students%20Collective.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Array%20Education.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Dr.%20Mike's%20Test%20Prep.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Frog%20Street%20Press.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Littera%20Education.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Muse%20Art%20Studio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Paloma%20Learning.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/SPECIALIZED%20SAFETY%20TRAINING.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/ThinkCERCA.com.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Learning%20A-Z.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Chrissy%20Beltran.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/AnLar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/EyeClick.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Houston%20Education%20Leadership.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Meagan%20Schurr.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/ReadTheory.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20DBQ%20Project.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Vision%20Educational%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Ivey%20Bound%20Tutors.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/The%20Sensory%20Path.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yonatan@eyeclick.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7524/Center%20for%20Community%20Empowerment.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:BC16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="8" style="2" customWidth="1"/>
     <col min="3" max="3" width="36" style="2" customWidth="1"/>
     <col min="4" max="4" width="6" style="2" customWidth="1"/>
     <col min="5" max="54" width="30.7109375" style="2" customWidth="1"/>
     <col min="55" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:55" x14ac:dyDescent="0.25">
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
       <c r="J1" s="15"/>
       <c r="P1" s="15"/>
       <c r="Q1" s="15"/>
       <c r="R1" s="15" t="s">
         <v>386</v>
       </c>
       <c r="U1" s="15"/>
       <c r="V1" s="10" t="s">
         <v>388</v>
       </c>
       <c r="X1" s="15"/>
       <c r="Y1" s="15"/>
       <c r="Z1" s="15"/>
       <c r="AA1" s="15"/>
       <c r="AD1" s="15"/>
       <c r="AE1" s="15"/>
       <c r="AF1" s="15" t="s">
         <v>390</v>
       </c>
+      <c r="AG1" s="2" t="s">
+        <v>391</v>
+      </c>
       <c r="AH1" s="17"/>
       <c r="AI1" s="2" t="s">
         <v>389</v>
       </c>
       <c r="AJ1" s="15"/>
       <c r="AL1" s="15"/>
       <c r="AO1" s="15"/>
       <c r="AZ1" s="15"/>
       <c r="BA1" s="15"/>
     </row>
     <row r="2" spans="2:55" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
         <v>342</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="11" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="11" t="s">
         <v>4</v>
@@ -3095,52 +3120,52 @@
       </c>
       <c r="Y10" s="5" t="s">
         <v>329</v>
       </c>
       <c r="Z10" s="5" t="s">
         <v>328</v>
       </c>
       <c r="AA10" s="5" t="s">
         <v>318</v>
       </c>
       <c r="AB10" s="5" t="s">
         <v>315</v>
       </c>
       <c r="AC10" s="5" t="s">
         <v>356</v>
       </c>
       <c r="AD10" s="5" t="s">
         <v>317</v>
       </c>
       <c r="AE10" s="5" t="s">
         <v>316</v>
       </c>
       <c r="AF10" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="AG10" s="5" t="s">
-        <v>285</v>
+      <c r="AG10" s="16" t="s">
+        <v>392</v>
       </c>
       <c r="AH10" s="5" t="s">
         <v>285</v>
       </c>
       <c r="AI10" s="5" t="s">
         <v>315</v>
       </c>
       <c r="AJ10" s="5" t="s">
         <v>354</v>
       </c>
       <c r="AK10" s="5" t="s">
         <v>314</v>
       </c>
       <c r="AL10" s="5" t="s">
         <v>313</v>
       </c>
       <c r="AM10" s="5" t="s">
         <v>312</v>
       </c>
       <c r="AN10" s="5" t="s">
         <v>360</v>
       </c>
       <c r="AO10" s="5" t="s">
         <v>319</v>
       </c>