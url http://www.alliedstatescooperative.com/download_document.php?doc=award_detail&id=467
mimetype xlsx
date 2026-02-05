--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7517 Maintenance, Repair and Operation (MRO)\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2025\25-7517 Maintenance, Repair and Operation (MRO)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FBA95925-0E6A-4C03-9FEA-79183B414973}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{709E35C1-0C95-4AE5-8E53-FD2772A18272}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId1"/>
     <sheet name="Lines" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Lines!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1101" uniqueCount="577">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1033" uniqueCount="546">
   <si>
     <t>Event Number</t>
   </si>
   <si>
     <t>25-7517</t>
   </si>
   <si>
     <t>Organization</t>
   </si>
   <si>
     <t>Allied States Cooperative - Powered by ESC 19</t>
   </si>
   <si>
     <t>Event Title</t>
   </si>
   <si>
     <t>Maintenance, Repair and Operation (MRO) Equipment, Supplies, Materials and Services (Supplemental) - ESC Region 19 Allied States Cooperative</t>
   </si>
   <si>
     <t>Workgroup</t>
   </si>
   <si>
     <t>Allied States Cooperative</t>
   </si>
   <si>
@@ -654,176 +654,159 @@
   <si>
     <t>C&amp;A Hydraulic Performance (Enrique Espino)</t>
   </si>
   <si>
     <t>Delta Air (Omar Medina)</t>
   </si>
   <si>
     <t>El Paso Trench Safety, Inc. (Louis Cepeda)</t>
   </si>
   <si>
     <t>IML Security Supply (Intermountain Lock &amp; Security Supply Co)</t>
   </si>
   <si>
     <t>Industrial Water Services (El Paso Water Industrial Services, Inc.)</t>
   </si>
   <si>
     <t>JSR Construction &amp; Remodeling LLC (Jesus S Rodriguez)</t>
   </si>
   <si>
     <t>Medley Material Handling Company</t>
   </si>
   <si>
     <t>Miner, Ltd</t>
   </si>
   <si>
-    <t>Mountain Sky Plumbing (Manuel Martinez-Gonzalez)</t>
-[...1 lines deleted...]
-  <si>
     <t>MSC Industrial Supply Co. (SID Tool Co., Inc.)</t>
   </si>
   <si>
     <t>Poly Air Systems (Hector Alvarado)</t>
   </si>
   <si>
     <t>S&amp;T Refrigeration LLC (Anastacio Villanueva Jr.)</t>
   </si>
   <si>
     <t>Safety Instruments EP (JORGE EDUARDO LEAL)</t>
   </si>
   <si>
     <t>Turbine Electric LLC (Ernesto Ceballos)</t>
   </si>
   <si>
     <t>V M INDUSTRIAL AND SAFETY SOLUTIONS LLC (Claudia Romero)</t>
   </si>
   <si>
     <t>West Texas Industrial Contractors LLC (Marco A. Lopez)</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Sandra Gallegos</t>
   </si>
   <si>
     <t>John Alford</t>
   </si>
   <si>
     <t>Jesus Solis</t>
   </si>
   <si>
     <t>Daniela Black</t>
   </si>
   <si>
     <t>Angel (AJ) Gonzalez</t>
   </si>
   <si>
-    <t>Ryan Stafford</t>
-[...1 lines deleted...]
-  <si>
     <t>Sierra McClure</t>
   </si>
   <si>
     <t>Joann Pena Yanez</t>
   </si>
   <si>
     <t>OMAR MEDINA</t>
   </si>
   <si>
     <t>OMAR Z ZAPATA NAJERA</t>
   </si>
   <si>
     <t>Warren Mckamey</t>
   </si>
   <si>
     <t>Hector Miranda</t>
   </si>
   <si>
     <t>Fernando Marquez</t>
   </si>
   <si>
     <t>LOUIS CEPEDA</t>
   </si>
   <si>
-    <t>Alexis Calderon</t>
-[...1 lines deleted...]
-  <si>
     <t>Jeff Caswell</t>
   </si>
   <si>
     <t>Lisa Valdespino</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mario Rodriguez</t>
   </si>
   <si>
     <t>Jose Luis Medina Jr.</t>
   </si>
   <si>
     <t>Jesus S Rodriguez</t>
   </si>
   <si>
     <t>Dan Dornbos</t>
   </si>
   <si>
     <t>Andrew Bustamante</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>John Gallegos</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Juan Franco</t>
     </r>
   </si>
   <si>
     <t>Stephanie Eskierka</t>
   </si>
   <si>
     <t>Leo Rodriguez</t>
   </si>
   <si>
     <t>Robert Bretado</t>
   </si>
   <si>
-    <t>David Barraza</t>
-[...4 lines deleted...]
-  <si>
     <t>customercare@mscdirect.com</t>
   </si>
   <si>
     <t>Rudy Mendoza</t>
   </si>
   <si>
     <t>Hector Alvarado</t>
   </si>
   <si>
     <t>Francisco Alvidrez</t>
   </si>
   <si>
     <t>RanD Hedrick, Sales Representative</t>
   </si>
   <si>
     <t>Santiago Luevanos</t>
   </si>
   <si>
     <t>Anastacio Villanueva</t>
   </si>
   <si>
     <t>Angelica Saenz</t>
   </si>
   <si>
     <t>Jorge Leal</t>
@@ -852,119 +835,107 @@
   <si>
     <t>Daniel Corral</t>
   </si>
   <si>
     <t>Marco Lopez</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>4418 Tetons Dr. El Paso, Texas 79904</t>
   </si>
   <si>
     <t>3701 Kirby, Suite 1166, Houston, TX 77098</t>
   </si>
   <si>
     <t>9110 Mayflower Ave suite G El Paso, TX 79925</t>
   </si>
   <si>
     <t>5013 Becknell Ln, El Paso, TX 79924</t>
   </si>
   <si>
     <t>5848 Gateway Blvd East, El Paso, TX 79905</t>
   </si>
   <si>
-    <t>1420 Texas Ave. El Paso TX 79901</t>
-[...1 lines deleted...]
-  <si>
     <t>13809 Research Boulevard Suite 500 Austin, Texas 78750</t>
   </si>
   <si>
     <t>9 Butterfield Trail Suite E, El Paso Texas  79906</t>
   </si>
   <si>
     <t>9209 WH BURGES DR EL PASO, TEXAS 79925</t>
   </si>
   <si>
     <t>7198 Merchant Avenue Suite B-1 El Paso, TX 79915 USA</t>
   </si>
   <si>
     <t>129 W. 2nd Street #B  Krum TX 76249</t>
   </si>
   <si>
     <t>4343 Krag St Unit A El Paso Texas 79938</t>
   </si>
   <si>
     <t>3009 Gourd, El Paso, TX 79925</t>
   </si>
   <si>
     <t>9441 MONTANA AVE, El Paso, TX 79925</t>
   </si>
   <si>
     <t>1570 Lionel Drive, El Paso, TX 79936</t>
   </si>
   <si>
     <t>5620 S 32nd St. Phoenix, AZ 85040</t>
   </si>
   <si>
     <t>4500 Turf Rd. El Paso, TX 79938</t>
   </si>
   <si>
-    <t>6985 Market Ave. El Paso TX 79915</t>
-[...1 lines deleted...]
-  <si>
     <t>150 Defoe El Paso, TX 79928</t>
   </si>
   <si>
     <t>108 Desert Lilly Ct Santa Teresa NM 88008</t>
   </si>
   <si>
     <t>PO Box 7853  Edmond, OK  73013</t>
   </si>
   <si>
     <t>3800 Durazno, El Paso, TX 79905</t>
   </si>
   <si>
     <t>7231 Brogan El Paso Texas 79915</t>
   </si>
   <si>
     <t>11827 Tech Com Rd #115 San Antonio, Texas 78233</t>
   </si>
   <si>
     <t>1046 Eastside Rd, El Paso, TX 79915</t>
   </si>
   <si>
     <t>1054 Hawkins Blvd, El Paso, Texas 79915</t>
   </si>
   <si>
-    <t>130 Montoya Ln, El Paso, TX  79932</t>
-[...4 lines deleted...]
-  <si>
     <t>525 Harbour Place Drive Davidson, NC. 28036</t>
   </si>
   <si>
     <t>6842 Industrial Ave, El Paso, TX 79915</t>
   </si>
   <si>
     <t>4855 North Mesa Suite 100, El Paso, TX 79912</t>
   </si>
   <si>
     <t>11640 GATEWAY EAST BLVD, El Paso, TX 79927</t>
   </si>
   <si>
     <t>2494 Lakeside Drive, Las Cruces, NM  88007</t>
   </si>
   <si>
     <t>11644 Stockmeyer Dr El Paso, TX. 79936</t>
   </si>
   <si>
     <t>8832 Neptune, El Paso, TX 79904</t>
   </si>
   <si>
     <t>12758 Gambusino Av El Paso,TX 79938</t>
   </si>
   <si>
     <t>1412 Belvidere Street El Paso, TX 79912</t>
@@ -993,134 +964,120 @@
   <si>
     <t>9501 Diana Dr. El Paso, TX 79924</t>
   </si>
   <si>
     <t>645 Uranio Pl., El Paso, TX, 79928</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>sandra@amrelp.com</t>
   </si>
   <si>
     <t>john@ags-na.com</t>
   </si>
   <si>
     <t>apexhvac915@gmail.com</t>
   </si>
   <si>
     <t>accounting@blackfireandsecurity.com</t>
   </si>
   <si>
     <t>hydperformance@gmail.com</t>
   </si>
   <si>
-    <t>ryanstafford77@hotmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>admin@cpwindowfilms.com</t>
   </si>
   <si>
     <t>joann.penayanez@cesco.com</t>
   </si>
   <si>
     <t>delta.air73@gmail.com</t>
   </si>
   <si>
     <t>ozapata@dozzdm.com</t>
   </si>
   <si>
     <t>sheri@dreamranchtx.com</t>
   </si>
   <si>
     <t>info@elpasobearing.com</t>
   </si>
   <si>
     <t>elpasotinting1@gmail.com</t>
   </si>
   <si>
     <t>LCEPEDA@EPTS-INC.COM</t>
   </si>
   <si>
-    <t>alexiscalderon@elliottelectric.com</t>
-[...1 lines deleted...]
-  <si>
     <t>phoenix.contracts@imlss.com</t>
   </si>
   <si>
     <t>lisa@iwsep.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>mario@integralconstructions.com</t>
   </si>
   <si>
     <t>jrmedina588@gmail.com</t>
   </si>
   <si>
     <t>jsrconstr@gmail.com</t>
   </si>
   <si>
     <t>dand@knightsafetyandindustrial.com</t>
   </si>
   <si>
     <t>abustamante@ld-supply.com</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>jgallegos@medleycompany.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> jfranco@medleycompany.com</t>
     </r>
   </si>
   <si>
     <t>minerprequal@minercorp.com</t>
   </si>
   <si>
     <t>l.rodriguez@mobinsa.com</t>
   </si>
   <si>
     <t>robert.bretado@towlift.com</t>
   </si>
   <si>
-    <t>dbarraza@mountainpass.com</t>
-[...4 lines deleted...]
-  <si>
     <t>Karl.McCausey@mscdirect.com</t>
   </si>
   <si>
     <t>RTORRES@CIMA-TECHNOLOGIES.COM</t>
   </si>
   <si>
     <t>info@polyairsystems.com</t>
   </si>
   <si>
     <t>FALVIDREZ@PRANAMACHINERY.COM</t>
   </si>
   <si>
     <t>rhedrick@rainforrent.com</t>
   </si>
   <si>
     <t>santiago7849@yahoo.com</t>
   </si>
   <si>
     <t>strefrigeration@yahoo.com</t>
   </si>
   <si>
     <t>saenzmaterial@gmail.com</t>
   </si>
   <si>
     <t>jeleal@safetyinstrumentsep.com</t>
@@ -1149,116 +1106,104 @@
   <si>
     <t>andrew@vertical-one.com</t>
   </si>
   <si>
     <t>mlopez.wtic@gmail.com</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>(915) 562-2122</t>
   </si>
   <si>
     <t>(832) 499-1866</t>
   </si>
   <si>
     <t>(915) 800-1188</t>
   </si>
   <si>
     <t>(915) 317-6687</t>
   </si>
   <si>
     <t>(915) 307-3333</t>
   </si>
   <si>
-    <t>(915) 532-3475</t>
-[...1 lines deleted...]
-  <si>
     <t>(866) 326-5735</t>
   </si>
   <si>
     <t>(915) 208-0120</t>
   </si>
   <si>
     <t>(915) 491-7680</t>
   </si>
   <si>
     <t>(915) 270-8296</t>
   </si>
   <si>
     <t>(940) 591-6565</t>
   </si>
   <si>
     <t>(915) 249-5881</t>
   </si>
   <si>
     <t>(915) 240-6590</t>
   </si>
   <si>
     <t>(915) 595-1724</t>
   </si>
   <si>
     <t>(915) 995-8443</t>
   </si>
   <si>
     <t>(480) 647-2213</t>
   </si>
   <si>
     <t>(915) 849-0401</t>
   </si>
   <si>
-    <t>(915) 307-8943</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 346-6060</t>
   </si>
   <si>
     <t>(575) 502-0715</t>
   </si>
   <si>
     <t>(877) 746-7574</t>
   </si>
   <si>
     <t>(915) 309-5500</t>
   </si>
   <si>
     <t xml:space="preserve">(915) 598-0808 </t>
   </si>
   <si>
     <t>(915) 351-2266</t>
   </si>
   <si>
     <t>(915) 778-8368</t>
   </si>
   <si>
-    <t>(915) 587-6363</t>
-[...4 lines deleted...]
-  <si>
     <t>(405) 255-4903</t>
   </si>
   <si>
     <t>(915) 775-1919</t>
   </si>
   <si>
     <t>(915) 538-5910</t>
   </si>
   <si>
     <t>(915) 779-2711 x104</t>
   </si>
   <si>
     <t>(520) 334-9289</t>
   </si>
   <si>
     <t>(915) 539-4239</t>
   </si>
   <si>
     <t>(915) 549-2028</t>
   </si>
   <si>
     <t>(915) 855-4370</t>
   </si>
   <si>
     <t>(915) 600-5626</t>
@@ -1284,113 +1229,104 @@
   <si>
     <t>(513) 272-0131</t>
   </si>
   <si>
     <t>(915) 751-0700</t>
   </si>
   <si>
     <t>(915) 820-4448</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>https://www.a-m-refigeratio.com</t>
   </si>
   <si>
     <t>https://ags-na.com</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>https://www.blackfireandsecurity.com/</t>
   </si>
   <si>
-    <t>HTTP://www.speedandengine.com</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.cpwindowfilms.com</t>
   </si>
   <si>
     <t>http://www.Crescentelectric.com</t>
   </si>
   <si>
     <t>HTTP://deltaairalc.com</t>
   </si>
   <si>
     <t>HTTP://dozzdesign.com</t>
   </si>
   <si>
     <t>https://www.dreamranchofficesupplies.com/</t>
   </si>
   <si>
     <t>HTTP://www.elpasobearing.com</t>
   </si>
   <si>
     <t>https://www.windowtintelpaso.net/</t>
   </si>
   <si>
     <t>HTTP://WWW.EPTS-INC.COM</t>
   </si>
   <si>
     <t>HTTP://www.elliottelectric.com</t>
   </si>
   <si>
     <t>HTTP://www.imlss.com</t>
   </si>
   <si>
     <t>HTTP://www.iwsep.com</t>
   </si>
   <si>
-    <t>https://www.integralconstructions.com/</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.facebook.com/JSRconstructionandremodeling</t>
   </si>
   <si>
     <t>HTTP://www.knightsafetyandindustrial.com</t>
   </si>
   <si>
     <t>HTTP://www.ld-supply.com</t>
   </si>
   <si>
     <t>HTTP://www.medleycompany.com</t>
   </si>
   <si>
     <t>https://www.minercorp.com/</t>
   </si>
   <si>
     <t>HTTP://www.mobinsa.us</t>
   </si>
   <si>
     <t>HTTP://www.Towlift.com</t>
   </si>
   <si>
-    <t>HTTP://www.mountainskyplumbing.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://MSCDIRECT.COM</t>
   </si>
   <si>
     <t>HTTP://www.cima-technologies.com</t>
   </si>
   <si>
     <t>HTTP://polyairsystems.com</t>
   </si>
   <si>
     <t>HTTP://WWW.PRANAMACHINERY.COM</t>
   </si>
   <si>
     <t>https://www.rainforrent.com</t>
   </si>
   <si>
     <t>HTTP://smprimeroexpress.com</t>
   </si>
   <si>
     <t>HTTP://Strefrigeration.com</t>
   </si>
   <si>
     <t>HTTP://www.saenzmaterialhandling.com</t>
   </si>
   <si>
     <t>HTTP://safetyinstrumentsep.com</t>
@@ -1419,210 +1355,186 @@
   <si>
     <t>HTTP://westtexasindustrialcontractors.godaddysites.com</t>
   </si>
   <si>
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Yes, we invoice what we are charged for expediting. John Alford will be the contact for this.</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>No additional charge unless it is after hours of our regular operation times. Enrique Espino is the person to contact for any and all deliveries.</t>
   </si>
   <si>
-    <t>no, we do not offer expedited shipping.</t>
-[...1 lines deleted...]
-  <si>
     <t>no</t>
   </si>
   <si>
     <t>Yes if shipment needs to be expedited.  Ric Flores 915-479-4849</t>
   </si>
   <si>
     <t>YES</t>
   </si>
   <si>
     <t>Yes, Emergency Expedited Services or Shipments will require an additional Fee.  Hector Miranda  915-249-5881</t>
   </si>
   <si>
     <t>ADDITIONAL FEES APPLIES</t>
   </si>
   <si>
     <t>Yes. A fee will apply for expedited orders. Freight Allowed on orders placed with stock order. Freight charges will apply for all non-stock special ordered items.</t>
   </si>
   <si>
     <t>Yes for oversized items over 7ft, Special orders, and safes</t>
   </si>
   <si>
     <t>yes, expediting shipping is available.  Contact Lisa Valdespino, lisa@iwsep.com</t>
   </si>
   <si>
-    <t>YES, any overtime involved Mario Rodriguez</t>
-[...1 lines deleted...]
-  <si>
     <t>Yes, emergency shipments or expedited shipments beyond standard shipping are extra due to the higher incurred costs to complete.  Designated contact is Dan Dornbos and expedited shipping charge quotes would be provided before accepting/processing order</t>
   </si>
   <si>
     <t>Yes, Minimum order is $100 for shipping. The shipping fee is $10 per order.</t>
   </si>
   <si>
     <t>Yes, all paret that are not in stock, freight charges are added.</t>
   </si>
   <si>
     <t>Yes, if customer wants expedite</t>
   </si>
   <si>
     <t>Yes, expedited services will have additional shipping charges.  Anything that is an emergency order not shipping regular ground freight will incur additional charges.  Contact Omar Vivar</t>
   </si>
   <si>
-    <t>Yes, for expeditited shipments the contact person would be David Barraza 915-587-6363</t>
-[...4 lines deleted...]
-  <si>
     <t>Yes. Additional fees are contingent to orders having to be rushed at the client's request. Contact person will be Mr. Raul Torres RTorres@cima-technologies.com (915) 775-1919</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>Yes, Joshua Raygoza 915 887 8579 jraygoza@pranamachinery.com</t>
   </si>
   <si>
     <t>Yes; RanD Hedrick, Sales Representative</t>
   </si>
   <si>
     <t>Yes, if additional shipping needs occur they will be added to invoice. Minerva Villanueva 9155492028</t>
   </si>
   <si>
     <t>Yes Angelica Saenz</t>
   </si>
   <si>
     <t>Yes                                 Rafael Ramos Jr</t>
   </si>
   <si>
     <t>yes, 10% expediting fee</t>
   </si>
   <si>
     <t>Yes - Overtime Rates in after-hours or emergency call-outs. Holiday Time and Night work.</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>El Paso County Texas, Culberson County Texas, Hudspeth County Texas, Otero County New Mexico, Dona Ana County New Mexico</t>
   </si>
   <si>
     <t>Texas and Southeast New Mexico</t>
   </si>
   <si>
     <t>El Paso Texas</t>
   </si>
   <si>
     <t>Southwest Texas, to include El Paso, Hudspeth, Midland, Odessa, Alpine, etc. - New Mexico</t>
   </si>
   <si>
     <t>El Paso TX, Socorro TX, Anthony NM, Fabens TX, Horizon TX, Alamogordo NM, Las Cruces NM, Tularosa NM, Roswell NM, Midland TX, Fort Stockton TX, Alpine TX, Marfa TX, Pecos TX, Odessa TX</t>
   </si>
   <si>
-    <t>We operate in Texas, New Mexico, and Arizona</t>
-[...1 lines deleted...]
-  <si>
     <t>AL, CA, CO, FL, GA, IL, KY, MD, MI, NJ, NV, NY, OH, PA, TN, TX, Washington DC, WI. LA, VA, AR,OK, NJ, DE, MS</t>
   </si>
   <si>
     <t>We can honor pricing provided for Texas and New Mexico</t>
   </si>
   <si>
     <t>TEXAS</t>
   </si>
   <si>
     <t>EL PASO TX, LAS CRUCES NEW MEXICO</t>
   </si>
   <si>
     <t>All of Texas</t>
   </si>
   <si>
     <t>El Paso County</t>
   </si>
   <si>
     <t>Texas, New Mexico, and Arizona</t>
   </si>
   <si>
     <t>El Paso City, El Paso County, Ft Bliss Tx, Tornillo Tx, Fabens Tx, San Eli TX, Socorro TX, Horizon City TX, Clint TX Anthony TX, Canutillo TX, Midland/Odessa TX, Anthony NM, Vado NM, Mesilla NM, Las Cruces NM, T or C NM, Albuquerque NM, Los Alamos NM, Ft Bliss NM, White Sands NM, Alamogordo NM, Ruidoso NM, Big Bend TX, Marfa TX, Van Horn TX, Arizona, Navada.</t>
   </si>
   <si>
     <t>Can ship to all states. Locations in Texas, New Mexico, Oklahoma, Arkansas, Louisiana, Arizona, Colorado, Kansas, Missouri, Tennessee, Georgia, North Carolina, and Florida.</t>
   </si>
   <si>
     <t>All 50</t>
   </si>
   <si>
     <t>Texas, New Mexico, Arizona, Colorado</t>
   </si>
   <si>
-    <t>Every state except Colorado</t>
-[...1 lines deleted...]
-  <si>
     <t>JAN Construction is license to provide services in Texas.  JAN has the ability to provide the services in our pricing proposal (attached) to all the areas Region 19 locations and will honor pricing labor rates as proposed in this submission.</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>Nationwide - no restrictions</t>
   </si>
   <si>
     <t>All of New Mexico and El Paso County area.</t>
   </si>
   <si>
     <t>7 West Texas Counties and the State of New Mexico.</t>
   </si>
   <si>
     <t>El Paso County, Dona ana County</t>
   </si>
   <si>
     <t>Texas, New Mexico</t>
-  </si>
-[...4 lines deleted...]
-    <t>New Mexico</t>
   </si>
   <si>
     <t>Servicing all of North America, including Canada and Mexico, MSC is licensed to do business in all 50 states.</t>
   </si>
   <si>
     <t>El Paso, Texas and areas around</t>
   </si>
   <si>
     <t>States of Arizona, Nevada, and New Mexico, and in the state of Texas - El Paso, Hudspeth, Culberson, Jeff Davis, and Presidio counties.</t>
   </si>
   <si>
     <t>El Paso County, Texas.</t>
   </si>
   <si>
     <t>El Paso region (100 miles radius)</t>
   </si>
   <si>
     <t>Texas, New Mexico, Arizona</t>
   </si>
   <si>
     <t>Southern New Mexico, Dona Ana County.</t>
   </si>
   <si>
     <t>ALL STATES</t>
   </si>
@@ -1714,72 +1626,66 @@
   <si>
     <t>1054 Hawkins Blvd, El Paso, TX 79915</t>
   </si>
   <si>
     <t>485 N Mesa, El Paso, TX 79912</t>
   </si>
   <si>
     <t>12758 Gambusino Ave, El Paso, TX 79938</t>
   </si>
   <si>
     <t>11886 Pamela Raye Rd     EL Paso, TX 79927-4021</t>
   </si>
   <si>
     <t>11394 JAMES WATT STE 510, EL PASO, TX 79936</t>
   </si>
   <si>
     <t>Store Hours</t>
   </si>
   <si>
     <t>Mon - Fri 8am - 4:30pm</t>
   </si>
   <si>
     <t>8am to 5pm Monday to Friday Saturdays 12 pm to 5 pm</t>
   </si>
   <si>
-    <t>M-F 8am to 6pm sat 9am-3pm</t>
-[...1 lines deleted...]
-  <si>
     <t>8 to 5</t>
   </si>
   <si>
     <t>M-F 7am-4pm</t>
   </si>
   <si>
     <t>730AM-430PM</t>
   </si>
   <si>
     <t>Mon-Fri (6AM-5PM), Sat (8AM-12PM)</t>
   </si>
   <si>
     <t>7-00AM - 500:PM</t>
   </si>
   <si>
     <t>8:00am - 5:00pm</t>
-  </si>
-[...1 lines deleted...]
-    <t>7am-3:30pm</t>
   </si>
   <si>
     <t>8:00AM to 17:00 PM Monday thru Friday</t>
   </si>
   <si>
     <t>7:00am-4:30pm</t>
   </si>
   <si>
     <t>8am to 5pm</t>
   </si>
   <si>
     <t>7:30am-4:00pm</t>
   </si>
   <si>
     <t>7:00-5:00</t>
   </si>
   <si>
     <t>8AM-5PM</t>
   </si>
   <si>
     <t>Mon-Fri 8 A.M-5 P.M</t>
   </si>
   <si>
     <t>8-5</t>
   </si>
@@ -1812,75 +1718,113 @@
     <t>*updated 5/28/2025</t>
   </si>
   <si>
     <t>*updated 5/29/25</t>
   </si>
   <si>
     <t>*updated 6/30/25</t>
   </si>
   <si>
     <t>*updated 8/12/2025</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(210) 944-0766</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 (915) 335-1882</t>
     </r>
   </si>
   <si>
-    <t>*updated 6/30/25, 8/28/25</t>
-[...4 lines deleted...]
-  <si>
     <t>*updated 4/16/25, 6/16/25, 6/19/25, 10/2/25</t>
   </si>
   <si>
-    <t>*updated 10/2/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 8/26/25, 9/23/25, 10/8/25, 10/10/25</t>
   </si>
   <si>
     <t>*updated 4/4/25, 4/10/25, 10/20/25</t>
   </si>
   <si>
-    <t>*updated 9/25/25, 9/26/25, 10/21/25, 10/29/25</t>
+    <t>*updated 9/25/25, 9/26/25, 10/21/25, 10/29/25, 11/5/25</t>
+  </si>
+  <si>
+    <t>*updated 10/2/25, 1/12/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Alexis Calderon</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+James Hernandez</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>alexiscalderon@elliottelectric.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+jameshernandez@elliottelectric.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 9/22/25, 1/13/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2432,51 +2376,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/El%20Paso%20Tinting.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Integral%20Construction.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Mountain%20Pass%20Services.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/The%20Sprinkler%20Guy.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Knight%20Safety%20%26%20Industrial.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Saenz%20Material.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/VEGA%20Americas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/CPWF.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/American%20Generator.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/IML%20Security.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Mural%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/A.M.%20Refrigeration.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Car%20Parts%20Machine.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Dream%20Ranch%20LLC.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/MOBINSA%20TRADING%20LLC.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/S%26M%20Primero%20Express.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Synergy%20Project%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Turbine%20Electric.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/C%26A%20Hydraulic%20Performance.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Elliott%20Electric%20Supply%20Inc.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Miner.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/MSC%20Industrial.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Sun%20City%20Eco%20Wash.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Dozz%20Design.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/JAN%20Construction.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/PRANA%20MACHINERY%20PRICE%20CATALOG.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/West%20Texas%20Industrial%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Black%20Fire.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Delta%20Air.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/El%20Paso%20Trench%20Safety.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Laun-Dry.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Mountain%20Sky%20Plumbing.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Poly%20Air%20Systems.xlsx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Safety%20Instruments%20EP.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Vertical%201.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Crescent%20Electric.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Apex%20HVAC.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/El%20Paso%20Bearing%20and%20Hydraulic.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Industrial%20Water.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Mountain%20Lift.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/S%26T%20Refrigeration.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Texas%20State%20Insulation%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/JSR%20Construction.xlsx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/V%20M%20Industrial%20and%20Safety.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/El%20Paso%20Trench%20Safety.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/JSR%20Construction.xlsx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Poly%20Air%20Systems.xlsx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Vertical%201.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Miner.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Texas%20State%20Insulation%2C%20Inc.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Crescent%20Electric.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/American%20Generator.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Industrial%20Water.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Laun-Dry.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/S%26T%20Refrigeration.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/A.M.%20Refrigeration.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/CPWF.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/El%20Paso%20Bearing%20and%20Hydraulic.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/MSC%20Industrial.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Sun%20City%20Eco%20Wash.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/V%20M%20Industrial%20and%20Safety.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/West%20Texas%20Industrial%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/C%26A%20Hydraulic%20Performance.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/IML%20Security.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Mountain%20Lift.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/S%26M%20Primero%20Express.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Turbine%20Electric.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Dream%20Ranch%20LLC.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Knight%20Safety%20%26%20Industrial.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Safety%20Instruments%20EP.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Black%20Fire.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Dozz%20Design.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Elliott%20Electric%20Supply%20Inc.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/MOBINSA%20TRADING%20LLC.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/PRANA%20MACHINERY%20PRICE%20CATALOG.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Saenz%20Material.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/The%20Sprinkler%20Guy.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Delta%20Air.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Apex%20HVAC.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/El%20Paso%20Tinting.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/JAN%20Construction.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Mural%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Synergy%20Project%20Contractors.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/VEGA%20Americas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:G75"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="3" width="25.7109375" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" customWidth="1"/>
     <col min="6" max="7" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B2" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
@@ -3853,2936 +3797,2700 @@
         <v>191</v>
       </c>
       <c r="F73" s="10">
         <v>3</v>
       </c>
       <c r="G73" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B75" s="5" t="s">
         <v>192</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.3" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R25-7517 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AY20"/>
+  <dimension ref="B1:AU20"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="15" customWidth="1"/>
     <col min="2" max="2" width="8" style="15" customWidth="1"/>
     <col min="3" max="3" width="36" style="15" customWidth="1"/>
     <col min="4" max="4" width="6" style="15" customWidth="1"/>
-    <col min="5" max="50" width="30.7109375" style="15" customWidth="1"/>
-    <col min="51" max="16384" width="9.140625" style="15"/>
+    <col min="5" max="46" width="30.7109375" style="15" customWidth="1"/>
+    <col min="47" max="16384" width="9.140625" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:51" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:47" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="E1" s="31"/>
       <c r="H1" s="31" t="s">
-        <v>566</v>
+        <v>534</v>
       </c>
       <c r="I1" s="31"/>
-      <c r="J1" s="13" t="s">
-[...18 lines deleted...]
-      <c r="V1" s="30"/>
+      <c r="J1" s="37" t="s">
+        <v>533</v>
+      </c>
+      <c r="K1" s="31"/>
+      <c r="M1" s="31" t="s">
+        <v>541</v>
+      </c>
+      <c r="N1" s="31"/>
+      <c r="Q1" s="31"/>
+      <c r="R1" s="31" t="s">
+        <v>542</v>
+      </c>
+      <c r="S1" s="30"/>
+      <c r="T1" s="30" t="s">
+        <v>545</v>
+      </c>
+      <c r="V1" s="31"/>
+      <c r="W1" s="30"/>
       <c r="X1" s="31"/>
-      <c r="Y1" s="30"/>
-[...9 lines deleted...]
-      </c>
+      <c r="Y1" s="30" t="s">
+        <v>540</v>
+      </c>
+      <c r="Z1" s="31" t="s">
+        <v>536</v>
+      </c>
+      <c r="AB1" s="30" t="s">
+        <v>539</v>
+      </c>
+      <c r="AC1" s="31"/>
+      <c r="AE1" s="31"/>
+      <c r="AF1" s="31"/>
       <c r="AG1" s="31"/>
-      <c r="AI1" s="31"/>
-[...1 lines deleted...]
-      <c r="AK1" s="31"/>
+      <c r="AJ1" s="30"/>
+      <c r="AL1" s="31"/>
+      <c r="AM1" s="31" t="s">
+        <v>535</v>
+      </c>
       <c r="AN1" s="30"/>
-      <c r="AP1" s="31"/>
-[...10 lines deleted...]
-    <row r="2" spans="2:51" s="16" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="AQ1" s="31"/>
+      <c r="AS1" s="31"/>
+      <c r="AT1" s="31" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="2" spans="2:47" s="16" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B2" s="36"/>
       <c r="C2" s="36"/>
       <c r="D2" s="17" t="s">
         <v>193</v>
       </c>
       <c r="E2" s="32" t="s">
         <v>194</v>
       </c>
       <c r="F2" s="32" t="s">
         <v>34</v>
       </c>
       <c r="G2" s="32" t="s">
         <v>37</v>
       </c>
       <c r="H2" s="32" t="s">
         <v>39</v>
       </c>
       <c r="I2" s="32" t="s">
         <v>195</v>
       </c>
       <c r="J2" s="32" t="s">
-        <v>46</v>
+        <v>532</v>
       </c>
       <c r="K2" s="32" t="s">
-        <v>564</v>
+        <v>53</v>
       </c>
       <c r="L2" s="32" t="s">
-        <v>53</v>
+        <v>196</v>
       </c>
       <c r="M2" s="32" t="s">
-        <v>196</v>
+        <v>60</v>
       </c>
       <c r="N2" s="32" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="O2" s="32" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="P2" s="32" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="Q2" s="32" t="s">
-        <v>68</v>
+        <v>197</v>
       </c>
       <c r="R2" s="32" t="s">
-        <v>197</v>
+        <v>72</v>
       </c>
       <c r="S2" s="32" t="s">
-        <v>72</v>
+        <v>198</v>
       </c>
       <c r="T2" s="32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="U2" s="32" t="s">
-        <v>199</v>
+        <v>91</v>
       </c>
       <c r="V2" s="32" t="s">
-        <v>89</v>
+        <v>200</v>
       </c>
       <c r="W2" s="32" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="X2" s="32" t="s">
-        <v>200</v>
+        <v>103</v>
       </c>
       <c r="Y2" s="32" t="s">
-        <v>99</v>
+        <v>201</v>
       </c>
       <c r="Z2" s="32" t="s">
-        <v>103</v>
+        <v>202</v>
       </c>
       <c r="AA2" s="32" t="s">
-        <v>201</v>
+        <v>110</v>
       </c>
       <c r="AB2" s="32" t="s">
-        <v>202</v>
+        <v>115</v>
       </c>
       <c r="AC2" s="32" t="s">
-        <v>110</v>
+        <v>203</v>
       </c>
       <c r="AD2" s="32" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="AE2" s="32" t="s">
-        <v>117</v>
+        <v>204</v>
       </c>
       <c r="AF2" s="32" t="s">
-        <v>203</v>
+        <v>128</v>
       </c>
       <c r="AG2" s="32" t="s">
-        <v>204</v>
+        <v>134</v>
       </c>
       <c r="AH2" s="32" t="s">
-        <v>124</v>
+        <v>141</v>
       </c>
       <c r="AI2" s="32" t="s">
         <v>205</v>
       </c>
       <c r="AJ2" s="32" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="AK2" s="32" t="s">
-        <v>134</v>
+        <v>206</v>
       </c>
       <c r="AL2" s="32" t="s">
-        <v>141</v>
+        <v>155</v>
       </c>
       <c r="AM2" s="32" t="s">
-        <v>206</v>
+        <v>160</v>
       </c>
       <c r="AN2" s="32" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="AO2" s="32" t="s">
+        <v>165</v>
+      </c>
+      <c r="AP2" s="32" t="s">
         <v>207</v>
       </c>
-      <c r="AP2" s="32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AQ2" s="32" t="s">
-        <v>160</v>
+        <v>208</v>
       </c>
       <c r="AR2" s="32" t="s">
-        <v>163</v>
+        <v>180</v>
       </c>
       <c r="AS2" s="32" t="s">
-        <v>165</v>
+        <v>184</v>
       </c>
       <c r="AT2" s="32" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="AU2" s="32" t="s">
         <v>209</v>
       </c>
-      <c r="AV2" s="32" t="s">
-[...5 lines deleted...]
-      <c r="AX2" s="32" t="s">
+      <c r="AU2" s="36"/>
+    </row>
+    <row r="3" spans="2:47" ht="30" x14ac:dyDescent="0.25">
+      <c r="D3" s="17" t="s">
         <v>210</v>
       </c>
-      <c r="AY2" s="36"/>
-[...2 lines deleted...]
-      <c r="D3" s="17" t="s">
+      <c r="E3" s="14" t="s">
         <v>211</v>
       </c>
-      <c r="E3" s="14" t="s">
+      <c r="F3" s="14" t="s">
         <v>212</v>
       </c>
-      <c r="F3" s="14" t="s">
+      <c r="G3" s="14" t="s">
         <v>213</v>
       </c>
-      <c r="G3" s="14" t="s">
+      <c r="H3" s="14" t="s">
         <v>214</v>
       </c>
-      <c r="H3" s="14" t="s">
+      <c r="I3" s="14" t="s">
         <v>215</v>
       </c>
-      <c r="I3" s="14" t="s">
+      <c r="J3" s="14" t="s">
         <v>216</v>
       </c>
-      <c r="J3" s="14" t="s">
+      <c r="K3" s="14" t="s">
         <v>217</v>
       </c>
-      <c r="K3" s="14" t="s">
+      <c r="L3" s="32" t="s">
         <v>218</v>
       </c>
-      <c r="L3" s="14" t="s">
+      <c r="M3" s="14" t="s">
         <v>219</v>
       </c>
-      <c r="M3" s="32" t="s">
+      <c r="N3" s="14" t="s">
         <v>220</v>
       </c>
-      <c r="N3" s="14" t="s">
+      <c r="O3" s="14" t="s">
         <v>221</v>
       </c>
-      <c r="O3" s="14" t="s">
+      <c r="P3" s="14" t="s">
         <v>222</v>
       </c>
-      <c r="P3" s="14" t="s">
+      <c r="Q3" s="14" t="s">
         <v>223</v>
       </c>
-      <c r="Q3" s="14" t="s">
+      <c r="R3" s="32" t="s">
+        <v>543</v>
+      </c>
+      <c r="S3" s="14" t="s">
         <v>224</v>
       </c>
-      <c r="R3" s="14" t="s">
+      <c r="T3" s="14" t="s">
         <v>225</v>
       </c>
-      <c r="S3" s="14" t="s">
+      <c r="U3" s="14" t="s">
         <v>226</v>
       </c>
-      <c r="T3" s="14" t="s">
+      <c r="V3" s="14" t="s">
         <v>227</v>
       </c>
-      <c r="U3" s="14" t="s">
+      <c r="W3" s="14" t="s">
         <v>228</v>
       </c>
-      <c r="V3" s="14" t="s">
+      <c r="X3" s="14" t="s">
         <v>229</v>
       </c>
-      <c r="W3" s="14" t="s">
+      <c r="Y3" s="32" t="s">
         <v>230</v>
       </c>
-      <c r="X3" s="14" t="s">
+      <c r="Z3" s="14" t="s">
         <v>231</v>
       </c>
-      <c r="Y3" s="14" t="s">
+      <c r="AA3" s="14" t="s">
         <v>232</v>
       </c>
-      <c r="Z3" s="14" t="s">
+      <c r="AB3" s="14" t="s">
         <v>233</v>
       </c>
-      <c r="AA3" s="32" t="s">
+      <c r="AC3" s="14" t="s">
         <v>234</v>
       </c>
-      <c r="AB3" s="14" t="s">
+      <c r="AD3" s="14" t="s">
         <v>235</v>
       </c>
-      <c r="AC3" s="14" t="s">
+      <c r="AE3" s="14" t="s">
         <v>236</v>
       </c>
-      <c r="AD3" s="14" t="s">
+      <c r="AF3" s="14" t="s">
         <v>237</v>
       </c>
-      <c r="AE3" s="14" t="s">
+      <c r="AG3" s="14" t="s">
         <v>238</v>
       </c>
-      <c r="AF3" s="14" t="s">
+      <c r="AH3" s="14" t="s">
         <v>239</v>
       </c>
-      <c r="AG3" s="14" t="s">
+      <c r="AI3" s="14" t="s">
         <v>240</v>
       </c>
-      <c r="AH3" s="14" t="s">
+      <c r="AJ3" s="14" t="s">
         <v>241</v>
       </c>
-      <c r="AI3" s="14" t="s">
+      <c r="AK3" s="14" t="s">
         <v>242</v>
       </c>
-      <c r="AJ3" s="14" t="s">
+      <c r="AL3" s="14" t="s">
         <v>243</v>
       </c>
-      <c r="AK3" s="14" t="s">
+      <c r="AM3" s="14" t="s">
         <v>244</v>
       </c>
-      <c r="AL3" s="14" t="s">
+      <c r="AN3" s="14" t="s">
         <v>245</v>
       </c>
-      <c r="AM3" s="14" t="s">
+      <c r="AO3" s="14" t="s">
         <v>246</v>
       </c>
-      <c r="AN3" s="14" t="s">
+      <c r="AP3" s="14" t="s">
         <v>247</v>
       </c>
-      <c r="AO3" s="14" t="s">
+      <c r="AQ3" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="AP3" s="14" t="s">
+      <c r="AR3" s="14" t="s">
         <v>249</v>
       </c>
-      <c r="AQ3" s="14" t="s">
+      <c r="AS3" s="14" t="s">
         <v>250</v>
       </c>
-      <c r="AR3" s="14" t="s">
+      <c r="AT3" s="14" t="s">
         <v>251</v>
       </c>
-      <c r="AS3" s="14" t="s">
+    </row>
+    <row r="4" spans="2:47" ht="30" x14ac:dyDescent="0.25">
+      <c r="D4" s="17" t="s">
         <v>252</v>
       </c>
-      <c r="AT3" s="14" t="s">
+      <c r="E4" s="14" t="s">
         <v>253</v>
       </c>
-      <c r="AU3" s="14" t="s">
+      <c r="F4" s="14" t="s">
         <v>254</v>
       </c>
-      <c r="AV3" s="14" t="s">
+      <c r="G4" s="14" t="s">
         <v>255</v>
       </c>
-      <c r="AW3" s="14" t="s">
+      <c r="H4" s="14" t="s">
         <v>256</v>
       </c>
-      <c r="AX3" s="14" t="s">
+      <c r="I4" s="32" t="s">
         <v>257</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D4" s="17" t="s">
+      <c r="J4" s="14" t="s">
         <v>258</v>
       </c>
-      <c r="E4" s="14" t="s">
+      <c r="K4" s="14" t="s">
         <v>259</v>
       </c>
-      <c r="F4" s="14" t="s">
+      <c r="L4" s="14" t="s">
         <v>260</v>
       </c>
-      <c r="G4" s="14" t="s">
+      <c r="M4" s="14" t="s">
         <v>261</v>
       </c>
-      <c r="H4" s="14" t="s">
+      <c r="N4" s="14" t="s">
         <v>262</v>
       </c>
-      <c r="I4" s="32" t="s">
+      <c r="O4" s="14" t="s">
         <v>263</v>
       </c>
-      <c r="J4" s="14" t="s">
+      <c r="P4" s="14" t="s">
         <v>264</v>
       </c>
-      <c r="K4" s="14" t="s">
+      <c r="Q4" s="14" t="s">
         <v>265</v>
       </c>
-      <c r="L4" s="14" t="s">
+      <c r="R4" s="14" t="s">
         <v>266</v>
       </c>
-      <c r="M4" s="14" t="s">
+      <c r="S4" s="14" t="s">
         <v>267</v>
       </c>
-      <c r="N4" s="14" t="s">
+      <c r="T4" s="14" t="s">
         <v>268</v>
       </c>
-      <c r="O4" s="14" t="s">
+      <c r="U4" s="14" t="s">
         <v>269</v>
       </c>
-      <c r="P4" s="14" t="s">
+      <c r="V4" s="14" t="s">
         <v>270</v>
       </c>
-      <c r="Q4" s="14" t="s">
+      <c r="W4" s="14" t="s">
         <v>271</v>
       </c>
-      <c r="R4" s="14" t="s">
+      <c r="X4" s="14" t="s">
         <v>272</v>
       </c>
-      <c r="S4" s="14" t="s">
+      <c r="Y4" s="14" t="s">
         <v>273</v>
       </c>
-      <c r="T4" s="14" t="s">
+      <c r="Z4" s="14" t="s">
         <v>274</v>
       </c>
-      <c r="U4" s="14" t="s">
+      <c r="AA4" s="14" t="s">
         <v>275</v>
       </c>
-      <c r="V4" s="14" t="s">
+      <c r="AB4" s="32" t="s">
         <v>276</v>
       </c>
-      <c r="W4" s="14" t="s">
+      <c r="AC4" s="14" t="s">
         <v>277</v>
       </c>
-      <c r="X4" s="14" t="s">
+      <c r="AD4" s="14" t="s">
         <v>278</v>
       </c>
-      <c r="Y4" s="14" t="s">
+      <c r="AE4" s="32" t="s">
         <v>279</v>
       </c>
-      <c r="Z4" s="14" t="s">
+      <c r="AF4" s="32" t="s">
         <v>280</v>
       </c>
-      <c r="AA4" s="14" t="s">
+      <c r="AG4" s="14" t="s">
         <v>281</v>
       </c>
-      <c r="AB4" s="14" t="s">
+      <c r="AH4" s="14" t="s">
         <v>282</v>
       </c>
-      <c r="AC4" s="14" t="s">
+      <c r="AI4" s="14" t="s">
         <v>283</v>
       </c>
-      <c r="AD4" s="32" t="s">
+      <c r="AJ4" s="14" t="s">
         <v>284</v>
       </c>
-      <c r="AE4" s="14" t="s">
+      <c r="AK4" s="14" t="s">
         <v>285</v>
       </c>
-      <c r="AF4" s="14" t="s">
+      <c r="AL4" s="14" t="s">
         <v>286</v>
       </c>
-      <c r="AG4" s="14" t="s">
+      <c r="AM4" s="14" t="s">
         <v>287</v>
       </c>
-      <c r="AH4" s="14" t="s">
+      <c r="AN4" s="14" t="s">
         <v>288</v>
       </c>
-      <c r="AI4" s="32" t="s">
+      <c r="AO4" s="14" t="s">
         <v>289</v>
       </c>
-      <c r="AJ4" s="32" t="s">
+      <c r="AP4" s="14" t="s">
         <v>290</v>
       </c>
-      <c r="AK4" s="14" t="s">
+      <c r="AQ4" s="14" t="s">
         <v>291</v>
       </c>
-      <c r="AL4" s="14" t="s">
+      <c r="AR4" s="14" t="s">
         <v>292</v>
       </c>
-      <c r="AM4" s="14" t="s">
+      <c r="AS4" s="14" t="s">
         <v>293</v>
       </c>
-      <c r="AN4" s="14" t="s">
+      <c r="AT4" s="14" t="s">
         <v>294</v>
       </c>
-      <c r="AO4" s="14" t="s">
+    </row>
+    <row r="5" spans="2:47" ht="60" x14ac:dyDescent="0.25">
+      <c r="D5" s="17" t="s">
         <v>295</v>
       </c>
-      <c r="AP4" s="14" t="s">
+      <c r="E5" s="14" t="s">
         <v>296</v>
       </c>
-      <c r="AQ4" s="14" t="s">
+      <c r="F5" s="14" t="s">
         <v>297</v>
       </c>
-      <c r="AR4" s="14" t="s">
+      <c r="G5" s="14" t="s">
         <v>298</v>
       </c>
-      <c r="AS4" s="14" t="s">
+      <c r="H5" s="14" t="s">
         <v>299</v>
       </c>
-      <c r="AT4" s="14" t="s">
+      <c r="I5" s="14" t="s">
         <v>300</v>
       </c>
-      <c r="AU4" s="14" t="s">
+      <c r="J5" s="14" t="s">
         <v>301</v>
       </c>
-      <c r="AV4" s="14" t="s">
+      <c r="K5" s="14" t="s">
         <v>302</v>
       </c>
-      <c r="AW4" s="14" t="s">
+      <c r="L5" s="14" t="s">
         <v>303</v>
       </c>
-      <c r="AX4" s="14" t="s">
+      <c r="M5" s="14" t="s">
         <v>304</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D5" s="17" t="s">
+      <c r="N5" s="14" t="s">
         <v>305</v>
       </c>
-      <c r="E5" s="14" t="s">
+      <c r="O5" s="14" t="s">
         <v>306</v>
       </c>
-      <c r="F5" s="14" t="s">
+      <c r="P5" s="14" t="s">
         <v>307</v>
       </c>
-      <c r="G5" s="14" t="s">
+      <c r="Q5" s="14" t="s">
         <v>308</v>
       </c>
-      <c r="H5" s="14" t="s">
+      <c r="R5" s="32" t="s">
+        <v>544</v>
+      </c>
+      <c r="S5" s="14" t="s">
         <v>309</v>
       </c>
-      <c r="I5" s="14" t="s">
+      <c r="T5" s="14" t="s">
         <v>310</v>
       </c>
-      <c r="J5" s="14" t="s">
+      <c r="U5" s="14" t="s">
         <v>311</v>
       </c>
-      <c r="K5" s="14" t="s">
+      <c r="V5" s="14" t="s">
         <v>312</v>
       </c>
-      <c r="L5" s="14" t="s">
+      <c r="W5" s="14" t="s">
         <v>313</v>
       </c>
-      <c r="M5" s="14" t="s">
+      <c r="X5" s="14" t="s">
         <v>314</v>
       </c>
-      <c r="N5" s="14" t="s">
+      <c r="Y5" s="32" t="s">
         <v>315</v>
       </c>
-      <c r="O5" s="14" t="s">
+      <c r="Z5" s="14" t="s">
         <v>316</v>
       </c>
-      <c r="P5" s="14" t="s">
+      <c r="AA5" s="14" t="s">
         <v>317</v>
       </c>
-      <c r="Q5" s="14" t="s">
+      <c r="AB5" s="14" t="s">
         <v>318</v>
       </c>
-      <c r="R5" s="14" t="s">
+      <c r="AC5" s="14" t="s">
         <v>319</v>
       </c>
-      <c r="S5" s="14" t="s">
+      <c r="AD5" s="14" t="s">
         <v>320</v>
       </c>
-      <c r="T5" s="14" t="s">
+      <c r="AE5" s="14" t="s">
         <v>321</v>
       </c>
-      <c r="U5" s="14" t="s">
+      <c r="AF5" s="14" t="s">
         <v>322</v>
       </c>
-      <c r="V5" s="14" t="s">
+      <c r="AG5" s="14" t="s">
         <v>323</v>
       </c>
-      <c r="W5" s="14" t="s">
+      <c r="AH5" s="14" t="s">
         <v>324</v>
       </c>
-      <c r="X5" s="14" t="s">
+      <c r="AI5" s="14" t="s">
         <v>325</v>
       </c>
-      <c r="Y5" s="14" t="s">
+      <c r="AJ5" s="14" t="s">
         <v>326</v>
       </c>
-      <c r="Z5" s="14" t="s">
+      <c r="AK5" s="14" t="s">
         <v>327</v>
       </c>
-      <c r="AA5" s="32" t="s">
+      <c r="AL5" s="14" t="s">
         <v>328</v>
       </c>
-      <c r="AB5" s="14" t="s">
+      <c r="AM5" s="14" t="s">
         <v>329</v>
       </c>
-      <c r="AC5" s="14" t="s">
+      <c r="AN5" s="14" t="s">
         <v>330</v>
       </c>
-      <c r="AD5" s="14" t="s">
+      <c r="AO5" s="14" t="s">
         <v>331</v>
       </c>
-      <c r="AE5" s="14" t="s">
+      <c r="AP5" s="14" t="s">
         <v>332</v>
       </c>
-      <c r="AF5" s="14" t="s">
+      <c r="AQ5" s="14" t="s">
         <v>333</v>
       </c>
-      <c r="AG5" s="14" t="s">
+      <c r="AR5" s="14" t="s">
         <v>334</v>
       </c>
-      <c r="AH5" s="14" t="s">
+      <c r="AS5" s="14" t="s">
         <v>335</v>
       </c>
-      <c r="AI5" s="14" t="s">
+      <c r="AT5" s="14" t="s">
         <v>336</v>
       </c>
-      <c r="AJ5" s="14" t="s">
+    </row>
+    <row r="6" spans="2:47" ht="30" x14ac:dyDescent="0.25">
+      <c r="D6" s="17" t="s">
         <v>337</v>
       </c>
-      <c r="AK5" s="14" t="s">
+      <c r="E6" s="14" t="s">
         <v>338</v>
       </c>
-      <c r="AL5" s="14" t="s">
+      <c r="F6" s="14" t="s">
         <v>339</v>
       </c>
-      <c r="AM5" s="14" t="s">
+      <c r="G6" s="14" t="s">
         <v>340</v>
       </c>
-      <c r="AN5" s="14" t="s">
+      <c r="H6" s="14" t="s">
         <v>341</v>
       </c>
-      <c r="AO5" s="14" t="s">
+      <c r="I6" s="14" t="s">
         <v>342</v>
       </c>
-      <c r="AP5" s="14" t="s">
+      <c r="J6" s="14" t="s">
         <v>343</v>
       </c>
-      <c r="AQ5" s="14" t="s">
+      <c r="K6" s="14" t="s">
         <v>344</v>
       </c>
-      <c r="AR5" s="14" t="s">
+      <c r="L6" s="14" t="s">
         <v>345</v>
       </c>
-      <c r="AS5" s="14" t="s">
+      <c r="M6" s="14" t="s">
         <v>346</v>
       </c>
-      <c r="AT5" s="14" t="s">
+      <c r="N6" s="14" t="s">
         <v>347</v>
       </c>
-      <c r="AU5" s="14" t="s">
+      <c r="O6" s="14" t="s">
         <v>348</v>
       </c>
-      <c r="AV5" s="14" t="s">
+      <c r="P6" s="14" t="s">
         <v>349</v>
       </c>
-      <c r="AW5" s="14" t="s">
+      <c r="Q6" s="14" t="s">
         <v>350</v>
       </c>
-      <c r="AX5" s="14" t="s">
+      <c r="R6" s="14" t="s">
         <v>351</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D6" s="17" t="s">
+      <c r="S6" s="14" t="s">
         <v>352</v>
       </c>
-      <c r="E6" s="14" t="s">
+      <c r="T6" s="14" t="s">
         <v>353</v>
       </c>
-      <c r="F6" s="14" t="s">
+      <c r="U6" s="14" t="s">
         <v>354</v>
       </c>
-      <c r="G6" s="14" t="s">
+      <c r="V6" s="14" t="s">
         <v>355</v>
       </c>
-      <c r="H6" s="14" t="s">
+      <c r="W6" s="14" t="s">
         <v>356</v>
       </c>
-      <c r="I6" s="14" t="s">
+      <c r="X6" s="14" t="s">
         <v>357</v>
       </c>
-      <c r="J6" s="14" t="s">
+      <c r="Y6" s="32" t="s">
         <v>358</v>
       </c>
-      <c r="K6" s="14" t="s">
+      <c r="Z6" s="32" t="s">
+        <v>537</v>
+      </c>
+      <c r="AA6" s="14" t="s">
         <v>359</v>
       </c>
-      <c r="L6" s="14" t="s">
+      <c r="AB6" s="14" t="s">
         <v>360</v>
       </c>
-      <c r="M6" s="14" t="s">
+      <c r="AC6" s="14" t="s">
         <v>361</v>
       </c>
-      <c r="N6" s="14" t="s">
+      <c r="AD6" s="14" t="s">
         <v>362</v>
       </c>
-      <c r="O6" s="14" t="s">
+      <c r="AE6" s="14" t="s">
         <v>363</v>
       </c>
-      <c r="P6" s="14" t="s">
+      <c r="AF6" s="14" t="s">
         <v>364</v>
       </c>
-      <c r="Q6" s="14" t="s">
+      <c r="AG6" s="14" t="s">
         <v>365</v>
       </c>
-      <c r="R6" s="14" t="s">
+      <c r="AH6" s="14" t="s">
         <v>366</v>
       </c>
-      <c r="S6" s="14" t="s">
+      <c r="AI6" s="14" t="s">
         <v>367</v>
       </c>
-      <c r="T6" s="14" t="s">
+      <c r="AJ6" s="14" t="s">
         <v>368</v>
       </c>
-      <c r="U6" s="14" t="s">
+      <c r="AK6" s="14" t="s">
         <v>369</v>
       </c>
-      <c r="V6" s="14" t="s">
+      <c r="AL6" s="14" t="s">
         <v>370</v>
       </c>
-      <c r="W6" s="14" t="s">
+      <c r="AM6" s="14" t="s">
         <v>371</v>
       </c>
-      <c r="X6" s="14" t="s">
+      <c r="AN6" s="14" t="s">
         <v>372</v>
       </c>
-      <c r="Y6" s="14" t="s">
+      <c r="AO6" s="14" t="s">
         <v>373</v>
       </c>
-      <c r="Z6" s="14" t="s">
+      <c r="AP6" s="14" t="s">
         <v>374</v>
       </c>
-      <c r="AA6" s="32" t="s">
+      <c r="AQ6" s="14" t="s">
         <v>375</v>
       </c>
-      <c r="AB6" s="32" t="s">
-[...2 lines deleted...]
-      <c r="AC6" s="14" t="s">
+      <c r="AR6" s="14" t="s">
         <v>376</v>
       </c>
-      <c r="AD6" s="14" t="s">
+      <c r="AS6" s="14" t="s">
         <v>377</v>
       </c>
-      <c r="AE6" s="14" t="s">
+      <c r="AT6" s="14" t="s">
         <v>378</v>
       </c>
-      <c r="AF6" s="14" t="s">
+    </row>
+    <row r="7" spans="2:47" ht="30" x14ac:dyDescent="0.25">
+      <c r="D7" s="17" t="s">
         <v>379</v>
       </c>
-      <c r="AG6" s="14" t="s">
+      <c r="E7" s="14" t="s">
         <v>380</v>
       </c>
-      <c r="AH6" s="14" t="s">
+      <c r="F7" s="14" t="s">
         <v>381</v>
       </c>
-      <c r="AI6" s="14" t="s">
+      <c r="G7" s="32" t="s">
         <v>382</v>
       </c>
-      <c r="AJ6" s="14" t="s">
+      <c r="H7" s="14" t="s">
         <v>383</v>
       </c>
-      <c r="AK6" s="14" t="s">
+      <c r="I7" s="32" t="s">
+        <v>382</v>
+      </c>
+      <c r="J7" s="14" t="s">
         <v>384</v>
       </c>
-      <c r="AL6" s="14" t="s">
+      <c r="K7" s="14" t="s">
         <v>385</v>
       </c>
-      <c r="AM6" s="14" t="s">
+      <c r="L7" s="14" t="s">
         <v>386</v>
       </c>
-      <c r="AN6" s="14" t="s">
+      <c r="M7" s="14" t="s">
         <v>387</v>
       </c>
-      <c r="AO6" s="14" t="s">
+      <c r="N7" s="14" t="s">
         <v>388</v>
       </c>
-      <c r="AP6" s="14" t="s">
+      <c r="O7" s="14" t="s">
         <v>389</v>
       </c>
-      <c r="AQ6" s="14" t="s">
+      <c r="P7" s="14" t="s">
         <v>390</v>
       </c>
-      <c r="AR6" s="14" t="s">
+      <c r="Q7" s="14" t="s">
         <v>391</v>
       </c>
-      <c r="AS6" s="14" t="s">
+      <c r="R7" s="14" t="s">
         <v>392</v>
       </c>
-      <c r="AT6" s="14" t="s">
+      <c r="S7" s="14" t="s">
         <v>393</v>
       </c>
-      <c r="AU6" s="14" t="s">
+      <c r="T7" s="14" t="s">
         <v>394</v>
       </c>
-      <c r="AV6" s="14" t="s">
+      <c r="U7" s="32" t="s">
+        <v>382</v>
+      </c>
+      <c r="V7" s="14" t="s">
         <v>395</v>
       </c>
-      <c r="AW6" s="14" t="s">
+      <c r="W7" s="14" t="s">
         <v>396</v>
       </c>
-      <c r="AX6" s="14" t="s">
+      <c r="X7" s="14" t="s">
         <v>397</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D7" s="17" t="s">
+      <c r="Y7" s="14" t="s">
         <v>398</v>
       </c>
-      <c r="E7" s="14" t="s">
+      <c r="Z7" s="14" t="s">
         <v>399</v>
       </c>
-      <c r="F7" s="14" t="s">
+      <c r="AA7" s="14" t="s">
         <v>400</v>
       </c>
-      <c r="G7" s="32" t="s">
+      <c r="AB7" s="14" t="s">
         <v>401</v>
       </c>
-      <c r="H7" s="14" t="s">
+      <c r="AC7" s="14" t="s">
         <v>402</v>
       </c>
-      <c r="I7" s="32" t="s">
-[...2 lines deleted...]
-      <c r="J7" s="14" t="s">
+      <c r="AD7" s="14" t="s">
         <v>403</v>
       </c>
-      <c r="K7" s="14" t="s">
+      <c r="AE7" s="14" t="s">
         <v>404</v>
       </c>
-      <c r="L7" s="14" t="s">
+      <c r="AF7" s="14" t="s">
         <v>405</v>
       </c>
-      <c r="M7" s="14" t="s">
+      <c r="AG7" s="14" t="s">
         <v>406</v>
       </c>
-      <c r="N7" s="14" t="s">
+      <c r="AH7" s="14" t="s">
         <v>407</v>
       </c>
-      <c r="O7" s="14" t="s">
+      <c r="AI7" s="14" t="s">
         <v>408</v>
       </c>
-      <c r="P7" s="14" t="s">
+      <c r="AJ7" s="14" t="s">
         <v>409</v>
       </c>
-      <c r="Q7" s="14" t="s">
+      <c r="AK7" s="14" t="s">
         <v>410</v>
       </c>
-      <c r="R7" s="14" t="s">
+      <c r="AL7" s="14" t="s">
         <v>411</v>
       </c>
-      <c r="S7" s="14" t="s">
+      <c r="AM7" s="14" t="s">
         <v>412</v>
       </c>
-      <c r="T7" s="14" t="s">
+      <c r="AN7" s="14" t="s">
         <v>413</v>
       </c>
-      <c r="U7" s="14" t="s">
+      <c r="AO7" s="32" t="s">
+        <v>382</v>
+      </c>
+      <c r="AP7" s="14" t="s">
         <v>414</v>
       </c>
-      <c r="V7" s="14" t="s">
+      <c r="AQ7" s="14" t="s">
         <v>415</v>
       </c>
-      <c r="W7" s="32" t="s">
-[...2 lines deleted...]
-      <c r="X7" s="14" t="s">
+      <c r="AR7" s="14" t="s">
         <v>416</v>
       </c>
-      <c r="Y7" s="14" t="s">
+      <c r="AS7" s="14" t="s">
         <v>417</v>
       </c>
-      <c r="Z7" s="14" t="s">
+      <c r="AT7" s="14" t="s">
         <v>418</v>
       </c>
-      <c r="AA7" s="14" t="s">
+    </row>
+    <row r="8" spans="2:47" x14ac:dyDescent="0.25">
+      <c r="D8" s="17" t="s">
         <v>419</v>
       </c>
-      <c r="AB7" s="14" t="s">
-[...2 lines deleted...]
-      <c r="AC7" s="14" t="s">
+      <c r="E8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="F8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="G8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="H8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="I8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="J8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="K8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="L8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="M8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="N8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="O8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="P8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="Q8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="R8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="S8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="T8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="U8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="V8" s="14" t="s">
         <v>421</v>
       </c>
-      <c r="AD7" s="14" t="s">
+      <c r="W8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="X8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="Y8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="Z8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AA8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AB8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AC8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AD8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AE8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AF8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AG8" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AH8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AI8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AJ8" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AK8" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AL8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AM8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AN8" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AO8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AP8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AQ8" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AR8" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AS8" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="AT8" s="14" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="9" spans="2:47" ht="135" x14ac:dyDescent="0.25">
+      <c r="D9" s="17" t="s">
         <v>422</v>
       </c>
-      <c r="AE7" s="32" t="s">
-[...2 lines deleted...]
-      <c r="AF7" s="14" t="s">
+      <c r="E9" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="F9" s="14" t="s">
         <v>423</v>
       </c>
-      <c r="AG7" s="14" t="s">
+      <c r="G9" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="H9" s="14" t="s">
         <v>424</v>
       </c>
-      <c r="AH7" s="14" t="s">
+      <c r="I9" s="14" t="s">
         <v>425</v>
       </c>
-      <c r="AI7" s="14" t="s">
+      <c r="J9" s="14" t="s">
         <v>426</v>
       </c>
-      <c r="AJ7" s="14" t="s">
+      <c r="K9" s="14" t="s">
         <v>427</v>
       </c>
-      <c r="AK7" s="14" t="s">
+      <c r="L9" s="14" t="s">
+        <v>424</v>
+      </c>
+      <c r="M9" s="14" t="s">
         <v>428</v>
       </c>
-      <c r="AL7" s="14" t="s">
+      <c r="N9" s="14" t="s">
+        <v>426</v>
+      </c>
+      <c r="O9" s="14" t="s">
         <v>429</v>
       </c>
-      <c r="AM7" s="14" t="s">
+      <c r="P9" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="Q9" s="14" t="s">
         <v>430</v>
       </c>
-      <c r="AN7" s="14" t="s">
+      <c r="R9" s="14" t="s">
         <v>431</v>
       </c>
-      <c r="AO7" s="14" t="s">
+      <c r="S9" s="32" t="s">
         <v>432</v>
       </c>
-      <c r="AP7" s="14" t="s">
+      <c r="T9" s="14" t="s">
         <v>433</v>
       </c>
-      <c r="AQ7" s="14" t="s">
+      <c r="U9" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="V9" s="14" t="s">
+        <v>420</v>
+      </c>
+      <c r="W9" s="14" t="s">
         <v>434</v>
       </c>
-      <c r="AR7" s="14" t="s">
+      <c r="X9" s="14" t="s">
         <v>435</v>
       </c>
-      <c r="AS7" s="32" t="s">
-[...2 lines deleted...]
-      <c r="AT7" s="14" t="s">
+      <c r="Y9" s="32" t="s">
         <v>436</v>
       </c>
-      <c r="AU7" s="14" t="s">
+      <c r="Z9" s="14" t="s">
         <v>437</v>
       </c>
-      <c r="AV7" s="14" t="s">
+      <c r="AA9" s="14" t="s">
         <v>438</v>
       </c>
-      <c r="AW7" s="14" t="s">
+      <c r="AB9" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AC9" s="14" t="s">
+        <v>426</v>
+      </c>
+      <c r="AD9" s="14" t="s">
         <v>439</v>
       </c>
-      <c r="AX7" s="14" t="s">
+      <c r="AE9" s="14" t="s">
         <v>440</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D8" s="17" t="s">
+      <c r="AF9" s="14" t="s">
         <v>441</v>
       </c>
-      <c r="E8" s="14" t="s">
+      <c r="AG9" s="14" t="s">
         <v>442</v>
       </c>
-      <c r="F8" s="14" t="s">
-[...47 lines deleted...]
-      <c r="V8" s="14" t="s">
+      <c r="AH9" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AI9" s="14" t="s">
         <v>443</v>
       </c>
-      <c r="W8" s="14" t="s">
-[...85 lines deleted...]
-      <c r="D9" s="17" t="s">
+      <c r="AJ9" s="14" t="s">
         <v>444</v>
       </c>
-      <c r="E9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="14" t="s">
+      <c r="AK9" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AL9" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AM9" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AN9" s="14" t="s">
         <v>445</v>
       </c>
-      <c r="G9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="14" t="s">
+      <c r="AO9" s="14" t="s">
+        <v>424</v>
+      </c>
+      <c r="AP9" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="AQ9" s="14" t="s">
+        <v>426</v>
+      </c>
+      <c r="AR9" s="14" t="s">
         <v>446</v>
       </c>
-      <c r="I9" s="14" t="s">
+      <c r="AS9" s="14" t="s">
         <v>447</v>
       </c>
-      <c r="J9" s="14" t="s">
+      <c r="AT9" s="14" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="10" spans="2:47" ht="195" x14ac:dyDescent="0.25">
+      <c r="D10" s="17" t="s">
         <v>448</v>
       </c>
-      <c r="K9" s="14" t="s">
+      <c r="E10" s="32" t="s">
         <v>449</v>
       </c>
-      <c r="L9" s="14" t="s">
+      <c r="F10" s="14" t="s">
         <v>450</v>
       </c>
-      <c r="M9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="N9" s="14" t="s">
+      <c r="G10" s="32" t="s">
         <v>451</v>
       </c>
-      <c r="O9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="P9" s="14" t="s">
+      <c r="H10" s="14" t="s">
         <v>452</v>
       </c>
-      <c r="Q9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="R9" s="14" t="s">
+      <c r="I10" s="14" t="s">
         <v>453</v>
       </c>
-      <c r="S9" s="14" t="s">
+      <c r="J10" s="14" t="s">
         <v>454</v>
       </c>
-      <c r="T9" s="32" t="s">
+      <c r="K10" s="14" t="s">
         <v>455</v>
       </c>
-      <c r="U9" s="14" t="s">
+      <c r="L10" s="14" t="s">
         <v>456</v>
       </c>
-      <c r="V9" s="14" t="s">
+      <c r="M10" s="14" t="s">
         <v>457</v>
       </c>
-      <c r="W9" s="14" t="s">
-[...5 lines deleted...]
-      <c r="Y9" s="14" t="s">
+      <c r="N10" s="14" t="s">
         <v>458</v>
       </c>
-      <c r="Z9" s="14" t="s">
+      <c r="O10" s="14" t="s">
         <v>459</v>
       </c>
-      <c r="AA9" s="32" t="s">
+      <c r="P10" s="14" t="s">
         <v>460</v>
       </c>
-      <c r="AB9" s="14" t="s">
+      <c r="Q10" s="32" t="s">
         <v>461</v>
       </c>
-      <c r="AC9" s="14" t="s">
+      <c r="R10" s="14" t="s">
         <v>462</v>
       </c>
-      <c r="AD9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="AE9" s="14" t="s">
+      <c r="S10" s="14" t="s">
         <v>463</v>
       </c>
-      <c r="AF9" s="14" t="s">
+      <c r="T10" s="14" t="s">
         <v>464</v>
       </c>
-      <c r="AG9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="AH9" s="14" t="s">
+      <c r="U10" s="14" t="s">
         <v>465</v>
       </c>
-      <c r="AI9" s="14" t="s">
+      <c r="V10" s="14" t="s">
         <v>466</v>
       </c>
-      <c r="AJ9" s="14" t="s">
+      <c r="W10" s="14" t="s">
         <v>467</v>
       </c>
-      <c r="AK9" s="14" t="s">
+      <c r="X10" s="14" t="s">
         <v>468</v>
       </c>
-      <c r="AL9" s="14" t="s">
-[...2 lines deleted...]
-      <c r="AM9" s="14" t="s">
+      <c r="Y10" s="32" t="s">
         <v>469</v>
       </c>
-      <c r="AN9" s="14" t="s">
+      <c r="Z10" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="AA10" s="14" t="s">
         <v>470</v>
       </c>
-      <c r="AO9" s="14" t="s">
-[...8 lines deleted...]
-      <c r="AR9" s="14" t="s">
+      <c r="AB10" s="14" t="s">
         <v>471</v>
       </c>
-      <c r="AS9" s="14" t="s">
-[...8 lines deleted...]
-      <c r="AV9" s="14" t="s">
+      <c r="AC10" s="14" t="s">
         <v>472</v>
       </c>
-      <c r="AW9" s="14" t="s">
+      <c r="AD10" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="AE10" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="AF10" s="14" t="s">
         <v>473</v>
       </c>
-      <c r="AX9" s="14" t="s">
-[...4 lines deleted...]
-      <c r="D10" s="17" t="s">
+      <c r="AG10" s="14" t="s">
         <v>474</v>
       </c>
-      <c r="E10" s="32" t="s">
+      <c r="AH10" s="14" t="s">
         <v>475</v>
       </c>
-      <c r="F10" s="14" t="s">
+      <c r="AI10" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="AJ10" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="AK10" s="14" t="s">
         <v>476</v>
       </c>
-      <c r="G10" s="32" t="s">
+      <c r="AL10" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="AM10" s="14" t="s">
+        <v>466</v>
+      </c>
+      <c r="AN10" s="14" t="s">
         <v>477</v>
       </c>
-      <c r="H10" s="14" t="s">
+      <c r="AO10" s="14" t="s">
+        <v>456</v>
+      </c>
+      <c r="AP10" s="14" t="s">
         <v>478</v>
       </c>
-      <c r="I10" s="14" t="s">
+      <c r="AQ10" s="14" t="s">
         <v>479</v>
       </c>
-      <c r="J10" s="32" t="s">
+      <c r="AR10" s="32" t="s">
         <v>480</v>
       </c>
-      <c r="K10" s="14" t="s">
+      <c r="AS10" s="32" t="s">
         <v>481</v>
       </c>
-      <c r="L10" s="14" t="s">
+      <c r="AT10" s="14" t="s">
         <v>482</v>
       </c>
-      <c r="M10" s="14" t="s">
+    </row>
+    <row r="11" spans="2:47" ht="90" x14ac:dyDescent="0.25">
+      <c r="D11" s="19" t="s">
         <v>483</v>
       </c>
-      <c r="N10" s="14" t="s">
+      <c r="E11" s="34" t="s">
         <v>484</v>
       </c>
-      <c r="O10" s="14" t="s">
+      <c r="F11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="G11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="H11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="I11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="J11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="K11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="L11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="M11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="N11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="O11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="P11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="Q11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="R11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="S11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="T11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="U11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="V11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="W11" s="35" t="s">
         <v>485</v>
       </c>
-      <c r="P10" s="14" t="s">
+      <c r="X11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="Y11" s="32" t="s">
         <v>486</v>
       </c>
-      <c r="Q10" s="14" t="s">
+      <c r="Z11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AA11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AB11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AC11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AD11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AE11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AG11" s="32" t="s">
+        <v>486</v>
+      </c>
+      <c r="AH11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AI11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AJ11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AK11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AL11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AM11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AN11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AO11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AP11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AQ11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AR11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AS11" s="34" t="s">
+        <v>484</v>
+      </c>
+      <c r="AT11" s="34" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="12" spans="2:47" x14ac:dyDescent="0.25">
+      <c r="B12" s="24" t="s">
         <v>487</v>
       </c>
-      <c r="R10" s="32" t="s">
+      <c r="C12" s="24" t="s">
         <v>488</v>
       </c>
-      <c r="S10" s="14" t="s">
+      <c r="D12" s="24" t="s">
         <v>489</v>
       </c>
-      <c r="T10" s="14" t="s">
+      <c r="E12" s="18" t="s">
         <v>490</v>
       </c>
-      <c r="U10" s="14" t="s">
+      <c r="F12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="G12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="H12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="I12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="J12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="K12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="L12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="M12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="N12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="O12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="P12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="R12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="S12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="T12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="U12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="V12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="W12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="X12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="Y12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="Z12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AA12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AB12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AC12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AD12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AE12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AF12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AG12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AH12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AI12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AJ12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AK12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AL12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AM12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AN12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AO12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AP12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AQ12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AR12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AS12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AT12" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="AU12" s="20" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="2:47" ht="45" x14ac:dyDescent="0.25">
+      <c r="B13" s="25" t="s">
         <v>491</v>
       </c>
-      <c r="V10" s="32" t="s">
+      <c r="C13" s="32" t="s">
         <v>492</v>
-      </c>
-[...385 lines deleted...]
-        <v>522</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="21">
         <v>0</v>
       </c>
       <c r="F13" s="21">
         <v>0.03</v>
       </c>
       <c r="G13" s="21">
         <v>0.1</v>
       </c>
       <c r="H13" s="21">
         <v>0.1</v>
       </c>
       <c r="I13" s="21">
         <v>0.01</v>
       </c>
       <c r="J13" s="21">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="K13" s="21">
+        <v>0.05</v>
+      </c>
+      <c r="L13" s="21">
+        <v>0</v>
+      </c>
+      <c r="M13" s="21">
+        <v>0.05</v>
+      </c>
+      <c r="N13" s="21">
+        <v>0.03</v>
+      </c>
+      <c r="O13" s="21">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="P13" s="21">
         <v>0.1</v>
       </c>
-      <c r="L13" s="21">
+      <c r="Q13" s="21">
+        <v>0</v>
+      </c>
+      <c r="R13" s="21">
+        <v>0.3</v>
+      </c>
+      <c r="S13" s="21">
+        <v>0.2</v>
+      </c>
+      <c r="T13" s="21">
+        <v>0.3</v>
+      </c>
+      <c r="U13" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="V13" s="21">
+        <v>0</v>
+      </c>
+      <c r="W13" s="21">
+        <v>0.15</v>
+      </c>
+      <c r="X13" s="21">
+        <v>0.25</v>
+      </c>
+      <c r="Y13" s="21">
         <v>0.05</v>
       </c>
-      <c r="M13" s="21">
-[...11 lines deleted...]
-      <c r="Q13" s="21">
+      <c r="Z13" s="21">
         <v>0.1</v>
-      </c>
-[...25 lines deleted...]
-        <v>0.25</v>
       </c>
       <c r="AA13" s="21">
         <v>0.05</v>
       </c>
       <c r="AB13" s="21">
         <v>0.1</v>
       </c>
       <c r="AC13" s="21">
         <v>0.05</v>
       </c>
       <c r="AD13" s="21">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="AE13" s="21">
-        <v>0.31</v>
+        <v>0.15</v>
       </c>
       <c r="AF13" s="21">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="AG13" s="21">
+        <v>0</v>
+      </c>
+      <c r="AH13" s="21">
+        <v>0</v>
+      </c>
+      <c r="AI13" s="21">
         <v>0.05</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.15</v>
       </c>
       <c r="AJ13" s="21">
         <v>0.05</v>
       </c>
       <c r="AK13" s="21">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AL13" s="21">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AM13" s="21">
+        <v>0.2</v>
+      </c>
+      <c r="AM13" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="AN13" s="21">
+        <v>0</v>
+      </c>
+      <c r="AO13" s="21">
+        <v>0.15</v>
+      </c>
+      <c r="AP13" s="21">
+        <v>0</v>
+      </c>
+      <c r="AQ13" s="21">
         <v>0.05</v>
       </c>
-      <c r="AN13" s="21">
-[...10 lines deleted...]
-      </c>
       <c r="AR13" s="21">
         <v>0</v>
       </c>
-      <c r="AS13" s="21">
-        <v>0.15</v>
+      <c r="AS13" s="27" t="s">
+        <v>493</v>
       </c>
       <c r="AT13" s="21">
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="AX13" s="21">
         <v>0.02</v>
       </c>
     </row>
-    <row r="14" spans="2:51" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:47" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="25"/>
       <c r="C14" s="14" t="s">
-        <v>524</v>
+        <v>494</v>
       </c>
       <c r="D14" s="22"/>
       <c r="E14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="F14" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="G14" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="H14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="I14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="J14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="K14" s="29" t="s">
-        <v>442</v>
-[...5 lines deleted...]
-        <v>442</v>
+        <v>420</v>
+      </c>
+      <c r="L14" s="33" t="s">
+        <v>420</v>
+      </c>
+      <c r="M14" s="29" t="s">
+        <v>420</v>
       </c>
       <c r="N14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="O14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="P14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="Q14" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="R14" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="S14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="T14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="U14" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="V14" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="W14" s="29" t="s">
-        <v>23</v>
+        <v>421</v>
       </c>
       <c r="X14" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="Y14" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="Z14" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="AA14" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AB14" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AC14" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="AD14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="AE14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="AF14" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="AG14" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AH14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="AI14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="AJ14" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="AK14" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="AL14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="AM14" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AN14" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AO14" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AP14" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="AQ14" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="AR14" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="AS14" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AT14" s="29" t="s">
-        <v>443</v>
-[...14 lines deleted...]
-    <row r="15" spans="2:51" ht="30" x14ac:dyDescent="0.25">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="15" spans="2:47" ht="30" x14ac:dyDescent="0.25">
       <c r="B15" s="25" t="s">
-        <v>525</v>
+        <v>495</v>
       </c>
       <c r="C15" s="32" t="s">
-        <v>526</v>
+        <v>496</v>
       </c>
       <c r="D15" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="21">
         <v>0</v>
       </c>
       <c r="F15" s="21">
         <v>0.05</v>
       </c>
       <c r="G15" s="21">
         <v>0.1</v>
       </c>
       <c r="H15" s="21">
         <v>0.1</v>
       </c>
       <c r="I15" s="21">
         <v>0.01</v>
       </c>
       <c r="J15" s="21">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="K15" s="21">
+        <v>0</v>
+      </c>
+      <c r="L15" s="21">
+        <v>0</v>
+      </c>
+      <c r="M15" s="21">
+        <v>0</v>
+      </c>
+      <c r="N15" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="O15" s="21">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="P15" s="21">
         <v>0.1</v>
       </c>
-      <c r="L15" s="21">
-[...13 lines deleted...]
-      </c>
       <c r="Q15" s="21">
+        <v>0</v>
+      </c>
+      <c r="R15" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="S15" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="T15" s="21">
+        <v>0.3</v>
+      </c>
+      <c r="U15" s="21">
+        <v>0.02</v>
+      </c>
+      <c r="V15" s="21">
+        <v>0</v>
+      </c>
+      <c r="W15" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="X15" s="21">
+        <v>0.25</v>
+      </c>
+      <c r="Y15" s="21">
+        <v>0.05</v>
+      </c>
+      <c r="Z15" s="21">
         <v>0.1</v>
-      </c>
-[...25 lines deleted...]
-        <v>0.25</v>
       </c>
       <c r="AA15" s="21">
         <v>0.05</v>
       </c>
       <c r="AB15" s="21">
-        <v>0.1</v>
-[...1 lines deleted...]
-      <c r="AC15" s="21">
+        <v>0.15</v>
+      </c>
+      <c r="AC15" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="AD15" s="21">
+        <v>0</v>
+      </c>
+      <c r="AE15" s="21">
+        <v>0.15</v>
+      </c>
+      <c r="AF15" s="21">
         <v>0.05</v>
       </c>
-      <c r="AD15" s="21">
-[...9 lines deleted...]
-        <v>523</v>
+      <c r="AG15" s="21">
+        <v>0</v>
       </c>
       <c r="AH15" s="21">
         <v>0</v>
       </c>
       <c r="AI15" s="21">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="AJ15" s="21">
         <v>0.05</v>
       </c>
       <c r="AK15" s="21">
-        <v>0</v>
+        <v>0.03</v>
       </c>
       <c r="AL15" s="21">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="AM15" s="21">
+        <v>0</v>
+      </c>
+      <c r="AN15" s="21">
+        <v>0</v>
+      </c>
+      <c r="AO15" s="21">
+        <v>0.15</v>
+      </c>
+      <c r="AP15" s="21">
+        <v>0</v>
+      </c>
+      <c r="AQ15" s="21">
         <v>0.05</v>
       </c>
-      <c r="AN15" s="21">
-[...12 lines deleted...]
-        <v>0</v>
+      <c r="AR15" s="27" t="s">
+        <v>493</v>
       </c>
       <c r="AS15" s="21">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="AT15" s="21">
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="AX15" s="21">
         <v>0.02</v>
       </c>
     </row>
-    <row r="16" spans="2:51" ht="45" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:47" ht="45" x14ac:dyDescent="0.25">
       <c r="B16" s="25"/>
       <c r="C16" s="14" t="s">
-        <v>524</v>
+        <v>494</v>
       </c>
       <c r="D16" s="22"/>
       <c r="E16" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="F16" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="G16" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="H16" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="I16" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="J16" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="K16" s="29" t="s">
-        <v>442</v>
-[...5 lines deleted...]
-        <v>442</v>
+        <v>420</v>
+      </c>
+      <c r="L16" s="33" t="s">
+        <v>420</v>
+      </c>
+      <c r="M16" s="29" t="s">
+        <v>23</v>
       </c>
       <c r="N16" s="29" t="s">
         <v>23</v>
       </c>
       <c r="O16" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="P16" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="Q16" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="R16" s="29" t="s">
-        <v>443</v>
+        <v>23</v>
       </c>
       <c r="S16" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="T16" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="U16" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="V16" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="W16" s="29" t="s">
-        <v>443</v>
+        <v>23</v>
       </c>
       <c r="X16" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="Y16" s="29" t="s">
-        <v>23</v>
+        <v>421</v>
       </c>
       <c r="Z16" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="AA16" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AB16" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AC16" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AD16" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AE16" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="AF16" s="29" t="s">
-        <v>23</v>
+        <v>421</v>
       </c>
       <c r="AG16" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="AH16" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="AI16" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="AJ16" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="AK16" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="AL16" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="AM16" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="AN16" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AO16" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AP16" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="AQ16" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AR16" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AS16" s="29" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="AT16" s="29" t="s">
-        <v>443</v>
-[...14 lines deleted...]
-    <row r="17" spans="2:50" x14ac:dyDescent="0.25">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="17" spans="2:46" x14ac:dyDescent="0.25">
       <c r="B17" s="25" t="s">
-        <v>527</v>
+        <v>497</v>
       </c>
       <c r="C17" s="14" t="s">
-        <v>528</v>
+        <v>498</v>
       </c>
       <c r="D17" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="21">
         <v>0</v>
       </c>
       <c r="F17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="G17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="H17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="I17" s="21">
         <v>0.01</v>
       </c>
       <c r="J17" s="21">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="K17" s="21">
-        <v>0.1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="L17" s="27" t="s">
+        <v>493</v>
       </c>
       <c r="M17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="N17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="O17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="P17" s="27" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>523</v>
+        <v>493</v>
+      </c>
+      <c r="Q17" s="21">
+        <v>0</v>
       </c>
       <c r="R17" s="21">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="S17" s="21">
         <v>0.3</v>
       </c>
-      <c r="T17" s="27" t="s">
-[...2 lines deleted...]
-      <c r="U17" s="21">
+      <c r="S17" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="T17" s="21">
         <v>0.3</v>
       </c>
-      <c r="V17" s="21">
-        <v>0</v>
+      <c r="U17" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="V17" s="27" t="s">
+        <v>493</v>
       </c>
       <c r="W17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="X17" s="27" t="s">
-        <v>523</v>
-[...5 lines deleted...]
-        <v>523</v>
+        <v>493</v>
+      </c>
+      <c r="Y17" s="21">
+        <v>0.05</v>
+      </c>
+      <c r="Z17" s="21">
+        <v>0</v>
       </c>
       <c r="AA17" s="21">
         <v>0.05</v>
       </c>
       <c r="AB17" s="21">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AC17" s="21">
+        <v>0.15</v>
+      </c>
+      <c r="AC17" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="AD17" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE17" s="21">
+        <v>0.15</v>
+      </c>
+      <c r="AF17" s="21">
         <v>0.05</v>
       </c>
-      <c r="AD17" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="AG17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="AH17" s="27" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>0.15</v>
+        <v>493</v>
+      </c>
+      <c r="AI17" s="27" t="s">
+        <v>493</v>
       </c>
       <c r="AJ17" s="21">
         <v>0.05</v>
       </c>
       <c r="AK17" s="27" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>523</v>
+        <v>493</v>
+      </c>
+      <c r="AL17" s="21">
+        <v>0.2</v>
       </c>
       <c r="AM17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="AN17" s="21">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="AO17" s="27" t="s">
-        <v>523</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>493</v>
+      </c>
+      <c r="AP17" s="27" t="s">
+        <v>493</v>
+      </c>
+      <c r="AQ17" s="21">
+        <v>0</v>
+      </c>
+      <c r="AR17" s="27" t="s">
+        <v>493</v>
       </c>
       <c r="AS17" s="27" t="s">
-        <v>523</v>
+        <v>493</v>
       </c>
       <c r="AT17" s="27" t="s">
-        <v>523</v>
-[...14 lines deleted...]
-    <row r="18" spans="2:50" ht="45" x14ac:dyDescent="0.25">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="18" spans="2:46" ht="45" x14ac:dyDescent="0.25">
       <c r="B18" s="25"/>
       <c r="C18" s="14" t="s">
-        <v>524</v>
+        <v>494</v>
       </c>
       <c r="D18" s="22"/>
       <c r="E18" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="F18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="J18" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="K18" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="L18" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="M18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="N18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="O18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="P18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="Q18" s="29" t="s">
-        <v>23</v>
+        <v>421</v>
       </c>
       <c r="R18" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="S18" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="T18" s="29" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="U18" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="V18" s="29" t="s">
-        <v>443</v>
+        <v>23</v>
       </c>
       <c r="W18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="X18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="Y18" s="29" t="s">
-        <v>23</v>
+        <v>421</v>
       </c>
       <c r="Z18" s="29" t="s">
-        <v>23</v>
+        <v>421</v>
       </c>
       <c r="AA18" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AB18" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AC18" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AD18" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AE18" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="AF18" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="AG18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AH18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AI18" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AJ18" s="29" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="AK18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AL18" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="AM18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AN18" s="29" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="AO18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AP18" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AQ18" s="29" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="AR18" s="29" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="AS18" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AT18" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="AU18" s="29" t="s">
-[...12 lines deleted...]
-    <row r="19" spans="2:50" ht="30" x14ac:dyDescent="0.25">
+    </row>
+    <row r="19" spans="2:46" ht="30" x14ac:dyDescent="0.25">
       <c r="B19" s="28" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>529</v>
+        <v>499</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="33" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="F19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="33" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>500</v>
+      </c>
+      <c r="J19" s="29" t="s">
+        <v>258</v>
       </c>
       <c r="K19" s="29" t="s">
-        <v>265</v>
+        <v>501</v>
       </c>
       <c r="L19" s="29" t="s">
-        <v>531</v>
+        <v>23</v>
       </c>
       <c r="M19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="N19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="O19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="P19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="Q19" s="29" t="s">
-        <v>23</v>
+        <v>502</v>
       </c>
       <c r="R19" s="29" t="s">
-        <v>532</v>
+        <v>503</v>
       </c>
       <c r="S19" s="29" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
       <c r="T19" s="29" t="s">
-        <v>534</v>
+        <v>268</v>
       </c>
       <c r="U19" s="29" t="s">
-        <v>275</v>
+        <v>23</v>
       </c>
       <c r="V19" s="29" t="s">
-        <v>276</v>
+        <v>23</v>
       </c>
       <c r="W19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="X19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="Y19" s="29" t="s">
-        <v>23</v>
+        <v>505</v>
       </c>
       <c r="Z19" s="29" t="s">
-        <v>23</v>
+        <v>506</v>
       </c>
       <c r="AA19" s="29" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>536</v>
+        <v>507</v>
+      </c>
+      <c r="AB19" s="33" t="s">
+        <v>508</v>
       </c>
       <c r="AC19" s="29" t="s">
-        <v>537</v>
-[...8 lines deleted...]
-        <v>23</v>
+        <v>23</v>
+      </c>
+      <c r="AD19" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="AE19" s="33" t="s">
+        <v>509</v>
+      </c>
+      <c r="AF19" s="33" t="s">
+        <v>280</v>
       </c>
       <c r="AG19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AH19" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="AI19" s="33" t="s">
-        <v>539</v>
+      <c r="AI19" s="29" t="s">
+        <v>23</v>
       </c>
       <c r="AJ19" s="33" t="s">
-        <v>290</v>
+        <v>510</v>
       </c>
       <c r="AK19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AL19" s="29" t="s">
-        <v>23</v>
+        <v>286</v>
       </c>
       <c r="AM19" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="AN19" s="33" t="s">
-        <v>540</v>
+      <c r="AN19" s="29" t="s">
+        <v>511</v>
       </c>
       <c r="AO19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AP19" s="29" t="s">
-        <v>296</v>
+        <v>23</v>
       </c>
       <c r="AQ19" s="29" t="s">
-        <v>23</v>
+        <v>512</v>
       </c>
       <c r="AR19" s="29" t="s">
-        <v>541</v>
+        <v>23</v>
       </c>
       <c r="AS19" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AT19" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="AU19" s="29" t="s">
-[...12 lines deleted...]
-    <row r="20" spans="2:50" ht="30" x14ac:dyDescent="0.25">
+    </row>
+    <row r="20" spans="2:46" ht="30" x14ac:dyDescent="0.25">
       <c r="B20" s="26"/>
       <c r="C20" s="23" t="s">
-        <v>543</v>
+        <v>513</v>
       </c>
       <c r="D20" s="26"/>
       <c r="E20" s="33" t="s">
-        <v>544</v>
+        <v>514</v>
       </c>
       <c r="F20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="29" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>515</v>
+      </c>
+      <c r="J20" s="29" t="s">
+        <v>516</v>
       </c>
       <c r="K20" s="29" t="s">
-        <v>547</v>
+        <v>517</v>
       </c>
       <c r="L20" s="29" t="s">
-        <v>548</v>
+        <v>23</v>
       </c>
       <c r="M20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="N20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="O20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="P20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="Q20" s="29" t="s">
-        <v>23</v>
+        <v>518</v>
       </c>
       <c r="R20" s="29" t="s">
-        <v>549</v>
+        <v>519</v>
       </c>
       <c r="S20" s="29" t="s">
-        <v>550</v>
+        <v>520</v>
       </c>
       <c r="T20" s="29" t="s">
-        <v>551</v>
+        <v>521</v>
       </c>
       <c r="U20" s="29" t="s">
-        <v>552</v>
+        <v>23</v>
       </c>
       <c r="V20" s="29" t="s">
-        <v>553</v>
+        <v>23</v>
       </c>
       <c r="W20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="X20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="Y20" s="29" t="s">
-        <v>23</v>
+        <v>522</v>
       </c>
       <c r="Z20" s="29" t="s">
-        <v>23</v>
+        <v>523</v>
       </c>
       <c r="AA20" s="29" t="s">
-        <v>554</v>
+        <v>524</v>
       </c>
       <c r="AB20" s="29" t="s">
-        <v>555</v>
+        <v>525</v>
       </c>
       <c r="AC20" s="29" t="s">
-        <v>556</v>
+        <v>23</v>
       </c>
       <c r="AD20" s="29" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>23</v>
+      </c>
+      <c r="AE20" s="33" t="s">
+        <v>526</v>
       </c>
       <c r="AF20" s="29" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="AG20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AH20" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="AI20" s="33" t="s">
-        <v>558</v>
+      <c r="AI20" s="29" t="s">
+        <v>23</v>
       </c>
       <c r="AJ20" s="29" t="s">
-        <v>559</v>
+        <v>528</v>
       </c>
       <c r="AK20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AL20" s="29" t="s">
-        <v>23</v>
+        <v>529</v>
       </c>
       <c r="AM20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AN20" s="29" t="s">
-        <v>560</v>
+        <v>530</v>
       </c>
       <c r="AO20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AP20" s="29" t="s">
-        <v>561</v>
+        <v>23</v>
       </c>
       <c r="AQ20" s="29" t="s">
-        <v>23</v>
+        <v>531</v>
       </c>
       <c r="AR20" s="29" t="s">
-        <v>562</v>
+        <v>23</v>
       </c>
       <c r="AS20" s="29" t="s">
         <v>23</v>
       </c>
       <c r="AT20" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="AU20" s="29" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AX21">
-    <sortCondition ref="E2:AX2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:AT21">
+    <sortCondition ref="E2:AT2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{4D0FB9AD-3477-4ECB-B400-060957B545B5}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{0F4A86BB-7D0E-4290-818A-E414823F1E6E}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{03D47697-13C8-4476-9CF1-A4BEFEC65B5D}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{A6772BFA-72E9-47B9-B083-D576C26612E9}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{C03382CB-5C1D-4E1D-9DC0-5F440C0F46AB}"/>
-    <hyperlink ref="J11" r:id="rId6" xr:uid="{4447E842-76DD-461C-B0C9-3E4E57832B4F}"/>
-[...37 lines deleted...]
-    <hyperlink ref="AX11" r:id="rId44" xr:uid="{BFF4FE41-F71B-481E-94F4-174E03761E5C}"/>
+    <hyperlink ref="J11" r:id="rId6" xr:uid="{32A45D4F-4250-4D86-AFE6-628D1D24C8FA}"/>
+    <hyperlink ref="K11" r:id="rId7" xr:uid="{E767B114-F98E-4914-953F-3D3CA9FE18FB}"/>
+    <hyperlink ref="L11" r:id="rId8" xr:uid="{BA6FB587-3A73-4689-8610-BC9FD9BC23E2}"/>
+    <hyperlink ref="M11" r:id="rId9" xr:uid="{F0DF216B-11F7-4453-800B-ED35C725593B}"/>
+    <hyperlink ref="N11" r:id="rId10" xr:uid="{927A2503-2597-4F4A-A3C3-A7F2BE7FDF3C}"/>
+    <hyperlink ref="O11" r:id="rId11" xr:uid="{BA906C6E-5759-429F-9AF8-42FBD4587046}"/>
+    <hyperlink ref="P11" r:id="rId12" xr:uid="{AC812805-22D1-486F-9380-570DA3488762}"/>
+    <hyperlink ref="Q11" r:id="rId13" xr:uid="{E3DA50E8-540C-43AE-8AD7-AF6807561EA7}"/>
+    <hyperlink ref="R11" r:id="rId14" xr:uid="{67847FAD-272C-4A1C-A050-BC5446048E83}"/>
+    <hyperlink ref="S11" r:id="rId15" xr:uid="{FD3AB081-B268-4957-BCA4-E8BDF29F64D7}"/>
+    <hyperlink ref="T11" r:id="rId16" xr:uid="{92EB53DA-AE9F-4333-9169-7131A85AA7B8}"/>
+    <hyperlink ref="U11" r:id="rId17" xr:uid="{4250006A-6836-47D9-87AE-4DC8CD102EF8}"/>
+    <hyperlink ref="V11" r:id="rId18" xr:uid="{168724B0-556D-46E3-AF77-0B78B538294F}"/>
+    <hyperlink ref="W11" r:id="rId19" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7517/Knight Safety %26 Industrial.pdf" xr:uid="{8F241C64-54BA-499A-A7D5-9CAEA91A934F}"/>
+    <hyperlink ref="X11" r:id="rId20" xr:uid="{D410E73E-8384-4229-8EE4-E70A25E57F46}"/>
+    <hyperlink ref="Z11" r:id="rId21" xr:uid="{15F38DBB-7819-4B54-9872-D0D8C74C140C}"/>
+    <hyperlink ref="AA11" r:id="rId22" xr:uid="{7EFD5CEC-3984-4926-8A14-51BA125F4802}"/>
+    <hyperlink ref="AB11" r:id="rId23" xr:uid="{152F2E45-EB57-454D-BB93-C4D9F7657239}"/>
+    <hyperlink ref="AC11" r:id="rId24" xr:uid="{887F9751-A8A2-4772-8A6D-B3A353FB3599}"/>
+    <hyperlink ref="AD11" r:id="rId25" xr:uid="{BDB2A56E-2E58-4FF0-ABFF-B175495BB427}"/>
+    <hyperlink ref="AE11" r:id="rId26" xr:uid="{ABD5B223-2731-4C2A-B6C4-FEF56E49C22A}"/>
+    <hyperlink ref="AF11" r:id="rId27" xr:uid="{0A2D1EAE-6B1A-4B7E-B4E2-4D91B5FC7B66}"/>
+    <hyperlink ref="AH11" r:id="rId28" xr:uid="{B1E41888-F17C-4235-A470-68177F513AB3}"/>
+    <hyperlink ref="AI11" r:id="rId29" xr:uid="{63C210B0-3489-4DB7-9EB0-4215C7FD0302}"/>
+    <hyperlink ref="AJ11" r:id="rId30" xr:uid="{D6E8F6EA-8CB5-4961-B336-0476BB93C0FB}"/>
+    <hyperlink ref="AK11" r:id="rId31" xr:uid="{5799CA37-8CEA-4776-B930-390312E85B26}"/>
+    <hyperlink ref="AL11" r:id="rId32" xr:uid="{F4FB181E-E13D-4706-A2FD-4E1C91970C9C}"/>
+    <hyperlink ref="AM11" r:id="rId33" xr:uid="{3B928014-C231-42C7-AE3B-050FD1132A46}"/>
+    <hyperlink ref="AN11" r:id="rId34" xr:uid="{942B0AE0-A40B-4692-899B-FD61A322D45C}"/>
+    <hyperlink ref="AO11" r:id="rId35" xr:uid="{F06B29E4-4D06-475C-80EC-E4EF99B02403}"/>
+    <hyperlink ref="AP11" r:id="rId36" xr:uid="{869601CF-5159-40D0-9F68-2ECF782A8598}"/>
+    <hyperlink ref="AQ11" r:id="rId37" xr:uid="{7F112541-B6B2-40DE-8B38-B99AA00A9CE4}"/>
+    <hyperlink ref="AR11" r:id="rId38" xr:uid="{7FECEB2E-3D56-4629-9A58-D87B55E77711}"/>
+    <hyperlink ref="AS11" r:id="rId39" xr:uid="{83728538-2825-416E-8D2B-75C8AEEB2DAE}"/>
+    <hyperlink ref="AT11" r:id="rId40" xr:uid="{BFF4FE41-F71B-481E-94F4-174E03761E5C}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId45"/>
+  <pageSetup orientation="landscape" r:id="rId41"/>
   <headerFooter>
     <oddFooter>&amp;R25-7517 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>