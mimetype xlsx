--- v0 (2025-12-19)
+++ v1 (2026-02-14)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7514 Guidance and Counseling, Mental Health Support (supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{461495BF-0910-4CF7-B627-C301B7A015CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B3B47441-0EEB-483C-A8D0-F0BFE5AC717C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -654,51 +654,51 @@
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
@@ -723,50 +723,51 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1061,62 +1062,62 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CRA%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Pediatric%20Developmental.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Therapy%20Source.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Agape%20Therapies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Winward.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Cell%20Staff.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Parallel%20Learning.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Texas%20Speech%20and%20More.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/AB%20Staffing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TeleHelp.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TrueCare24.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/4%20Gen%20Therapy.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CareStaff%20Partners.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Junction%20of%20Function.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Beyond%20therapy.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Speaking%20of%20Speech.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/EDU%20Healthcare.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TinyEYE%20Therapy.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Assessment%20Intervention.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Desert%20Star.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Soliant%20Health.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CRA%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Soliant%20Health.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TinyEYE%20Therapy.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Agape%20Therapies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Pediatric%20Developmental%20Services.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Cell%20Staff.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Parallel%20Learning.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Therapy%20Source.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/AB%20Staffing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Texas%20Speech%20and%20More.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Winward.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/4%20Gen%20Therapy.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CareStaff%20Partners.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Junction%20of%20Function.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Beyond%20therapy.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TeleHelp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/EDU%20Healthcare.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TrueCare24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Assessment%20Intervention.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Desert%20Star.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Speaking%20of%20Speech.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="E3" sqref="E3"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="25" width="30.7109375" style="5" customWidth="1"/>
     <col min="26" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:26" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E1" s="3"/>
       <c r="F1" s="23" t="s">
         <v>169</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="5"/>
@@ -1764,51 +1765,51 @@
       </c>
       <c r="I11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="J11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="K11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="L11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="M11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="N11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="O11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="P11" s="21" t="s">
         <v>162</v>
       </c>
-      <c r="Q11" s="21" t="s">
+      <c r="Q11" s="24" t="s">
         <v>162</v>
       </c>
       <c r="R11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="S11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="T11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="U11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="V11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="W11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="X11" s="21" t="s">
         <v>162</v>
       </c>
       <c r="Y11" s="22" t="s">
         <v>162</v>
@@ -2034,59 +2035,59 @@
       </c>
       <c r="X14" s="17" t="s">
         <v>126</v>
       </c>
       <c r="Y14" s="17" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:Y14">
     <sortCondition ref="E2:Y2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{552861DD-5A88-43F9-8AD5-BA892F3958C3}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{8CA6B77A-7541-432D-B349-4952C63B011C}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{EEE9B139-54ED-426C-9C42-93FFC3875734}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{8944C09E-B7E6-463C-8E8A-3D2FB2A2BF9E}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{4D6EDEA6-C023-44DE-A850-F26842F10B91}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{99C09E50-1D4E-4812-84CF-54D347B1CDB5}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{7CF3E63A-2620-4AD9-89D3-4B1EE2E3BBD8}"/>
     <hyperlink ref="L11" r:id="rId8" xr:uid="{FF3A27F7-E13F-496C-A34B-788E678CF71C}"/>
     <hyperlink ref="M11" r:id="rId9" xr:uid="{43DAA403-F6C4-4DBF-9706-C1EA10365556}"/>
     <hyperlink ref="N11" r:id="rId10" xr:uid="{1E9C415E-35FA-4313-9885-CD303FBE167E}"/>
     <hyperlink ref="O11" r:id="rId11" xr:uid="{A28BC76F-C9A2-4111-9AAB-A0BEAE74545A}"/>
     <hyperlink ref="P11" r:id="rId12" xr:uid="{77A82F0E-3116-4520-BEEA-D3EAC1910E08}"/>
-    <hyperlink ref="Q11" r:id="rId13" xr:uid="{BFC8E47D-0C02-4964-A2B1-E877B28BE411}"/>
-[...7 lines deleted...]
-    <hyperlink ref="Y11" r:id="rId21" xr:uid="{7EB2571A-3B26-407B-B73B-47042984D4D2}"/>
+    <hyperlink ref="R11" r:id="rId13" xr:uid="{13E7112B-F5D1-4BB4-8F02-F1B5D3CFC4E3}"/>
+    <hyperlink ref="S11" r:id="rId14" xr:uid="{1C6B79EA-E40A-4BA5-9D45-9E2897495675}"/>
+    <hyperlink ref="T11" r:id="rId15" xr:uid="{AD2B3CEC-4C5B-4505-AC70-45BEE88BC61A}"/>
+    <hyperlink ref="U11" r:id="rId16" xr:uid="{07E221D1-32A1-4FE7-A41F-E81D0AF6E541}"/>
+    <hyperlink ref="V11" r:id="rId17" xr:uid="{12263750-D5DC-41C8-BE6A-C75401D2ECFA}"/>
+    <hyperlink ref="W11" r:id="rId18" xr:uid="{C1025A26-D6B8-4278-AFC1-FDE0FCD6CFDD}"/>
+    <hyperlink ref="X11" r:id="rId19" xr:uid="{A317F703-39DC-473A-BB5B-A87345C61E0E}"/>
+    <hyperlink ref="Y11" r:id="rId20" xr:uid="{7EB2571A-3B26-407B-B73B-47042984D4D2}"/>
+    <hyperlink ref="Q11" r:id="rId21" xr:uid="{F31FFBF9-8558-4C2C-B146-188E27EE1C54}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId22"/>
   <headerFooter>
     <oddFooter>&amp;R25-7514 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>