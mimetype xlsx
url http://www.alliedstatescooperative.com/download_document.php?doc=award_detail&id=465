--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7514 Guidance and Counseling, Mental Health Support (supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B3B47441-0EEB-483C-A8D0-F0BFE5AC717C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{496D7082-7A07-478B-82B5-974D2CDED18B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="173">
   <si>
     <t/>
   </si>
   <si>
     <t>AB Staffing Solutions</t>
   </si>
   <si>
     <t>Agape Therapies &amp; Educational Services</t>
   </si>
   <si>
     <t>Assessment Intervention Management, LLC</t>
   </si>
   <si>
     <t>Beyond Therapy Educational Solutions</t>
   </si>
   <si>
     <t>Cell Staff, LLC</t>
   </si>
   <si>
     <t>CRA Therapy (Community Rehab Associates, Inc.)</t>
   </si>
   <si>
     <t>EDU Healthcare, LLC</t>
   </si>
   <si>
@@ -276,53 +276,50 @@
     <t>rfp@pdstherapy.com</t>
   </si>
   <si>
     <t>kendra.moore@parallellearning.com</t>
   </si>
   <si>
     <t>kwilk11247@aol.com</t>
   </si>
   <si>
     <t>mfanning@agapetxs.com</t>
   </si>
   <si>
     <t>Bids@aimeducate.com</t>
   </si>
   <si>
     <t>leahwarner@beyondtherapyes.com</t>
   </si>
   <si>
     <t>rfp_incoming@truecare24.com</t>
   </si>
   <si>
     <t>mike@carestaffpartners.com</t>
   </si>
   <si>
     <t>mary@commrehab.org</t>
-  </si>
-[...1 lines deleted...]
-    <t>valeriesolis17@gmail.com</t>
   </si>
   <si>
     <t>rfp@eduhealthcare.com</t>
   </si>
   <si>
     <t>CONTRACTS@CELLSTAFF.COM</t>
   </si>
   <si>
     <t>jennifer@winwardacademy.com</t>
   </si>
   <si>
     <t>(915) 209-0014</t>
   </si>
   <si>
     <t>(877) 846-9393 x216</t>
   </si>
   <si>
     <t>(484) 200-8337</t>
   </si>
   <si>
     <t>(718) 593-7199</t>
   </si>
   <si>
     <t>(888) 247-5767</t>
   </si>
@@ -565,50 +562,72 @@
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>donny.te@gmail.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> dte@abstaffing.com</t>
     </r>
   </si>
   <si>
     <t>*updated 3/4/25</t>
   </si>
   <si>
     <t>Soliant Health LLC</t>
   </si>
   <si>
     <t>*updated 10/1/25</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>valeriesolis17@gmail.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> valeriesolis@desertstartherapy.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 3/10/26, 3/24/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -1073,161 +1092,163 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CRA%20Therapy.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Soliant%20Health.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TinyEYE%20Therapy.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Agape%20Therapies.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Pediatric%20Developmental%20Services.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Cell%20Staff.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Parallel%20Learning.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Therapy%20Source.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/AB%20Staffing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Texas%20Speech%20and%20More.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Winward.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/4%20Gen%20Therapy.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/CareStaff%20Partners.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Junction%20of%20Function.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Beyond%20therapy.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TeleHelp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/EDU%20Healthcare.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/TrueCare24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Assessment%20Intervention.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Desert%20Star.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7514/Speaking%20of%20Speech.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
+      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="25" width="30.7109375" style="5" customWidth="1"/>
     <col min="26" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:26" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="E1" s="3"/>
       <c r="F1" s="23" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
-      <c r="M1" s="3"/>
+      <c r="M1" s="23" t="s">
+        <v>172</v>
+      </c>
       <c r="N1" s="5"/>
       <c r="O1" s="2"/>
       <c r="P1" s="20"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="20" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
       <c r="U1" s="5"/>
       <c r="V1" s="3"/>
       <c r="W1" s="6"/>
       <c r="X1" s="5"/>
       <c r="Y1" s="3"/>
     </row>
     <row r="2" spans="2:26" ht="45" x14ac:dyDescent="0.25">
       <c r="D2" s="7" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="P2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="Q2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="R2" s="18" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="S2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="U2" s="2" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="X2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="Y2" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="2:26" x14ac:dyDescent="0.25">
       <c r="D3" s="7" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>24</v>
       </c>
       <c r="F3" s="8" t="s">
         <v>34</v>
       </c>
       <c r="G3" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>36</v>
       </c>
       <c r="I3" s="8" t="s">
         <v>37</v>
       </c>
       <c r="J3" s="8" t="s">
         <v>39</v>
       </c>
       <c r="K3" s="8" t="s">
         <v>43</v>
       </c>
       <c r="L3" s="8" t="s">
         <v>40</v>
       </c>
@@ -1251,590 +1272,590 @@
       </c>
       <c r="S3" s="8" t="s">
         <v>29</v>
       </c>
       <c r="T3" s="8" t="s">
         <v>28</v>
       </c>
       <c r="U3" s="8" t="s">
         <v>27</v>
       </c>
       <c r="V3" s="8" t="s">
         <v>26</v>
       </c>
       <c r="W3" s="8" t="s">
         <v>25</v>
       </c>
       <c r="X3" s="8" t="s">
         <v>38</v>
       </c>
       <c r="Y3" s="8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4" spans="2:26" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="7" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>45</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>54</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>55</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>56</v>
       </c>
       <c r="I4" s="8" t="s">
         <v>57</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>59</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>63</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>60</v>
       </c>
       <c r="M4" s="8" t="s">
         <v>61</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>62</v>
       </c>
       <c r="O4" s="8" t="s">
         <v>53</v>
       </c>
       <c r="P4" s="8" t="s">
         <v>52</v>
       </c>
       <c r="Q4" s="8" t="s">
         <v>51</v>
       </c>
       <c r="R4" s="8" t="s">
         <v>50</v>
       </c>
       <c r="S4" s="8" t="s">
         <v>49</v>
       </c>
       <c r="T4" s="8" t="s">
         <v>48</v>
       </c>
       <c r="U4" s="8" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="V4" s="8" t="s">
         <v>47</v>
       </c>
       <c r="W4" s="8" t="s">
         <v>46</v>
       </c>
       <c r="X4" s="8" t="s">
         <v>58</v>
       </c>
       <c r="Y4" s="8" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="5" spans="2:26" ht="30" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:26" ht="45" x14ac:dyDescent="0.25">
       <c r="D5" s="7" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>65</v>
       </c>
       <c r="F5" s="19" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>75</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>76</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>77</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>79</v>
       </c>
       <c r="K5" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>80</v>
       </c>
-      <c r="M5" s="8" t="s">
+      <c r="M5" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="N5" s="8" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="O5" s="8" t="s">
         <v>74</v>
       </c>
       <c r="P5" s="8" t="s">
         <v>73</v>
       </c>
       <c r="Q5" s="8" t="s">
         <v>72</v>
       </c>
       <c r="R5" s="8" t="s">
         <v>71</v>
       </c>
       <c r="S5" s="8" t="s">
         <v>70</v>
       </c>
       <c r="T5" s="8" t="s">
         <v>69</v>
       </c>
       <c r="U5" s="8" t="s">
         <v>68</v>
       </c>
       <c r="V5" s="8" t="s">
         <v>67</v>
       </c>
       <c r="W5" s="8" t="s">
         <v>66</v>
       </c>
       <c r="X5" s="8" t="s">
         <v>78</v>
       </c>
       <c r="Y5" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="6" spans="2:26" x14ac:dyDescent="0.25">
       <c r="D6" s="7" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E6" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="L6" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="M6" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="N6" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="O6" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="P6" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q6" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="R6" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="S6" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="T6" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="U6" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="V6" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="W6" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="F6" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I6" s="8" t="s">
+      <c r="X6" s="8" t="s">
         <v>98</v>
       </c>
-      <c r="J6" s="8" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="8" t="s">
+      <c r="Y6" s="8" t="s">
         <v>104</v>
-      </c>
-[...40 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="7" spans="2:26" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="7" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E7" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="I7" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="L7" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="M7" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="N7" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="O7" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="P7" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q7" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="R7" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="S7" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="T7" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="U7" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="V7" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="W7" s="8" t="s">
         <v>106</v>
       </c>
-      <c r="F7" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I7" s="8" t="s">
+      <c r="X7" s="8" t="s">
         <v>118</v>
       </c>
-      <c r="J7" s="8" t="s">
-[...2 lines deleted...]
-      <c r="K7" s="8" t="s">
+      <c r="Y7" s="8" t="s">
         <v>123</v>
-      </c>
-[...40 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="8" spans="2:26" x14ac:dyDescent="0.25">
       <c r="D8" s="7" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E8" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G8" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="M8" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="O8" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="P8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="Q8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="R8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U8" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="V8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="W8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="X8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="Y8" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="9" spans="2:26" ht="30" x14ac:dyDescent="0.25">
       <c r="D9" s="7" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G9" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I9" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J9" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="L9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="M9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N9" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="O9" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="P9" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q9" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="R9" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="S9" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="T9" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="U9" s="8" t="s">
         <v>129</v>
       </c>
-      <c r="O9" s="8" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="V9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="W9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="X9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="Y9" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="10" spans="2:26" ht="195" x14ac:dyDescent="0.25">
       <c r="D10" s="7" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="F10" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="G10" s="8" t="s">
         <v>142</v>
       </c>
-      <c r="G10" s="8" t="s">
+      <c r="H10" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="I10" s="8" t="s">
         <v>143</v>
       </c>
-      <c r="H10" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="8" t="s">
+      <c r="J10" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="L10" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="M10" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="N10" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="O10" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="P10" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q10" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="R10" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="S10" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="T10" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="U10" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="V10" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="W10" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="X10" s="8" t="s">
         <v>144</v>
       </c>
-      <c r="J10" s="8" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="8" t="s">
+      <c r="Y10" s="8" t="s">
         <v>149</v>
-      </c>
-[...40 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="11" spans="2:26" x14ac:dyDescent="0.25">
       <c r="D11" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="E11" s="21" t="s">
         <v>161</v>
       </c>
-      <c r="E11" s="21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="G11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="K11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="L11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="M11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="N11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="O11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="P11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="Q11" s="24" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="R11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="S11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="T11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="U11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="V11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="W11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="X11" s="21" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="Y11" s="22" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="12" spans="2:26" x14ac:dyDescent="0.25">
       <c r="B12" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>20</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>20</v>
       </c>
       <c r="H12" s="11" t="s">
         <v>20</v>
       </c>
       <c r="I12" s="11" t="s">
@@ -1949,114 +1970,114 @@
       </c>
       <c r="T13" s="15">
         <v>0.05</v>
       </c>
       <c r="U13" s="15">
         <v>0.05</v>
       </c>
       <c r="V13" s="15">
         <v>0</v>
       </c>
       <c r="W13" s="15">
         <v>0.05</v>
       </c>
       <c r="X13" s="15">
         <v>0.05</v>
       </c>
       <c r="Y13" s="15">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:26" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D14" s="16" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F14" s="17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J14" s="17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="M14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="N14" s="17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O14" s="17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="P14" s="17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="Q14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="R14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V14" s="17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="W14" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="X14" s="17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="Y14" s="17" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:Y14">
     <sortCondition ref="E2:Y2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" xr:uid="{552861DD-5A88-43F9-8AD5-BA892F3958C3}"/>
     <hyperlink ref="F11" r:id="rId2" xr:uid="{8CA6B77A-7541-432D-B349-4952C63B011C}"/>
     <hyperlink ref="G11" r:id="rId3" xr:uid="{EEE9B139-54ED-426C-9C42-93FFC3875734}"/>
     <hyperlink ref="H11" r:id="rId4" xr:uid="{8944C09E-B7E6-463C-8E8A-3D2FB2A2BF9E}"/>
     <hyperlink ref="I11" r:id="rId5" xr:uid="{4D6EDEA6-C023-44DE-A850-F26842F10B91}"/>
     <hyperlink ref="J11" r:id="rId6" xr:uid="{99C09E50-1D4E-4812-84CF-54D347B1CDB5}"/>
     <hyperlink ref="K11" r:id="rId7" xr:uid="{7CF3E63A-2620-4AD9-89D3-4B1EE2E3BBD8}"/>
     <hyperlink ref="L11" r:id="rId8" xr:uid="{FF3A27F7-E13F-496C-A34B-788E678CF71C}"/>
     <hyperlink ref="M11" r:id="rId9" xr:uid="{43DAA403-F6C4-4DBF-9706-C1EA10365556}"/>
     <hyperlink ref="N11" r:id="rId10" xr:uid="{1E9C415E-35FA-4313-9885-CD303FBE167E}"/>
     <hyperlink ref="O11" r:id="rId11" xr:uid="{A28BC76F-C9A2-4111-9AAB-A0BEAE74545A}"/>
     <hyperlink ref="P11" r:id="rId12" xr:uid="{77A82F0E-3116-4520-BEEA-D3EAC1910E08}"/>
     <hyperlink ref="R11" r:id="rId13" xr:uid="{13E7112B-F5D1-4BB4-8F02-F1B5D3CFC4E3}"/>
     <hyperlink ref="S11" r:id="rId14" xr:uid="{1C6B79EA-E40A-4BA5-9D45-9E2897495675}"/>
     <hyperlink ref="T11" r:id="rId15" xr:uid="{AD2B3CEC-4C5B-4505-AC70-45BEE88BC61A}"/>