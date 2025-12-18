--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7511 Technology, Hardware, Software, Services and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBE035E1-27F0-46E8-9B40-CEC762A508A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50E95259-8255-4CF0-832E-E5E6E2819AA8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1094" uniqueCount="617">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1095" uniqueCount="618">
   <si>
     <t/>
   </si>
   <si>
     <t>Audio Resource Group</t>
   </si>
   <si>
     <t>Aztec Software, LLC</t>
   </si>
   <si>
     <t>B &amp; H Foto &amp; Electronics Corp.</t>
   </si>
   <si>
     <t>Blue Heron Consulting Corporation</t>
   </si>
   <si>
     <t>Camcor, Inc.</t>
   </si>
   <si>
     <t>CDW Government LLC</t>
   </si>
   <si>
     <t>Chromebookparts.com (PC Parts Plus LLC)</t>
   </si>
   <si>
@@ -1876,73 +1876,76 @@
   </si>
   <si>
     <t>Various Sales Reps for Region 19</t>
   </si>
   <si>
     <t>*updated 4/29/25</t>
   </si>
   <si>
     <t>*updated 5/5/25</t>
   </si>
   <si>
     <t>*updated 5/13/25, 7/14/25</t>
   </si>
   <si>
     <t>*updated 3/6/2025, 4/22/25, 8/12/25</t>
   </si>
   <si>
     <t>Price Link 1
 Price Link 2</t>
   </si>
   <si>
     <t>*updated 6/16/25, 7/9/25, 7/15/25, 9/26/25</t>
   </si>
   <si>
     <t>*updated 2/10/25, 10/1/25</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 3/28/25, 4/3/25, 6/18/25, 7/23/25, 7/30/25, 8/28/25, 9/22/25, 9/26/25, 10/6/25</t>
   </si>
   <si>
     <t>*updated 10/30/25</t>
   </si>
   <si>
     <t>Heather.Marvel@powerschool.com
  jpssrfp@powerschool.com</t>
   </si>
   <si>
     <r>
       <t>Heather Marvel 
 J</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t>ennifer Attrill</t>
     </r>
+  </si>
+  <si>
+    <t>*updated 3/28/25, 4/3/25, 6/18/25, 7/23/25, 7/30/25, 8/28/25, 9/22/25, 9/26/25, 10/6/25, 11/21/25</t>
+  </si>
+  <si>
+    <t>*updated 12/8/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2633,64 +2636,66 @@
       <c r="O1" s="18"/>
       <c r="S1" s="18"/>
       <c r="T1" s="18"/>
       <c r="U1" s="10"/>
       <c r="V1" s="18"/>
       <c r="W1" s="17"/>
       <c r="Z1" s="18"/>
       <c r="AC1" s="18"/>
       <c r="AE1" s="18"/>
       <c r="AF1" s="20"/>
       <c r="AH1" s="20" t="s">
         <v>608</v>
       </c>
       <c r="AJ1" s="18"/>
       <c r="AK1" s="20" t="s">
         <v>612</v>
       </c>
       <c r="AO1" s="17"/>
       <c r="AP1" s="17"/>
       <c r="AQ1" s="20"/>
       <c r="AR1" s="17"/>
       <c r="AT1" s="20"/>
       <c r="AV1" s="17"/>
       <c r="AX1" s="20"/>
       <c r="AZ1" s="20" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="BA1" s="20" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="BB1" s="18"/>
       <c r="BC1" s="18"/>
       <c r="BD1" s="10"/>
       <c r="BE1" s="17"/>
       <c r="BF1" s="17"/>
       <c r="BG1" s="17"/>
       <c r="BJ1" s="20"/>
       <c r="BL1" s="18"/>
-      <c r="BO1" s="17"/>
+      <c r="BO1" s="17" t="s">
+        <v>617</v>
+      </c>
       <c r="BQ1" s="18"/>
       <c r="BR1" s="20"/>
       <c r="BS1" s="17"/>
       <c r="BT1" s="17"/>
       <c r="BZ1" s="17" t="s">
         <v>607</v>
       </c>
       <c r="CB1" s="1" t="s">
         <v>609</v>
       </c>
       <c r="CD1" s="18"/>
       <c r="CE1" s="17" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="2" spans="2:84" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="D2" s="6" t="s">
         <v>550</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F2" s="11" t="s">
         <v>38</v>
       </c>
@@ -3050,51 +3055,51 @@
       <c r="AR3" s="5" t="s">
         <v>124</v>
       </c>
       <c r="AS3" s="5" t="s">
         <v>140</v>
       </c>
       <c r="AT3" s="5" t="s">
         <v>144</v>
       </c>
       <c r="AU3" s="5" t="s">
         <v>89</v>
       </c>
       <c r="AV3" s="5" t="s">
         <v>88</v>
       </c>
       <c r="AW3" s="5" t="s">
         <v>87</v>
       </c>
       <c r="AX3" s="5" t="s">
         <v>117</v>
       </c>
       <c r="AY3" s="5" t="s">
         <v>92</v>
       </c>
       <c r="AZ3" s="22" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="BA3" s="5" t="s">
         <v>582</v>
       </c>
       <c r="BB3" s="5" t="s">
         <v>80</v>
       </c>
       <c r="BC3" s="5" t="s">
         <v>79</v>
       </c>
       <c r="BD3" s="5" t="s">
         <v>76</v>
       </c>
       <c r="BE3" s="5" t="s">
         <v>113</v>
       </c>
       <c r="BF3" s="5" t="s">
         <v>107</v>
       </c>
       <c r="BG3" s="5" t="s">
         <v>143</v>
       </c>
       <c r="BH3" s="5" t="s">
         <v>129</v>
       </c>
@@ -3534,51 +3539,51 @@
       <c r="AR5" s="5" t="s">
         <v>270</v>
       </c>
       <c r="AS5" s="5" t="s">
         <v>286</v>
       </c>
       <c r="AT5" s="5" t="s">
         <v>290</v>
       </c>
       <c r="AU5" s="5" t="s">
         <v>234</v>
       </c>
       <c r="AV5" s="5" t="s">
         <v>233</v>
       </c>
       <c r="AW5" s="5" t="s">
         <v>232</v>
       </c>
       <c r="AX5" s="5" t="s">
         <v>263</v>
       </c>
       <c r="AY5" s="5" t="s">
         <v>237</v>
       </c>
       <c r="AZ5" s="22" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="BA5" s="5" t="s">
         <v>580</v>
       </c>
       <c r="BB5" s="5" t="s">
         <v>225</v>
       </c>
       <c r="BC5" s="5" t="s">
         <v>224</v>
       </c>
       <c r="BD5" s="5" t="s">
         <v>221</v>
       </c>
       <c r="BE5" s="5" t="s">
         <v>258</v>
       </c>
       <c r="BF5" s="5" t="s">
         <v>252</v>
       </c>
       <c r="BG5" s="5" t="s">
         <v>289</v>
       </c>
       <c r="BH5" s="5" t="s">
         <v>275</v>
       </c>