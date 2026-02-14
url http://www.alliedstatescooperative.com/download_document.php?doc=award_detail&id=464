--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -1,1999 +1,2018 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7511 Technology, Hardware, Software, Services and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50E95259-8255-4CF0-832E-E5E6E2819AA8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{140EB20E-BC3B-41A1-A6DC-F2350EE2E825}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1095" uniqueCount="618">
-[...1 lines deleted...]
-    <t/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1082" uniqueCount="611">
+  <si>
+    <t>*updated 5/13/25, 7/14/25</t>
+  </si>
+  <si>
+    <t>*updated 2/10/25, 10/1/25</t>
+  </si>
+  <si>
+    <t>*updated 10/30/25</t>
+  </si>
+  <si>
+    <t>*updated 12/8/25</t>
+  </si>
+  <si>
+    <t>*updated 5/5/25</t>
+  </si>
+  <si>
+    <t>*updated 3/6/2025, 4/22/25, 8/12/25</t>
+  </si>
+  <si>
+    <t>*updated 4/29/25</t>
+  </si>
+  <si>
+    <t>Company Name…</t>
+  </si>
+  <si>
+    <t>Abacus Computers Inc.</t>
+  </si>
+  <si>
+    <t>Access Communications Group, LLC</t>
+  </si>
+  <si>
+    <t>ADA Technologies (Asterisk Dot Asterisk Technologies LLC)</t>
+  </si>
+  <si>
+    <t>Advanced Network Management, Inc.</t>
+  </si>
+  <si>
+    <t>Aetos LLC</t>
+  </si>
+  <si>
+    <t>Audio Enhancement, Inc.</t>
   </si>
   <si>
     <t>Audio Resource Group</t>
   </si>
   <si>
     <t>Aztec Software, LLC</t>
   </si>
   <si>
     <t>B &amp; H Foto &amp; Electronics Corp.</t>
   </si>
   <si>
     <t>Blue Heron Consulting Corporation</t>
   </si>
   <si>
+    <t>BMS Digital Tech LCC</t>
+  </si>
+  <si>
+    <t>Buildtech Automation Inc LLC</t>
+  </si>
+  <si>
+    <t>Calian Corp.</t>
+  </si>
+  <si>
     <t>Camcor, Inc.</t>
   </si>
   <si>
     <t>CDW Government LLC</t>
   </si>
   <si>
     <t>Chromebookparts.com (PC Parts Plus LLC)</t>
   </si>
   <si>
+    <t>Citygovapp Inc</t>
+  </si>
+  <si>
     <t>CompanyMileage.com LLC</t>
   </si>
   <si>
+    <t>Complete Office Technologies Inc (Complete Office (Texas) Technologies Inc)</t>
+  </si>
+  <si>
+    <t>Conterra Ultra Broadband LLC (Conterra Ultra Broadband Holdings, Inc.)</t>
+  </si>
+  <si>
     <t>Coquina (Coquina Labs Inc.)</t>
   </si>
   <si>
     <t>Cut Time LLC</t>
   </si>
   <si>
+    <t>Cyber Watch Systems, LLC</t>
+  </si>
+  <si>
     <t>Discount Two-Way Radio Corporation</t>
   </si>
   <si>
     <t>eDynamic LP (eDynamic Holdings LP)</t>
   </si>
   <si>
+    <t>EKHP Consulting, LLC</t>
+  </si>
+  <si>
+    <t>EP Technology Group (Luciano LLC)</t>
+  </si>
+  <si>
+    <t>Exploros, Inc.</t>
+  </si>
+  <si>
+    <t>Finalsite (Active Internet Technologies, LLC)</t>
+  </si>
+  <si>
     <t>GameSalad, Inc.</t>
   </si>
   <si>
     <t>GLOBAL CELLUTIONS DISTRIBUTORS INC</t>
   </si>
   <si>
+    <t>Howard Technology Solutions (Howard Industries, Inc.)</t>
+  </si>
+  <si>
+    <t>Info-Solutions Inc</t>
+  </si>
+  <si>
+    <t>JMT Associates (Educational Business Services PC)</t>
+  </si>
+  <si>
+    <t>Lakeshore IT Solutions</t>
+  </si>
+  <si>
+    <t>M&amp;A Technology</t>
+  </si>
+  <si>
     <t>Mvation Worldwide Inc.</t>
   </si>
   <si>
+    <t>Net-Tech Consulting LLC</t>
+  </si>
+  <si>
+    <t>New In Blue, Inc.</t>
+  </si>
+  <si>
+    <t>OneScreen (NZS Inc.)</t>
+  </si>
+  <si>
+    <t>Onward Learning (Texas Special Education Software Solutions LLC)</t>
+  </si>
+  <si>
     <t>Otter Graphics Inc.</t>
   </si>
   <si>
     <t>OverDrive, Inc.</t>
   </si>
   <si>
     <t>Pixton Comics Inc.</t>
   </si>
   <si>
+    <t>Plan B Networks, Inc</t>
+  </si>
+  <si>
     <t>PolicyMap Inc</t>
   </si>
   <si>
+    <t>PowerSchool Holdings LLC dba PowerSchool Group LLC</t>
+  </si>
+  <si>
+    <t>Presidio Networked Solutions (Presidio Networked Solutions Group, LLC) (Presidio Holdings Inc.)</t>
+  </si>
+  <si>
+    <t>Promedda, Ltd (not for ASC member use)</t>
+  </si>
+  <si>
     <t>PSNI LLC</t>
   </si>
   <si>
+    <t>Rank One (AllPlayers Network, Inc.)</t>
+  </si>
+  <si>
     <t>Rockytech, Inc.</t>
   </si>
   <si>
+    <t>Rosetta Stone, LLC</t>
+  </si>
+  <si>
+    <t>School Technology Associates</t>
+  </si>
+  <si>
+    <t>SDLC Advisors (Office Support Professionals, LLC)</t>
+  </si>
+  <si>
+    <t>Seesaw Learning, Inc. (Seesaw)</t>
+  </si>
+  <si>
+    <t>SHI Government Solutions</t>
+  </si>
+  <si>
     <t>Silicon Mountain Memory (WTK, LLC)</t>
   </si>
   <si>
     <t>SLP Toolkit LLC</t>
   </si>
   <si>
     <t>Software Information Resource</t>
   </si>
   <si>
     <t>Square Technology (David Frisbie)</t>
   </si>
   <si>
-    <t>STEMfinity LLC</t>
+    <t>SRB Consulting &amp; Design LLC (SRB Pro)</t>
   </si>
   <si>
     <t>SWYE360 Learning</t>
   </si>
   <si>
+    <t>SYSTEM INTEGRATIONS (MJAMLP, Inc)</t>
+  </si>
+  <si>
+    <t>Tek84 Inc.</t>
+  </si>
+  <si>
     <t>The Cable Source (The Cable Source Ltd.Co.)</t>
   </si>
   <si>
     <t>The Library Corporation</t>
   </si>
   <si>
+    <t>The Rosen Publishing Group, Inc. (Rosen Classroom OR Rosen Digital OR PowerKids Press OR Jackdaw Publications OR Norwood House Press)</t>
+  </si>
+  <si>
     <t>Tools For Schools Inc.</t>
   </si>
   <si>
+    <t>Trafera LLC (Trafera Holdings, LLC)</t>
+  </si>
+  <si>
+    <t>Troxell Web Design, LLC (Jeremy Troxell)</t>
+  </si>
+  <si>
+    <t>V3 Cybersecurity, Inc.</t>
+  </si>
+  <si>
     <t>vCloud Tech Inc.</t>
   </si>
   <si>
     <t>Vivacity Tech PBC</t>
   </si>
   <si>
+    <t>Work On Learning (TeacherMade)</t>
+  </si>
+  <si>
     <t>YuJa Inc.</t>
   </si>
   <si>
-    <t>EP Technology Group (Luciano LLC)</t>
-[...1 lines deleted...]
-  <si>
     <t>Zarco Electronic Supply, Inc.</t>
   </si>
   <si>
-    <t>EKHP Consulting, LLC</t>
-[...110 lines deleted...]
-    <t>Rosetta Stone, LLC</t>
+    <t>Company Contact…</t>
+  </si>
+  <si>
+    <t>Jaclyn Singh</t>
+  </si>
+  <si>
+    <t>Ana Espinoza</t>
+  </si>
+  <si>
+    <t>Steven Franco</t>
+  </si>
+  <si>
+    <t>Sarah Cancellare</t>
+  </si>
+  <si>
+    <t>Jose M. Negrete</t>
+  </si>
+  <si>
+    <t>Cheryl Burchhard and Maggie Fitts</t>
+  </si>
+  <si>
+    <t>Melonie Olson</t>
+  </si>
+  <si>
+    <t>Deanna Crosson</t>
+  </si>
+  <si>
+    <t>Lauren Bunte</t>
+  </si>
+  <si>
+    <t>Christina Northrup</t>
+  </si>
+  <si>
+    <t>Bobby Mathew</t>
+  </si>
+  <si>
+    <t>JUAN LOPEZ</t>
+  </si>
+  <si>
+    <t>Michael Orlando</t>
+  </si>
+  <si>
+    <t>Olivia Olmedo</t>
+  </si>
+  <si>
+    <t>Swetal Thekar - Account Manager</t>
+  </si>
+  <si>
+    <t>Kenneth Katz</t>
+  </si>
+  <si>
+    <t>Jay Haugen</t>
+  </si>
+  <si>
+    <t>Haseeb Chaudhry</t>
+  </si>
+  <si>
+    <t>Cole Avery</t>
+  </si>
+  <si>
+    <t>Maria I Ochoa</t>
+  </si>
+  <si>
+    <t>Jonathan Peters</t>
   </si>
   <si>
     <t>Thomas Smyth</t>
   </si>
   <si>
     <t>Megan Murphy</t>
   </si>
   <si>
-    <t>Adolfo Urquieta</t>
+    <t>Mark Seay</t>
   </si>
   <si>
     <t>Michelle Morris</t>
   </si>
   <si>
     <t>David Irons</t>
   </si>
   <si>
-    <t>Tami Lariviere</t>
-[...8 lines deleted...]
-    <t>Arlene Riley</t>
+    <t>Bill Peek</t>
+  </si>
+  <si>
+    <t>Luciano Aguayo</t>
+  </si>
+  <si>
+    <t>Yoel Givol</t>
+  </si>
+  <si>
+    <t>Samuel Alaniz, Jr.</t>
   </si>
   <si>
     <t>Julie Froehling</t>
   </si>
   <si>
     <t>VLAD GELMAN</t>
   </si>
   <si>
-    <t>Jonathan Peters</t>
-[...2 lines deleted...]
-    <t>Jacob Makuvire</t>
+    <t>Brandey Boyd</t>
+  </si>
+  <si>
+    <t>Jeff Curley</t>
+  </si>
+  <si>
+    <t>Joseph Giambri</t>
+  </si>
+  <si>
+    <t>Texas Team</t>
+  </si>
+  <si>
+    <t>Debi Cooper</t>
+  </si>
+  <si>
+    <t>Barry Weinstein</t>
+  </si>
+  <si>
+    <t>Zachary Kinder</t>
+  </si>
+  <si>
+    <t>Navin Raman</t>
+  </si>
+  <si>
+    <t>Muzna Farooq</t>
+  </si>
+  <si>
+    <t>Jeff Dominguez</t>
+  </si>
+  <si>
+    <t>Robert Vincent</t>
+  </si>
+  <si>
+    <t>Joe Dickinson</t>
   </si>
   <si>
     <t>Clive Goodinson</t>
   </si>
   <si>
-    <t>Joe Dickinson</t>
-[...8 lines deleted...]
-    <t>Barry Weinstein</t>
+    <t>Juan Mares</t>
   </si>
   <si>
     <t>Tom Love</t>
-  </si>
-[...1568 lines deleted...]
- jpssrfp@powerschool.com</t>
   </si>
   <si>
     <r>
       <t>Heather Marvel 
 J</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t>ennifer Attrill</t>
     </r>
   </si>
   <si>
-    <t>*updated 3/28/25, 4/3/25, 6/18/25, 7/23/25, 7/30/25, 8/28/25, 9/22/25, 9/26/25, 10/6/25, 11/21/25</t>
-[...2 lines deleted...]
-    <t>*updated 12/8/25</t>
+    <t>For contractual matters: Jackie Arnett; For sales/ordering: Jen Eckhart</t>
+  </si>
+  <si>
+    <t>Chris Jordan</t>
+  </si>
+  <si>
+    <t>Tami Lariviere</t>
+  </si>
+  <si>
+    <t>Adolfo Urquieta</t>
+  </si>
+  <si>
+    <t>Michael Fisher</t>
+  </si>
+  <si>
+    <t>Crystal Randolph</t>
+  </si>
+  <si>
+    <t>Joanie Preston</t>
+  </si>
+  <si>
+    <t>Jeffery Sweat</t>
+  </si>
+  <si>
+    <t>Seesaw Learning, Purchasing</t>
+  </si>
+  <si>
+    <t>Branden Davis</t>
+  </si>
+  <si>
+    <t>Andy Frank</t>
+  </si>
+  <si>
+    <t>Andrew Foreman</t>
+  </si>
+  <si>
+    <t>Karl Bersales</t>
+  </si>
+  <si>
+    <t>David Frisbie</t>
+  </si>
+  <si>
+    <t>Scott Brown</t>
+  </si>
+  <si>
+    <t>Jacob Makuvire</t>
+  </si>
+  <si>
+    <t>Michael La Porte</t>
+  </si>
+  <si>
+    <t>Jeff Parker</t>
+  </si>
+  <si>
+    <t>Ivan Lechuga</t>
+  </si>
+  <si>
+    <t>Tami Solum</t>
+  </si>
+  <si>
+    <t>Arlene Riley</t>
+  </si>
+  <si>
+    <t>Benedict CO</t>
+  </si>
+  <si>
+    <t>Various Sales Reps for Region 19</t>
+  </si>
+  <si>
+    <t>Jeremy Troxell</t>
+  </si>
+  <si>
+    <t>Jorge Conde-Berrocal</t>
+  </si>
+  <si>
+    <t>Muhammad Khan</t>
+  </si>
+  <si>
+    <t>Vivacity Tech Sales Team</t>
+  </si>
+  <si>
+    <t>Jennifer Chorma</t>
+  </si>
+  <si>
+    <t>Isaac Kingsmith</t>
+  </si>
+  <si>
+    <t>Mario Magallanes</t>
+  </si>
+  <si>
+    <t>Company Address…</t>
+  </si>
+  <si>
+    <t>6 Desta Dr. #1350 Midland Tx 79705</t>
+  </si>
+  <si>
+    <t>2017 Texas Ave. El Paso, TX 79901</t>
+  </si>
+  <si>
+    <t>14205 N Mo Pac Ste 570, Austin, TX 78728</t>
+  </si>
+  <si>
+    <t>ANM, Inc. 500 W. Overland Avenue, Suite 250-P El Paso, TX 79901</t>
+  </si>
+  <si>
+    <t>5310 Statice Hunt San Antonio TX 78253</t>
+  </si>
+  <si>
+    <t>9858 S Audio Drive, West Jordan, 84081</t>
+  </si>
+  <si>
+    <t>405 Main Ave West  West Fargo, ND 58078</t>
+  </si>
+  <si>
+    <t>461 Headquarters Plaza, North Tower, 2nd Floor, Morristown, NJ 07960</t>
+  </si>
+  <si>
+    <t>420 9th Ave New York, NY 10001</t>
+  </si>
+  <si>
+    <t>90 Air Park Drive, Suite 200 Rochester NY 14624</t>
+  </si>
+  <si>
+    <t>3120 Southwest Fwy 101 STE Houston TX 77098</t>
+  </si>
+  <si>
+    <t>15 FOUNDERS BLVD, El Paso, TX 79906</t>
+  </si>
+  <si>
+    <t>840 W. Sam Houston Pkwy N. Suite 420, Houston, Texas 77024</t>
+  </si>
+  <si>
+    <t>2273 S Church St.  Burlington, NC 27215</t>
+  </si>
+  <si>
+    <t>230 N. Milwaukee Avenue, Vernon Hills, IL 60061</t>
+  </si>
+  <si>
+    <t>1000 Kristen Ct Ste 2 Vadnais Heights MN 55110</t>
+  </si>
+  <si>
+    <t>2411 Roosevelt Ave, CA 94703</t>
+  </si>
+  <si>
+    <t>16415 Addison Road, Ste. 575, Addison, TX 75001</t>
+  </si>
+  <si>
+    <t>6501 Boeing Dr D1, El Paso TX 79925</t>
+  </si>
+  <si>
+    <t>5301 77 Center Drive Charlotte, North Carolina 28217</t>
+  </si>
+  <si>
+    <t>147 West 22nd St, New York, NY 10011</t>
+  </si>
+  <si>
+    <t>72 Valencia St, St. Augustine, FL 32084</t>
+  </si>
+  <si>
+    <t>5717 Legacy Drive, Suite 250 Plano, TX 75024</t>
+  </si>
+  <si>
+    <t>555 W. Victoria Street  Compton  CA  90220</t>
+  </si>
+  <si>
+    <t>1256 Main Street, Suite 256, Southlake, TX 76092</t>
+  </si>
+  <si>
+    <t>425 Oak Springs Dr., Seguin, Texas 78155</t>
+  </si>
+  <si>
+    <t>201 E Main St. Suite 511, El Paso, TX 79001</t>
+  </si>
+  <si>
+    <t>1382 County street Attleboro MA 02703</t>
+  </si>
+  <si>
+    <t>655 Winding Brook Drive, Glastonbury, cT 06033</t>
+  </si>
+  <si>
+    <t>2301 W Anderson Ln, 102-#133 AUSTIN, TX 78757</t>
+  </si>
+  <si>
+    <t>15952 Strathern st  Van Nuys, CA 91406</t>
+  </si>
+  <si>
+    <t>PO Box 1590 Laurel, MS 39441</t>
+  </si>
+  <si>
+    <t>17541 17th St, #201, Tustin, CA 92780</t>
+  </si>
+  <si>
+    <t>1908 New Jersey Avenue, Haddon Heights, NJ 08035</t>
+  </si>
+  <si>
+    <t>2023 Main St, Spring Grove, IL 60081</t>
+  </si>
+  <si>
+    <t>2045 Chenault Drive, Carrollton, TX 75006</t>
+  </si>
+  <si>
+    <t>70 Glen Street, Suite 260, Glen Cove, NY 11542</t>
+  </si>
+  <si>
+    <t>PO Box 920033 El Paso TX 79902</t>
+  </si>
+  <si>
+    <t>1720 S Edmonds Lane, Suite 206, Lewisville, 75067, TX</t>
+  </si>
+  <si>
+    <t>12335 World Trade Drive, Suite 9, San Diego, CA 92128</t>
+  </si>
+  <si>
+    <t>3112 Windsor Road, A143, Austin, TX 78703</t>
+  </si>
+  <si>
+    <t>1237 S Victoria Ave. Suite 285, Oxnard, CA 93035</t>
+  </si>
+  <si>
+    <t>One OverDrive Way, Cleveland OH 44125</t>
+  </si>
+  <si>
+    <t>1100 Allgard Road, Qualicum Beach, BC V9K 2G4</t>
+  </si>
+  <si>
+    <t>6501 Boeing Drive, Building E, El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>109 South 13th Street, Suite 3N, Philadelphia, PA  19107</t>
+  </si>
+  <si>
+    <t>150 Parkshore Drive, Folsom, CA 95630</t>
+  </si>
+  <si>
+    <t>10415 Morado Circle, Building 1 Suite 320, Austin, TX 78759</t>
+  </si>
+  <si>
+    <t>PO Box 2762, Amarillo, TX 79105</t>
+  </si>
+  <si>
+    <t>4 Limbo Lane, Amherst, NH, 03031</t>
+  </si>
+  <si>
+    <t>P.O. Box 1044, Sanger, TX  76266</t>
+  </si>
+  <si>
+    <t>2230 119th Street, College Point, New York 11356</t>
+  </si>
+  <si>
+    <t>777 Mariners Island Blvd, Suite 600, San Mateo, CA 94404</t>
+  </si>
+  <si>
+    <t>3938 156th Street West, Rosemount, MN 55068</t>
+  </si>
+  <si>
+    <t>1132 Bayfield Drive, Frisco, TX 75033</t>
+  </si>
+  <si>
+    <t>548 Market St PMB 98963, San Francisco, CA 94104</t>
+  </si>
+  <si>
+    <t>3828 Pecana Trail Austin, TX 78749</t>
+  </si>
+  <si>
+    <t>11148 Benton St., Ste 110  Westminster, CO 80020</t>
+  </si>
+  <si>
+    <t>124 W 1st St, Mesa, AZ 85201</t>
+  </si>
+  <si>
+    <t>730 24th ST NW, STE 3 Washington DC 20037</t>
+  </si>
+  <si>
+    <t>2201 Midway Rd, Suite 100G, Carrollton, Texas 75006</t>
+  </si>
+  <si>
+    <t>11501 Cedar Oak, El Paso, TX 79936</t>
+  </si>
+  <si>
+    <t>6782 Irongate Pl, Frisco, TX 75036</t>
+  </si>
+  <si>
+    <t>10830 Martin Luther King Je Ste 104, Box 101 El Paso, TX 79934</t>
+  </si>
+  <si>
+    <t>13495 Gregg Street, Poway, CA 92064</t>
+  </si>
+  <si>
+    <t>900 Hawkins Blvd., B2, El Paso, TX 79915</t>
+  </si>
+  <si>
+    <t>1 Research Park, Inwood, WV 25428</t>
+  </si>
+  <si>
+    <t>2544 Clinton St, Buffalo NY 14224</t>
+  </si>
+  <si>
+    <t>1321 Upland Drive, Suite 8524, Houston, TX 77043</t>
+  </si>
+  <si>
+    <t>2550 University Ave W, Suite 416-S, St. Paul, MN 55114</t>
+  </si>
+  <si>
+    <t>13423 Blanco Road #692 San Antonio, TX 78216</t>
+  </si>
+  <si>
+    <t>9838 Old Baymeadows Rd #335, Jacksonville, FL 32256</t>
+  </si>
+  <si>
+    <t>609 Deep Valley Drive Suite 200, Rolling Hills Estates, CA, 90274</t>
+  </si>
+  <si>
+    <t>641 Fairview Ave N, Suite 150, St Paul, MN 55104</t>
+  </si>
+  <si>
+    <t>463688 SR 200               Suite 1-312                             Yulee FL,  32097</t>
+  </si>
+  <si>
+    <t>84 W Santa Clara St. San Jose, California, 95113</t>
+  </si>
+  <si>
+    <t>6831 COMMERCE AVE., EL PASO, TEXAS, 79915</t>
+  </si>
+  <si>
+    <t>Contact Email Address…</t>
+  </si>
+  <si>
+    <t>jaclyns@abacustx.com</t>
+  </si>
+  <si>
+    <t>sales@acglp.com</t>
+  </si>
+  <si>
+    <t>sfranco@ada-tech.org</t>
+  </si>
+  <si>
+    <t>sarah.cancellare@anm.com</t>
+  </si>
+  <si>
+    <t>mnegrete@aetosllc.com</t>
+  </si>
+  <si>
+    <t>bids@audioenhancement.com</t>
+  </si>
+  <si>
+    <t>vendor-reg@argaudio.com</t>
+  </si>
+  <si>
+    <t>dcrosson@aztecsoftware.com</t>
+  </si>
+  <si>
+    <t>texas@bhphoto.com</t>
+  </si>
+  <si>
+    <t>cnorthrup@bhcglobal.com</t>
+  </si>
+  <si>
+    <t>bmathew@bmstech.ai</t>
+  </si>
+  <si>
+    <t>service@automation-bt.com</t>
+  </si>
+  <si>
+    <t>orders.caliancorp@calian.com</t>
+  </si>
+  <si>
+    <t>bids@camcor.com</t>
+  </si>
+  <si>
+    <t>Swetal.Thakkar@cdwg.com</t>
+  </si>
+  <si>
+    <t>kkatz@childplus.com</t>
+  </si>
+  <si>
+    <t>jhaugen@chromebookparts.com</t>
+  </si>
+  <si>
+    <t>hchaudhry@citygovapp.com</t>
+  </si>
+  <si>
+    <t>colea@companymileage.com</t>
+  </si>
+  <si>
+    <t>maria@cotelpaso.com</t>
+  </si>
+  <si>
+    <t>jpeters@conterra.com</t>
+  </si>
+  <si>
+    <t>thomas@coquinatech.com</t>
+  </si>
+  <si>
+    <t>support@gocuttime.com</t>
+  </si>
+  <si>
+    <t>Mark.Seay@Cyberwatchystems.com</t>
+  </si>
+  <si>
+    <t>govsales@dtwr.com</t>
+  </si>
+  <si>
+    <t>david.irons@edynamiclearning.com</t>
+  </si>
+  <si>
+    <t>bill@ekhp.consulting</t>
+  </si>
+  <si>
+    <t>luciano@eptg.com</t>
+  </si>
+  <si>
+    <t>yoel.givol@exploros.com</t>
+  </si>
+  <si>
+    <t>samuel.alaniz@finalsite.com</t>
+  </si>
+  <si>
+    <t>education@gamesalad.com</t>
+  </si>
+  <si>
+    <t>VG@GLOCD.COM</t>
+  </si>
+  <si>
+    <t>bids@howardcomputers.com</t>
+  </si>
+  <si>
+    <t>jcurley@info-solutions.org</t>
+  </si>
+  <si>
+    <t>jgiambri@ebspc.NET</t>
+  </si>
+  <si>
+    <t>texas@lakeshoreit.com</t>
+  </si>
+  <si>
+    <t>dcooper@macomp.com</t>
+  </si>
+  <si>
+    <t>biddesk@mvation.com</t>
+  </si>
+  <si>
+    <t>zkinder@net-tech.us</t>
+  </si>
+  <si>
+    <t>navin.raman@newinblue.com</t>
+  </si>
+  <si>
+    <t>muzna@onescreensolutions.com</t>
+  </si>
+  <si>
+    <t>jeff@onwardlearning.com</t>
+  </si>
+  <si>
+    <t>robertv@ottergi.com</t>
+  </si>
+  <si>
+    <t>sales@overdrive.com</t>
+  </si>
+  <si>
+    <t>clive@pixton.com</t>
+  </si>
+  <si>
+    <t>jmares@planbnet.com</t>
+  </si>
+  <si>
+    <t>tom.love@policymap.com</t>
+  </si>
+  <si>
+    <t>Heather.Marvel@powerschool.com
+ jpssrfp@powerschool.com</t>
+  </si>
+  <si>
+    <t>Jackie Arnett: DLSLEDNational@Presidio.com
+Jen Eckhart: jeckhardt@presidio.com</t>
+  </si>
+  <si>
+    <t>chrispromedda@yahoo.com</t>
+  </si>
+  <si>
+    <t>tami.lariviere@promedsoftware.com</t>
+  </si>
+  <si>
+    <t>billing@rankone.com</t>
+  </si>
+  <si>
+    <t>michael.fisher@rockytechusa.com</t>
+  </si>
+  <si>
+    <t>orders@rosettastone.com</t>
+  </si>
+  <si>
+    <t>orders@k12sta.com</t>
+  </si>
+  <si>
+    <t>jsweat@sdlcadvisors.com</t>
+  </si>
+  <si>
+    <t>purchasing@seesaw.me</t>
+  </si>
+  <si>
+    <t>Branden_Davis@shi.com</t>
+  </si>
+  <si>
+    <t>afrank@smmdirect.com</t>
+  </si>
+  <si>
+    <t>accounts@slptoolkit.com</t>
+  </si>
+  <si>
+    <t>govt@sirc.net</t>
+  </si>
+  <si>
+    <t>david.frisbie@square-technology.com</t>
+  </si>
+  <si>
+    <t>Sales@srbpro.com</t>
+  </si>
+  <si>
+    <t>jacob@swye360.com</t>
+  </si>
+  <si>
+    <t>mlaporte@systemintegrationsep.com</t>
+  </si>
+  <si>
+    <t>Jeff.Parker@tek84.com</t>
+  </si>
+  <si>
+    <t>ivan@thecablesource.net</t>
+  </si>
+  <si>
+    <t>sales@TLCdelivers.com</t>
+  </si>
+  <si>
+    <t>custserv@rosenpub.com</t>
+  </si>
+  <si>
+    <t>finance@bookcreator.com</t>
+  </si>
+  <si>
+    <t>orders@trafera.com</t>
+  </si>
+  <si>
+    <t>info@troxellwebdesign.com</t>
+  </si>
+  <si>
+    <t>jorge.conde-berrocal@v3cybersecurity.com</t>
+  </si>
+  <si>
+    <t>contracts@vcloudtech.com</t>
+  </si>
+  <si>
+    <t>sales@vivacitytech.com</t>
+  </si>
+  <si>
+    <t>Jen@teachermade.com</t>
+  </si>
+  <si>
+    <t>isaac.smith@yuja.com</t>
+  </si>
+  <si>
+    <t>mario@zarcoelectronic.com</t>
+  </si>
+  <si>
+    <t>Company Phone Number…</t>
+  </si>
+  <si>
+    <t>(432) 687-5424 x225</t>
+  </si>
+  <si>
+    <t>(915) 845-0007</t>
+  </si>
+  <si>
+    <t>(432) 269-9996</t>
+  </si>
+  <si>
+    <t>(915) 539-8004</t>
+  </si>
+  <si>
+    <t>(210) 687-7230</t>
+  </si>
+  <si>
+    <t>(800) 383-9362</t>
+  </si>
+  <si>
+    <t>(888) 468-4552</t>
+  </si>
+  <si>
+    <t>(251) 245-8511</t>
+  </si>
+  <si>
+    <t>(212) 239-7500 x7746</t>
+  </si>
+  <si>
+    <t>(585) 797-9336</t>
+  </si>
+  <si>
+    <t>(646) 504-0154</t>
+  </si>
+  <si>
+    <t>(915) 493-4032</t>
+  </si>
+  <si>
+    <t>(713) 780-7580</t>
+  </si>
+  <si>
+    <t>(800) 868-2462</t>
+  </si>
+  <si>
+    <t>(312) 705-0193</t>
+  </si>
+  <si>
+    <t>(800) 888-6674</t>
+  </si>
+  <si>
+    <t>(612) 286-1742</t>
+  </si>
+  <si>
+    <t>(510) 206-9557</t>
+  </si>
+  <si>
+    <t>(972) 235-8888 x203</t>
+  </si>
+  <si>
+    <t>(915) 533-6901</t>
+  </si>
+  <si>
+    <t>(540) 676-3558</t>
+  </si>
+  <si>
+    <t>(706) 418-5816</t>
+  </si>
+  <si>
+    <t>(800) 310-0087</t>
+  </si>
+  <si>
+    <t>(888) 272-0049</t>
+  </si>
+  <si>
+    <t>(424) 429-5803</t>
+  </si>
+  <si>
+    <t>(877) 585-2029</t>
+  </si>
+  <si>
+    <t>(512) 925-4541</t>
+  </si>
+  <si>
+    <t>(915) 350-3784</t>
+  </si>
+  <si>
+    <t>(617) 529-1240</t>
+  </si>
+  <si>
+    <t>(860) 289-3507</t>
+  </si>
+  <si>
+    <t>(844) 837-8387</t>
+  </si>
+  <si>
+    <t>(510) 376-5456</t>
+  </si>
+  <si>
+    <t>(601) 425-3181</t>
+  </si>
+  <si>
+    <t>(949) 413-5532</t>
+  </si>
+  <si>
+    <t>(609) 605-3761</t>
+  </si>
+  <si>
+    <t>(888) 700-2788</t>
+  </si>
+  <si>
+    <t>(800) 225-1452 x131</t>
+  </si>
+  <si>
+    <t>(408) 688-5060 x104</t>
+  </si>
+  <si>
+    <t>(915) 771-7065</t>
+  </si>
+  <si>
+    <t>(469) 500-6666</t>
+  </si>
+  <si>
+    <t>(858) 633-8848</t>
+  </si>
+  <si>
+    <t>(844) 843-1596</t>
+  </si>
+  <si>
+    <t>(213) 402-1226</t>
+  </si>
+  <si>
+    <t>(216) 573-6886</t>
+  </si>
+  <si>
+    <t>(888) 774-9866</t>
+  </si>
+  <si>
+    <t>(915) 774-0207 x2013</t>
+  </si>
+  <si>
+    <t>(215) 574-5864</t>
+  </si>
+  <si>
+    <t>(877) 873-1550</t>
+  </si>
+  <si>
+    <t>Jackie Arnett: (812) 350-0808
+Jen Eckhart: (210) 245-3804</t>
+  </si>
+  <si>
+    <t>(806) 553-4555</t>
+  </si>
+  <si>
+    <t>(800) 889-7627 x102</t>
+  </si>
+  <si>
+    <t>(888) 544-3637</t>
+  </si>
+  <si>
+    <t>(718) 886-7867</t>
+  </si>
+  <si>
+    <t>(650) 242-3101</t>
+  </si>
+  <si>
+    <t>(877) 436-4657</t>
+  </si>
+  <si>
+    <t>(972) 665-7374</t>
+  </si>
+  <si>
+    <t>(415) 870-4468</t>
+  </si>
+  <si>
+    <t>(915) 540-0826</t>
+  </si>
+  <si>
+    <t>(888) 745-6866 x138</t>
+  </si>
+  <si>
+    <t>(480) 442-3266</t>
+  </si>
+  <si>
+    <t>(202) 536-2800</t>
+  </si>
+  <si>
+    <t>(469) 248-7296</t>
+  </si>
+  <si>
+    <t>(915) 503-5684</t>
+  </si>
+  <si>
+    <t>(214) 263-2932</t>
+  </si>
+  <si>
+    <t>(915) 539-6499</t>
+  </si>
+  <si>
+    <t>(469) 343-6763</t>
+  </si>
+  <si>
+    <t>(915) 603-3228</t>
+  </si>
+  <si>
+    <t>(800) 325-7759</t>
+  </si>
+  <si>
+    <t>(800) 237-9932</t>
+  </si>
+  <si>
+    <t>(720) 277-9629</t>
+  </si>
+  <si>
+    <t>(651) 888-7922</t>
+  </si>
+  <si>
+    <t>(915) 247-6011</t>
+  </si>
+  <si>
+    <t>(833) 948-4968</t>
+  </si>
+  <si>
+    <t>(833) 482-5683</t>
+  </si>
+  <si>
+    <t>(877) 731-2069</t>
+  </si>
+  <si>
+    <t>(800) 950-3802</t>
+  </si>
+  <si>
+    <t>(888) 825-7522</t>
+  </si>
+  <si>
+    <t>(915) 778-3593</t>
+  </si>
+  <si>
+    <t>Company Website…</t>
+  </si>
+  <si>
+    <t>https://www.abacustx.com/</t>
+  </si>
+  <si>
+    <t>https://www.acglp.com/</t>
+  </si>
+  <si>
+    <t>https://www.ada-tech.org</t>
+  </si>
+  <si>
+    <t>HTTP://www.anm.com</t>
+  </si>
+  <si>
+    <t>https://aetosllc.com/</t>
+  </si>
+  <si>
+    <t>https://audioenhancement.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.argaudio.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.aztecsoftware.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.bhphoto.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.bhcglobal.com</t>
+  </si>
+  <si>
+    <t>https://bmstech.ai/</t>
+  </si>
+  <si>
+    <t>https://buildtech-automation.com/</t>
+  </si>
+  <si>
+    <t>https://www.calian.com/itcs/</t>
+  </si>
+  <si>
+    <t>HTTP://www.camcor.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.cdwg.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.childplus.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.chromebookparts.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.citygovapp.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.companymileage.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.completeofficetechnologies.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.conterra.com</t>
+  </si>
+  <si>
+    <t>HTTP://coquinatech.com</t>
+  </si>
+  <si>
+    <t>https://gocuttime.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.Cyberwatchsystems.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.dtwr.com</t>
+  </si>
+  <si>
+    <t>https://www.edynamiclearning.com/</t>
+  </si>
+  <si>
+    <t>https://ekhpconsulting.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.eptg.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.exploros.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.finalsite.com</t>
+  </si>
+  <si>
+    <t>HTTP://gamesalad.com/education</t>
+  </si>
+  <si>
+    <t>HTTP://GLOCD.COM</t>
+  </si>
+  <si>
+    <t>HTTP://www.howardcomputers.com</t>
+  </si>
+  <si>
+    <t>http://www.info-solutions.org</t>
+  </si>
+  <si>
+    <t>HTTP://jmtassociates.ue</t>
+  </si>
+  <si>
+    <t>HTTP://www.lakeshoreit.con</t>
+  </si>
+  <si>
+    <t>HTTP://www.macomp.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.mvation.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.net-tech.us</t>
+  </si>
+  <si>
+    <t>HTTP://www.newinblue.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.onescreensolutions.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.onwardlearning.com</t>
+  </si>
+  <si>
+    <t>http://ottergi.com/products.html</t>
+  </si>
+  <si>
+    <t>HTTP://www.overdrive.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.pixton.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.planbnet.com</t>
+  </si>
+  <si>
+    <t>https://www.policymap.com</t>
+  </si>
+  <si>
+    <t>https://www.powerschool.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.Presidio.com</t>
+  </si>
+  <si>
+    <t>HTTP://n/a</t>
+  </si>
+  <si>
+    <t>https://www.promedsoftware.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.rankone.com</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>HTTP://www.rosettastone.com/schools</t>
+  </si>
+  <si>
+    <t>HTTP://k12sta.com</t>
+  </si>
+  <si>
+    <t>https://sdlcadvisors.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.seesaw.me</t>
+  </si>
+  <si>
+    <t>https://texas.gs.shi.com/</t>
+  </si>
+  <si>
+    <t>https://www.smmdirect.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.slptoolkit.com</t>
+  </si>
+  <si>
+    <t>http://www.sirc.net</t>
+  </si>
+  <si>
+    <t>HTTP://www.square-technology.com</t>
+  </si>
+  <si>
+    <t>HTTP://srbpro.com</t>
+  </si>
+  <si>
+    <t>https://www.swye360.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.systemintegrationsep.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.Tek84.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.thecablesource.net</t>
+  </si>
+  <si>
+    <t>HTTP://www.TLCdelivers.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.rosenclassroom.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.bookcreator.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.trafera.com</t>
+  </si>
+  <si>
+    <t>https://troxellwebdesign.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.v3cybersecurity.com/edu</t>
+  </si>
+  <si>
+    <t>HTTP://www.vcloudtech.com</t>
+  </si>
+  <si>
+    <t>HTTP://vivacitytech.com</t>
+  </si>
+  <si>
+    <t>HTTP://teachermade.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.yuja.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.zarcoelectronic.com</t>
+  </si>
+  <si>
+    <t>S&amp;H included in pricing…</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t xml:space="preserve">No  </t>
+  </si>
+  <si>
+    <t>S&amp;H (expedite fees)…</t>
+  </si>
+  <si>
+    <t>Shipping/freight will be added at time of purchase</t>
+  </si>
+  <si>
+    <t>Yes, weight and speed of delivery will play a factor into the cost associated. Contact Steven Franco for those costs</t>
+  </si>
+  <si>
+    <t>Yes. For expedited shipping including overnight, 2-day, or LTL shipping, please contact Sarah Cancellare at sarah.cancellare@anm.com or 915.539.8004.</t>
+  </si>
+  <si>
+    <t>No, we don't provide services that involve shipping</t>
+  </si>
+  <si>
+    <t>Yes. Expedited shipping is an option that can be requested by the customer. There are additional charges to for these services dependent on the chosen carrier, as each carrier offer certain expedited shipping at different rates. Depending on the carrier’s availability and how fast the carrier can get it delivered will also determine the transit time and cost. Primary contact Johnny Flores, johnny.flores@audioenhancement</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>Yes, but only for printed materials. Contact Deanna Crosson with questions.</t>
+  </si>
+  <si>
+    <t>In general, all prices are FOB Destination included; Products weighing over 50 lbs or requiring truck delivery due to size or shape may be charged reasonable shipping.</t>
+  </si>
+  <si>
+    <t>Yes, we charge additional fees for expediting services/shipments. The fees vary depending on the specific service/shipment. Please contact Juan Lopez at (915) 493-4032 for a quote.</t>
+  </si>
+  <si>
+    <t>Yes. Expedited shipping is charged as 'actual' from the distributor to Calian to end user. Stormy LeGrand(stormy.legrand@calian.com) will be the focal point.</t>
+  </si>
+  <si>
+    <t>Yes, additional services may incur additional (actual) charges. Please reach out to Olivia Olmedo if expedited shipping, inside delivery, lift-gate, etc. are needed.</t>
+  </si>
+  <si>
+    <t>Ground Shipping is Free. Expedited Freight available at additional cost.</t>
+  </si>
+  <si>
+    <t>Not Applicable</t>
+  </si>
+  <si>
+    <t>Yes, expedited-overnight parts or services after normal business hours will be at additional cost.  Maria Ochoa</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>Yes. For expedited shipping, please contact Michelle Morris: Email: govsales@dtwr.com or Phone: 424-429-5803</t>
+  </si>
+  <si>
+    <t>NO - N/A - all products are online/digital only</t>
+  </si>
+  <si>
+    <t>Expedited Shipping Available, contact Luciano at luciano@eptg.com for expediting services/shipments</t>
+  </si>
+  <si>
+    <t>YES for expedited freight email vg@glocd.com</t>
+  </si>
+  <si>
+    <t>Yes   Corey Holifiled 601-399-5046</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Lakeshore charges shipping for expedited shipments beyond ground shipping. We also charge for heavy weight and awkwardly shaped items</t>
+  </si>
+  <si>
+    <t>Yes if customer requests products to be expedited with faster shipping services then the fee would apply. Debi Cooper, dcooper@macomp.com  800-225-1452 ext. 131</t>
+  </si>
+  <si>
+    <t>YES</t>
+  </si>
+  <si>
+    <t>Yes. Aziz Plumber (CFO); (877) 275 7694 Ext. 203</t>
+  </si>
+  <si>
+    <t>Yes, we do charge additional fees.</t>
+  </si>
+  <si>
+    <t>Free ground shipping</t>
+  </si>
+  <si>
+    <t>Yes. The designated contact person for expediting services/shipments is the Contracts Director, Jackie Arnett. D: 812-350-0808. Presidio’s dedicated email address for these matters: dlslednational@presidio.com</t>
+  </si>
+  <si>
+    <t>No.</t>
+  </si>
+  <si>
+    <t>Yes, Cost is passed on to customer. orders@k12sta.com, Joanie Preston</t>
+  </si>
+  <si>
+    <t>Yes, based on shipping companies charges for expedited shipping.  Your designated sales manager would be the contact person.</t>
+  </si>
+  <si>
+    <t>Yes, we are Drop-Ship Vendor and we rely on the MFR / Distributor to ship the item out.</t>
+  </si>
+  <si>
+    <t>Yes. Shipping charges are based on quantity, package size and weight, whether delivery is made to a receiving dock or if lift gate service and inside delivery is required for palletized shipments.  There can be free shipping, typically on orders over $1200.  Items such as large screen TV's and projector screens that can't be delivered by parcel carrier and need to be delivered by LTL carrier will have a shipping charge unless being delivered "dock to dock".  When contacting us for a quote, we will check for free shipping.</t>
+  </si>
+  <si>
+    <t>Yes, for expedited shipments direct additional cost will be charged and for emergency work requiring a response time of less than 24 hours there is a 67% mark up on labor mark up. For work done on weekends and holidays please check attached labor rate sheet. Contact: Michael La Porte (915-539-6291)</t>
+  </si>
+  <si>
+    <t>Yes, any expediting services/shipments will be passed on to the customer. Contact Ivan Lechuga at ivan@thecablesource.net, 915-603-3228</t>
+  </si>
+  <si>
+    <t>Yes, based on market shipping rate for any shipped products. Rarely for expedited services.</t>
+  </si>
+  <si>
+    <t>No shipping, digital tool</t>
+  </si>
+  <si>
+    <t>Some instances that may require additional services include liftgate service and inside delivery, though these services are also sometimes included free.</t>
+  </si>
+  <si>
+    <t>Typically not required given the scope of our products.</t>
+  </si>
+  <si>
+    <t>Yes; Expedited shipping is at an additional cost for each order; Contact: Mario Magallanes</t>
+  </si>
+  <si>
+    <t>Areas Served…</t>
+  </si>
+  <si>
+    <t>Texas</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico and Arizona</t>
+  </si>
+  <si>
+    <t>Texas, Arizona, Colorado, Florida, New Mexico, Utah, Wyoming</t>
+  </si>
+  <si>
+    <t>We serve all states &amp; locations.</t>
+  </si>
+  <si>
+    <t>USA and Canada</t>
+  </si>
+  <si>
+    <t>All 50 States</t>
+  </si>
+  <si>
+    <t>Aztec is an international company. We service all areas of the US.</t>
+  </si>
+  <si>
+    <t>All 50 US states and territories</t>
+  </si>
+  <si>
+    <t>All 50 states, but specifically Texas, Louisiana, Arkansas, Oklahoma, Tennessee, Alabama, New Mexico, Kansas</t>
+  </si>
+  <si>
+    <t>All States across . We are open to working with members across all states and regions</t>
+  </si>
+  <si>
+    <t>TEXAS</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>Continental United States</t>
+  </si>
+  <si>
+    <t>All 50 states and the District of Columbia</t>
+  </si>
+  <si>
+    <t>All of the USA and its territories</t>
+  </si>
+  <si>
+    <t>All 50 US States, Canada, Mexico, Europe, Australia</t>
+  </si>
+  <si>
+    <t>All</t>
+  </si>
+  <si>
+    <t>All states</t>
+  </si>
+  <si>
+    <t>West Texas and Southern New Mexico</t>
+  </si>
+  <si>
+    <t>TX, NM, LA, NC, SC, VA</t>
+  </si>
+  <si>
+    <t>All States</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>The company will service all states.</t>
+  </si>
+  <si>
+    <t>All states but New York.</t>
+  </si>
+  <si>
+    <t>Arizona, New Mexico, and Texas</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>All 50 states and U.S. territories</t>
+  </si>
+  <si>
+    <t>Service- Every State Except Hawaii; License- Alaska, Texas, Tennessee, Mississippi, Alabama, Louisiana</t>
+  </si>
+  <si>
+    <t>We operate across all regions of U.S. and Canada</t>
+  </si>
+  <si>
+    <t>Mainly New Jersey.  Can sell in all States</t>
+  </si>
+  <si>
+    <t>Nationally across the domestic US</t>
+  </si>
+  <si>
+    <t>Yes, United States service area</t>
+  </si>
+  <si>
+    <t>Nationwide</t>
+  </si>
+  <si>
+    <t>Texas, Oklahoma, Louisiana, New Mexico</t>
+  </si>
+  <si>
+    <t>NZS Inc. DBA serves all US States.</t>
+  </si>
+  <si>
+    <t>OverDrive can provide service to all geographic areas.</t>
+  </si>
+  <si>
+    <t>Worldwide</t>
+  </si>
+  <si>
+    <t>Texas, El Paso County, New Mexico, Donna Ana and Otero Counties</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>All areas.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We are licensed to do business in all 50 States and are willing to service all Region 19 eligible members and areas.  </t>
+  </si>
+  <si>
+    <t>Education Service Center R19 Only (not for ASC member use)</t>
+  </si>
+  <si>
+    <t>All US states</t>
+  </si>
+  <si>
+    <t>All 50 United States and their territories.</t>
+  </si>
+  <si>
+    <t>We are willing to offer our products to 48 States (The contiguous United States)</t>
+  </si>
+  <si>
+    <t>Serves all 50 states</t>
+  </si>
+  <si>
+    <t>Based in Texas and willing to service Nationwide</t>
+  </si>
+  <si>
+    <t>Seesaw has no states where we are unwilling or unable to service.</t>
+  </si>
+  <si>
+    <t>SHI-GS is licensed and able to provide services throughout the state of Texas.</t>
+  </si>
+  <si>
+    <t>All 50 states</t>
+  </si>
+  <si>
+    <t>All 50 states in the US</t>
+  </si>
+  <si>
+    <t>All United States</t>
+  </si>
+  <si>
+    <t>El Paso Area</t>
+  </si>
+  <si>
+    <t>Texas and New Mexico</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico</t>
+  </si>
+  <si>
+    <t>All 50 United States, Canada, and some international</t>
+  </si>
+  <si>
+    <t>All US States</t>
+  </si>
+  <si>
+    <t>All members</t>
+  </si>
+  <si>
+    <t>We service all 50 US States and we agree to service all areas of Region 19 as requested.</t>
+  </si>
+  <si>
+    <t>All U.S. states</t>
+  </si>
+  <si>
+    <t>All US States - Except Hawaii and Alaska</t>
+  </si>
+  <si>
+    <t>Vivacity Tech is able to sell in every state except Hawaii and Alaska.</t>
+  </si>
+  <si>
+    <t>TeacherMade is sold nationwide</t>
+  </si>
+  <si>
+    <t>We serve organizations worldwide.</t>
+  </si>
+  <si>
+    <t>All 50 states and Mexico</t>
+  </si>
+  <si>
+    <t>Price Link…</t>
+  </si>
+  <si>
+    <t>Price Link 1
+Price Link 2</t>
+  </si>
+  <si>
+    <t>Price Link</t>
+  </si>
+  <si>
+    <t>Please contact Purchasing for pricing.</t>
+  </si>
+  <si>
+    <t>Please contact Purchasing for pricing (not for ASC member use).</t>
+  </si>
+  <si>
+    <t>Line #</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>QTY</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Percent Discount from Catalog/Pricelist</t>
+  </si>
+  <si>
+    <t>Does the pricing as found on your pricelist/fee schedule already reflect the discount?</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Hourly Rate for Services</t>
+  </si>
+  <si>
+    <t>No Bid</t>
+  </si>
+  <si>
+    <t>*updated 3/28/25, 4/3/25, 6/18/25, 7/23/25, 7/30/25, 8/28/25, 9/22/25, 9/26/25, 10/6/25, 11/21/25, 1/26/26, 2/2/26</t>
+  </si>
+  <si>
+    <t>*updated 6/16/25, 7/9/25, 7/15/25, 9/26/25, 1/8/26, 2/10/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">ChildPlus Software (Genesis Acquisition Co.)(Management Information Technology USA, Inc) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Procare Software, LLC (Genesis Acquisition Co)</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 2/13/2026</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">PO Box 117548  Atlanta, GA 30368 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>1125 17th Street Ste. 1800 Denver, CO 80202</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
@@ -2020,122 +2039,119 @@
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{706C90E9-C747-43BB-A890-B2C3D2E59EB0}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -2578,3801 +2594,3788 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Global%20Cellutions.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/EKHP%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rockytech.xlsx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SHI%20Government.xlsx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/vCloud%20Tech.xlsx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/CompanyMileage.com%20LLC.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/B%26H%20Foto.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/ADA%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Conterra%20Ultra.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/JMT%20Associates.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/CDW.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Finalsite.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Mvation.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Pixton%20Comics.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/PSNI.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SDLC%20Advisors.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/STEMfinity.xlsx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/The%20Rosen%20Publishing%20Group.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/ZARCO%20Electronic%20Supply%20.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Audio%20Resource%20Group.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Troxell.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Cyber%20Watch.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Citygovapp.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/EP%20Technology%20Group.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Howard%20Technology.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Lakeshore%20IT%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/OneScreen.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rosetta%20Stone.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Silicon%20Mountain.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tek84.xlsxwww.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tek84.xlsx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Work%20On%20Learning.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Vivacity%20Tech.xlsx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/BMS%20Digital%20Tech.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Square%20Technology.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Aetos%20LLC.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/ChildPlus%20Software.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Coquina.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/GameSalad.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Net-Tech%20Consulting.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Plan%20B.xlsx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Seesaw%20Learning.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tools%20for%20Schools.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Onward%20Learning.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/eDynamic.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rank%20One.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SWYE360.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/V3%20Cybersecurity.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Access%20Communications%20Group.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Aztec%20Software.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Complete%20Office%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Exploros.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Info-Solutions.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Otter%20Graphics.xls" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SLP%20Toolkit.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/The%20Cable%20Source.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Camcor.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/M%26A%20Technology.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/School%20Technology%20Associates.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SRB%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Trafera.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/YuJa%20Inc.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Audio%20Enhancement.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Buildtech%20Automation.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Chromebookparts.com.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Cut%20Time.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/PolicyMap.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/New%20in%20Blue.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Software%20Information%20Resource.xlsx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/System%20Integrations.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Global%20Cellutions.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/EKHP%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rockytech.xlsx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SHI%20Government.xlsx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Work%20On%20Learning.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Vivacity%20Tech.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/B%26H%20Foto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/ADA%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Conterra%20Ultra.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/JMT%20Associates.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/CDW.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Finalsite.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Mvation.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Pixton%20Comics.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/PSNI.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SDLC%20Advisors.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SWYE360.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tools%20for%20Schools.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Onward%20Learning.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Audio%20Resource%20Group.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/V3%20Cybersecurity.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Cyber%20Watch.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Citygovapp.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/EP%20Technology%20Group.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Howard%20Technology.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Lakeshore%20IT%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/OneScreen.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rosetta%20Stone.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Silicon%20Mountain.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/The%20Cable%20Source.xlsx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/YuJa%20Inc.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/BMS%20Digital%20Tech.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Square%20Technology.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Aetos%20LLC.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/ChildPlus%20Software.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Coquina.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/GameSalad.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Net-Tech%20Consulting.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Plan%20B.xlsx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Seesaw%20Learning.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Trafera.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/CompanyMileage.com%20LLC.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/eDynamic.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rank%20One.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/System%20Integrations.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/vCloud%20Tech.xlsx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Access%20Communications%20Group.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Aztec%20Software.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Complete%20Office%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Exploros.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Info-Solutions.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Otter%20Graphics.xls" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SLP%20Toolkit.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/The%20Rosen%20Publishing%20Group.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Camcor.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/M%26A%20Technology.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/School%20Technology%20Associates.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SRB%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Troxell.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/ZARCO%20Electronic%20Supply%20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Audio%20Enhancement.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Buildtech%20Automation.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Chromebookparts.com.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Cut%20Time.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/PolicyMap.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/New%20in%20Blue.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Software%20Information%20Resource.xlsx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tek84.xlsxwww.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tek84.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:CF16"/>
+  <dimension ref="B1:CE16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="4.5703125" style="1" customWidth="1"/>
-    <col min="5" max="83" width="30.7109375" style="1" customWidth="1"/>
-    <col min="84" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="82" width="30.7109375" style="1" customWidth="1"/>
+    <col min="83" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:84" ht="60" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="AH1" s="20" t="s">
+    <row r="1" spans="2:83" ht="75" x14ac:dyDescent="0.25">
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="H1" s="16" t="s">
+        <v>607</v>
+      </c>
+      <c r="J1" s="17"/>
+      <c r="L1" s="17"/>
+      <c r="N1" s="17"/>
+      <c r="O1" s="17"/>
+      <c r="S1" s="17"/>
+      <c r="T1" s="23" t="s">
+        <v>609</v>
+      </c>
+      <c r="U1" s="22"/>
+      <c r="V1" s="17"/>
+      <c r="W1" s="16"/>
+      <c r="Z1" s="17"/>
+      <c r="AC1" s="17"/>
+      <c r="AE1" s="17"/>
+      <c r="AF1" s="17"/>
+      <c r="AH1" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="AJ1" s="17"/>
+      <c r="AK1" s="17" t="s">
+        <v>1</v>
+      </c>
+      <c r="AO1" s="16"/>
+      <c r="AP1" s="16"/>
+      <c r="AQ1" s="17"/>
+      <c r="AR1" s="16"/>
+      <c r="AT1" s="17"/>
+      <c r="AV1" s="16"/>
+      <c r="AX1" s="17"/>
+      <c r="AZ1" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="BA1" s="17" t="s">
+        <v>606</v>
+      </c>
+      <c r="BB1" s="17"/>
+      <c r="BC1" s="17"/>
+      <c r="BD1" s="22"/>
+      <c r="BE1" s="16"/>
+      <c r="BF1" s="16"/>
+      <c r="BG1" s="16"/>
+      <c r="BJ1" s="17"/>
+      <c r="BL1" s="17"/>
+      <c r="BO1" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="BP1" s="17"/>
+      <c r="BQ1" s="17"/>
+      <c r="BR1" s="16"/>
+      <c r="BS1" s="16"/>
+      <c r="BY1" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="CA1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="CC1" s="17"/>
+      <c r="CD1" s="16" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="2:83" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E2" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="F2" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="G2" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="H2" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="I2" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K2" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="L2" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="M2" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="N2" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="O2" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q2" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="R2" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="S2" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="T2" s="18" t="s">
         <v>608</v>
       </c>
-      <c r="AJ1" s="18"/>
-[...40 lines deleted...]
-      </c>
+      <c r="U2" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="V2" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="W2" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="X2" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="Y2" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z2" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="AA2" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="AB2" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="AC2" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD2" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE2" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="AF2" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="AG2" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="AH2" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="AI2" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AJ2" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AK2" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="AL2" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="AM2" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="AN2" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="AO2" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP2" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ2" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="AR2" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="AS2" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="AT2" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="AU2" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="AV2" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="AW2" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="AX2" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="AY2" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="AZ2" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="BA2" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="BB2" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="BC2" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="BD2" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="BE2" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="BF2" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="BG2" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="BH2" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="BI2" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="BJ2" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="BK2" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="BL2" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="BM2" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="BN2" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="BO2" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="BP2" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="BQ2" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="BR2" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="BS2" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="BT2" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="BU2" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="BV2" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="BW2" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="BX2" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="BY2" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="BZ2" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="CA2" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="CB2" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="CC2" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="CD2" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="CE2" s="22"/>
     </row>
-    <row r="2" spans="2:84" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
-[...239 lines deleted...]
-      </c>
+    <row r="3" spans="2:83" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="B3" s="22"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="L3" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="O3" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="P3" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q3" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="R3" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="S3" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="T3" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="U3" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="V3" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="W3" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="X3" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="Y3" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z3" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="AA3" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="AB3" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC3" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="AD3" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="AE3" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="AF3" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="AG3" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="AH3" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="AI3" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="AJ3" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK3" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="AL3" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="AM3" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="AN3" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="AO3" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="AP3" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="AQ3" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="AR3" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="AS3" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="AT3" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="AU3" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="AV3" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="AW3" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="AX3" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="AY3" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="AZ3" s="19" t="s">
+        <v>133</v>
+      </c>
+      <c r="BA3" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="BB3" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="BC3" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BD3" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="BE3" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="BF3" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="BG3" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="BH3" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="BI3" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="BJ3" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="BK3" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL3" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="BM3" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="BN3" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="BO3" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="BP3" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="BQ3" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="BR3" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="BS3" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="BT3" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="BU3" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="BV3" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="BW3" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="BX3" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="BY3" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="BZ3" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="CA3" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="CB3" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="CC3" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="CD3" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="CE3" s="22"/>
     </row>
-    <row r="3" spans="2:84" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...241 lines deleted...]
-    <row r="4" spans="2:84" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:83" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="B4" s="22"/>
+      <c r="C4" s="22"/>
       <c r="D4" s="7" t="s">
-        <v>552</v>
+        <v>164</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="F4" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="N4" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="O4" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="P4" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="Q4" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="R4" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="S4" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="T4" s="19" t="s">
+        <v>610</v>
+      </c>
+      <c r="U4" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="V4" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="W4" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="X4" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="Y4" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="Z4" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="AA4" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="AB4" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="AC4" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="AD4" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="AE4" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="AF4" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="AG4" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="G4" s="5" t="s">
+      <c r="AH4" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AI4" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="AJ4" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="AK4" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="AL4" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="AM4" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="AN4" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="AO4" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="H4" s="5" t="s">
-[...95 lines deleted...]
-      <c r="AN4" s="5" t="s">
+      <c r="AP4" s="5" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>573</v>
       </c>
       <c r="AQ4" s="5" t="s">
         <v>202</v>
       </c>
       <c r="AR4" s="5" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="AS4" s="5" t="s">
-        <v>574</v>
+        <v>204</v>
       </c>
       <c r="AT4" s="5" t="s">
-        <v>575</v>
+        <v>205</v>
       </c>
       <c r="AU4" s="5" t="s">
-        <v>164</v>
+        <v>206</v>
       </c>
       <c r="AV4" s="5" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
       <c r="AW4" s="5" t="s">
-        <v>162</v>
+        <v>208</v>
       </c>
       <c r="AX4" s="5" t="s">
-        <v>191</v>
+        <v>209</v>
       </c>
       <c r="AY4" s="5" t="s">
-        <v>166</v>
+        <v>210</v>
       </c>
       <c r="AZ4" s="5" t="s">
         <v>211</v>
       </c>
       <c r="BA4" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="BB4" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="BC4" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="BD4" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="BE4" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="BB4" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BF4" s="5" t="s">
-        <v>180</v>
+        <v>217</v>
       </c>
       <c r="BG4" s="5" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="BH4" s="5" t="s">
-        <v>577</v>
+        <v>219</v>
       </c>
       <c r="BI4" s="5" t="s">
-        <v>179</v>
+        <v>220</v>
       </c>
       <c r="BJ4" s="5" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="BK4" s="5" t="s">
-        <v>175</v>
+        <v>222</v>
       </c>
       <c r="BL4" s="5" t="s">
-        <v>172</v>
+        <v>223</v>
       </c>
       <c r="BM4" s="5" t="s">
-        <v>171</v>
+        <v>224</v>
       </c>
       <c r="BN4" s="5" t="s">
-        <v>169</v>
+        <v>225</v>
       </c>
       <c r="BO4" s="5" t="s">
-        <v>578</v>
+        <v>226</v>
       </c>
       <c r="BP4" s="5" t="s">
-        <v>168</v>
+        <v>227</v>
       </c>
       <c r="BQ4" s="5" t="s">
-        <v>161</v>
+        <v>228</v>
       </c>
       <c r="BR4" s="5" t="s">
-        <v>205</v>
+        <v>229</v>
       </c>
       <c r="BS4" s="5" t="s">
-        <v>207</v>
+        <v>230</v>
       </c>
       <c r="BT4" s="5" t="s">
-        <v>579</v>
+        <v>231</v>
       </c>
       <c r="BU4" s="5" t="s">
-        <v>156</v>
+        <v>232</v>
       </c>
       <c r="BV4" s="5" t="s">
-        <v>157</v>
+        <v>233</v>
       </c>
       <c r="BW4" s="5" t="s">
-        <v>187</v>
+        <v>234</v>
       </c>
       <c r="BX4" s="5" t="s">
-        <v>188</v>
+        <v>235</v>
       </c>
       <c r="BY4" s="5" t="s">
-        <v>199</v>
+        <v>236</v>
       </c>
       <c r="BZ4" s="5" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
       <c r="CA4" s="5" t="s">
-        <v>181</v>
+        <v>238</v>
       </c>
       <c r="CB4" s="5" t="s">
-        <v>173</v>
+        <v>239</v>
       </c>
       <c r="CC4" s="5" t="s">
-        <v>170</v>
+        <v>240</v>
       </c>
       <c r="CD4" s="5" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="CE4" s="22"/>
     </row>
-    <row r="5" spans="2:84" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:83" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
       <c r="D5" s="7" t="s">
-        <v>553</v>
+        <v>242</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>285</v>
+        <v>243</v>
       </c>
       <c r="F5" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="L5" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="O5" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="P5" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q5" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="R5" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="S5" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="T5" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="U5" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="V5" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="W5" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="X5" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="Y5" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="Z5" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="AA5" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="G5" s="5" t="s">
+      <c r="AB5" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="AC5" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="AD5" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="AE5" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="AF5" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="AG5" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="AH5" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="AI5" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="AJ5" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="AK5" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="AL5" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="AM5" s="5" t="s">
         <v>277</v>
-      </c>
-[...94 lines deleted...]
-        <v>283</v>
       </c>
       <c r="AN5" s="5" t="s">
         <v>278</v>
       </c>
       <c r="AO5" s="5" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="AP5" s="5" t="s">
-        <v>236</v>
+        <v>280</v>
       </c>
       <c r="AQ5" s="5" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="AR5" s="5" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="AS5" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="AT5" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="AU5" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="AV5" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="AT5" s="5" t="s">
+      <c r="AW5" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="AX5" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="AY5" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="AZ5" s="19" t="s">
         <v>290</v>
       </c>
-      <c r="AU5" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="BA5" s="5" t="s">
-        <v>580</v>
+        <v>291</v>
       </c>
       <c r="BB5" s="5" t="s">
-        <v>225</v>
+        <v>292</v>
       </c>
       <c r="BC5" s="5" t="s">
-        <v>224</v>
+        <v>293</v>
       </c>
       <c r="BD5" s="5" t="s">
-        <v>221</v>
+        <v>294</v>
       </c>
       <c r="BE5" s="5" t="s">
-        <v>258</v>
+        <v>295</v>
       </c>
       <c r="BF5" s="5" t="s">
-        <v>252</v>
+        <v>296</v>
       </c>
       <c r="BG5" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="BH5" s="5" t="s">
-        <v>275</v>
+        <v>298</v>
       </c>
       <c r="BI5" s="5" t="s">
-        <v>250</v>
+        <v>299</v>
       </c>
       <c r="BJ5" s="5" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="BK5" s="5" t="s">
-        <v>246</v>
+        <v>301</v>
       </c>
       <c r="BL5" s="5" t="s">
-        <v>243</v>
+        <v>302</v>
       </c>
       <c r="BM5" s="5" t="s">
-        <v>242</v>
+        <v>303</v>
       </c>
       <c r="BN5" s="5" t="s">
-        <v>240</v>
+        <v>304</v>
       </c>
       <c r="BO5" s="5" t="s">
-        <v>266</v>
+        <v>305</v>
       </c>
       <c r="BP5" s="5" t="s">
-        <v>239</v>
+        <v>306</v>
       </c>
       <c r="BQ5" s="5" t="s">
-        <v>231</v>
+        <v>307</v>
       </c>
       <c r="BR5" s="5" t="s">
-        <v>282</v>
+        <v>308</v>
       </c>
       <c r="BS5" s="5" t="s">
-        <v>284</v>
+        <v>309</v>
       </c>
       <c r="BT5" s="5" t="s">
-        <v>251</v>
+        <v>310</v>
       </c>
       <c r="BU5" s="5" t="s">
-        <v>226</v>
+        <v>311</v>
       </c>
       <c r="BV5" s="5" t="s">
-        <v>227</v>
+        <v>312</v>
       </c>
       <c r="BW5" s="5" t="s">
-        <v>259</v>
+        <v>313</v>
       </c>
       <c r="BX5" s="5" t="s">
-        <v>260</v>
+        <v>314</v>
       </c>
       <c r="BY5" s="5" t="s">
-        <v>276</v>
+        <v>315</v>
       </c>
       <c r="BZ5" s="5" t="s">
-        <v>292</v>
+        <v>316</v>
       </c>
       <c r="CA5" s="5" t="s">
-        <v>253</v>
+        <v>317</v>
       </c>
       <c r="CB5" s="5" t="s">
-        <v>244</v>
+        <v>318</v>
       </c>
       <c r="CC5" s="5" t="s">
-        <v>241</v>
+        <v>319</v>
       </c>
       <c r="CD5" s="5" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="CE5" s="22"/>
     </row>
-    <row r="6" spans="2:84" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:83" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="B6" s="22"/>
+      <c r="C6" s="22"/>
       <c r="D6" s="7" t="s">
-        <v>554</v>
+        <v>321</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>362</v>
+        <v>322</v>
       </c>
       <c r="F6" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="L6" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="O6" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="P6" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="Q6" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="R6" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="S6" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="T6" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="U6" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="V6" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="W6" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="X6" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="Y6" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="G6" s="5" t="s">
-[...23 lines deleted...]
-      <c r="O6" s="5" t="s">
+      <c r="Z6" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="AA6" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="AB6" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="P6" s="5" t="s">
+      <c r="AC6" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="AD6" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="AE6" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="Q6" s="5" t="s">
-[...14 lines deleted...]
-      <c r="V6" s="5" t="s">
+      <c r="AF6" s="5" t="s">
         <v>349</v>
-      </c>
-[...28 lines deleted...]
-        <v>339</v>
       </c>
       <c r="AG6" s="5" t="s">
         <v>350</v>
       </c>
       <c r="AH6" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="AI6" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="AJ6" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="AK6" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="AL6" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="AM6" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="AN6" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="AI6" s="5" t="s">
-[...5 lines deleted...]
-      <c r="AK6" s="5" t="s">
+      <c r="AO6" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="AP6" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="AQ6" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="AR6" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="AS6" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="AT6" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="AU6" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="AV6" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="AW6" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="AX6" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="AY6" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="AZ6" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="AL6" s="5" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="BA6" s="5" t="s">
-        <v>581</v>
+        <v>370</v>
       </c>
       <c r="BB6" s="5" t="s">
-        <v>302</v>
+        <v>371</v>
       </c>
       <c r="BC6" s="5" t="s">
-        <v>301</v>
+        <v>372</v>
       </c>
       <c r="BD6" s="5" t="s">
-        <v>298</v>
+        <v>373</v>
       </c>
       <c r="BE6" s="5" t="s">
-        <v>335</v>
+        <v>374</v>
       </c>
       <c r="BF6" s="5" t="s">
-        <v>310</v>
+        <v>375</v>
       </c>
       <c r="BG6" s="5" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="BH6" s="5" t="s">
-        <v>352</v>
+        <v>377</v>
       </c>
       <c r="BI6" s="5" t="s">
-        <v>328</v>
+        <v>378</v>
       </c>
       <c r="BJ6" s="5" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="BK6" s="5" t="s">
-        <v>324</v>
+        <v>380</v>
       </c>
       <c r="BL6" s="5" t="s">
-        <v>321</v>
+        <v>381</v>
       </c>
       <c r="BM6" s="5" t="s">
-        <v>320</v>
+        <v>382</v>
       </c>
       <c r="BN6" s="5" t="s">
-        <v>318</v>
+        <v>383</v>
       </c>
       <c r="BO6" s="5" t="s">
-        <v>343</v>
+        <v>384</v>
       </c>
       <c r="BP6" s="5" t="s">
-        <v>317</v>
+        <v>385</v>
       </c>
       <c r="BQ6" s="5" t="s">
-        <v>308</v>
+        <v>386</v>
       </c>
       <c r="BR6" s="5" t="s">
-        <v>359</v>
+        <v>387</v>
       </c>
       <c r="BS6" s="5" t="s">
-        <v>361</v>
+        <v>388</v>
       </c>
       <c r="BT6" s="5" t="s">
-        <v>329</v>
+        <v>389</v>
       </c>
       <c r="BU6" s="5" t="s">
-        <v>303</v>
+        <v>390</v>
       </c>
       <c r="BV6" s="5" t="s">
-        <v>304</v>
+        <v>391</v>
       </c>
       <c r="BW6" s="5" t="s">
-        <v>336</v>
+        <v>392</v>
       </c>
       <c r="BX6" s="5" t="s">
-        <v>337</v>
+        <v>393</v>
       </c>
       <c r="BY6" s="5" t="s">
-        <v>353</v>
+        <v>394</v>
       </c>
       <c r="BZ6" s="5" t="s">
-        <v>370</v>
+        <v>395</v>
       </c>
       <c r="CA6" s="5" t="s">
-        <v>330</v>
+        <v>396</v>
       </c>
       <c r="CB6" s="5" t="s">
-        <v>322</v>
+        <v>397</v>
       </c>
       <c r="CC6" s="5" t="s">
-        <v>319</v>
+        <v>398</v>
       </c>
       <c r="CD6" s="5" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>399</v>
+      </c>
+      <c r="CE6" s="22"/>
     </row>
-    <row r="7" spans="2:84" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:83" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="B7" s="22"/>
+      <c r="C7" s="22"/>
       <c r="D7" s="7" t="s">
-        <v>555</v>
+        <v>400</v>
       </c>
       <c r="E7" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="L7" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="O7" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="P7" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="Q7" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="R7" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="S7" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="T7" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="U7" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="V7" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="W7" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="X7" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="Y7" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="Z7" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="AA7" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="AB7" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="AC7" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="AD7" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="AE7" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="AF7" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="AG7" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="AH7" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="AI7" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="AJ7" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="AK7" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="AL7" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="AM7" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="AN7" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="AO7" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="AP7" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="AQ7" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="F7" s="5" t="s">
-[...5 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="AR7" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="AS7" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="AT7" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="I7" s="5" t="s">
-[...56 lines deleted...]
-      <c r="AB7" s="5" t="s">
+      <c r="AU7" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="AV7" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="AW7" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="AX7" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="AY7" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="AZ7" s="5" t="s">
         <v>448</v>
-      </c>
-[...70 lines deleted...]
-        <v>443</v>
       </c>
       <c r="BA7" s="5" t="s">
         <v>449</v>
       </c>
       <c r="BB7" s="5" t="s">
-        <v>380</v>
+        <v>450</v>
       </c>
       <c r="BC7" s="5" t="s">
-        <v>379</v>
+        <v>451</v>
       </c>
       <c r="BD7" s="5" t="s">
-        <v>376</v>
+        <v>452</v>
       </c>
       <c r="BE7" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="BF7" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="BG7" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="BH7" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="BI7" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="BJ7" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="BK7" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="BL7" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="BM7" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="BN7" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="BO7" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="BP7" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="BQ7" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="BR7" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="BS7" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="BT7" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="BU7" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="BV7" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="BW7" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="BX7" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="BY7" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="BZ7" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="CA7" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="CB7" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="CC7" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="CD7" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="CE7" s="22"/>
+    </row>
+    <row r="8" spans="2:83" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="22"/>
+      <c r="C8" s="22"/>
+      <c r="D8" s="7" t="s">
+        <v>479</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="BF7" s="5" t="s">
-[...76 lines deleted...]
-      </c>
+      <c r="J8" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="R8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="S8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="T8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="U8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="V8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="W8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="X8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="Y8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="Z8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AA8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AB8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AC8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AD8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AE8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AF8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AG8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AH8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AI8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AJ8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AL8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AM8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AN8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AO8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AP8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AQ8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AR8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AS8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AT8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AU8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AV8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AW8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AX8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AY8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AZ8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BA8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BB8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BC8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BD8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BE8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BF8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BG8" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BH8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BI8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BJ8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BK8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BL8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BM8" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BN8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BO8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BP8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BQ8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BR8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BS8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BT8" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="BU8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BV8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BW8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BX8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BY8" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BZ8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="CA8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="CB8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="CC8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="CD8" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="CE8" s="22"/>
     </row>
-    <row r="8" spans="2:84" s="10" customFormat="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="E8" s="5" t="s">
+    <row r="9" spans="2:83" s="10" customFormat="1" ht="255" x14ac:dyDescent="0.25">
+      <c r="B9" s="22"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="7" t="s">
+        <v>483</v>
+      </c>
+      <c r="E9" s="19" t="s">
+        <v>484</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="Q9" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="R9" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="S9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="T9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="U9" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="V9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="W9" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="X9" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="Y9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="Z9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AA9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AB9" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="AC9" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="AD9" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="AE9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AF9" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="AG9" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="F8" s="5" t="s">
-[...232 lines deleted...]
-      </c>
+      <c r="AH9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AI9" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="AJ9" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="AK9" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="AL9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AM9" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="AN9" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="AO9" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="AP9" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="AQ9" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="AR9" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="AS9" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="AT9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AU9" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="AV9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AW9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AX9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="AY9" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="AZ9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BA9" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="BB9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BC9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BD9" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="BE9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BF9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BG9" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="BH9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BI9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BJ9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BK9" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="BL9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BM9" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="BN9" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="BO9" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="BP9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BQ9" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="BR9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BS9" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="BT9" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="BU9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BV9" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="BW9" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="BX9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BY9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="BZ9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="CA9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="CB9" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="CC9" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="CD9" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="CE9" s="22"/>
     </row>
-    <row r="9" spans="2:84" s="10" customFormat="1" ht="255" x14ac:dyDescent="0.25">
-[...241 lines deleted...]
-    <row r="10" spans="2:84" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:83" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="B10" s="22"/>
+      <c r="C10" s="22"/>
       <c r="D10" s="7" t="s">
-        <v>558</v>
+        <v>524</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>454</v>
+        <v>525</v>
       </c>
       <c r="F10" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="G10" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L10" s="5" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>566</v>
+        <v>532</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>565</v>
+        <v>533</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="P10" s="5" t="s">
         <v>535</v>
       </c>
       <c r="Q10" s="5" t="s">
-        <v>494</v>
+        <v>536</v>
       </c>
       <c r="R10" s="5" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>599</v>
+        <v>537</v>
+      </c>
+      <c r="S10" s="19" t="s">
+        <v>538</v>
       </c>
       <c r="T10" s="5" t="s">
-        <v>523</v>
+        <v>539</v>
       </c>
       <c r="U10" s="5" t="s">
-        <v>524</v>
+        <v>540</v>
       </c>
       <c r="V10" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="W10" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="X10" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="Y10" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="Z10" s="5" t="s">
         <v>536</v>
       </c>
-      <c r="W10" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AA10" s="5" t="s">
-        <v>495</v>
+        <v>545</v>
       </c>
       <c r="AB10" s="5" t="s">
-        <v>502</v>
+        <v>546</v>
       </c>
       <c r="AC10" s="5" t="s">
-        <v>497</v>
+        <v>547</v>
       </c>
       <c r="AD10" s="5" t="s">
-        <v>498</v>
+        <v>542</v>
       </c>
       <c r="AE10" s="5" t="s">
-        <v>529</v>
+        <v>548</v>
       </c>
       <c r="AF10" s="5" t="s">
-        <v>527</v>
+        <v>549</v>
       </c>
       <c r="AG10" s="5" t="s">
-        <v>503</v>
+        <v>550</v>
       </c>
       <c r="AH10" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="AI10" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="AJ10" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="AK10" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="AL10" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="AM10" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="AN10" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="AO10" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="AP10" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="AQ10" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="AR10" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="AS10" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="AT10" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="AU10" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="AV10" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="AW10" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="AX10" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="AY10" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="AZ10" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="BA10" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="BB10" s="19" t="s">
+        <v>566</v>
+      </c>
+      <c r="BC10" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="AI10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="AK10" s="5" t="s">
+      <c r="BD10" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="AL10" s="5" t="s">
-[...41 lines deleted...]
-      <c r="AZ10" s="5" t="s">
+      <c r="BE10" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="BF10" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="BG10" s="5" t="s">
         <v>546</v>
       </c>
-      <c r="BA10" s="5" t="s">
-[...11 lines deleted...]
-      <c r="BE10" s="5" t="s">
+      <c r="BH10" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="BI10" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="BJ10" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="BK10" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="BL10" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="BM10" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="BN10" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="BO10" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="BP10" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="BQ10" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="BR10" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="BS10" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="BT10" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="BU10" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="BV10" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="BW10" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="BX10" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="BY10" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="BZ10" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="CA10" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="CB10" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="CC10" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="CD10" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="CE10" s="22"/>
+    </row>
+    <row r="11" spans="2:83" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="8" t="s">
+        <v>590</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="F11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="I11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="J11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="K11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="L11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="M11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="N11" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="O11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="P11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="Q11" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="R11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="S11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="T11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="U11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="V11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="W11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="X11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="Y11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="Z11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AA11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AC11" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="AD11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AE11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AF11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AG11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AH11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AI11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AJ11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AK11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AL11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AM11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AN11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AO11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AP11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AQ11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AR11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AS11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AT11" s="21" t="s">
+        <v>592</v>
+      </c>
+      <c r="AU11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AV11" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="AW11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AX11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AY11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="AZ11" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="BA11" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="BB11" s="18" t="s">
+        <v>594</v>
+      </c>
+      <c r="BC11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BD11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BE11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BF11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BG11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BH11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BI11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BJ11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BK11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BL11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BM11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BN11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BO11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BP11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BQ11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BR11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BS11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BT11" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="BU11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BV11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BW11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BX11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BY11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="BZ11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="CA11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="CB11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="CC11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="CD11" s="20" t="s">
+        <v>592</v>
+      </c>
+      <c r="CE11" s="22"/>
+    </row>
+    <row r="12" spans="2:83" x14ac:dyDescent="0.25">
+      <c r="B12" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="E12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="F12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="G12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="H12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="I12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="J12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="K12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="L12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="M12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="N12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="O12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="P12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="Q12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="R12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="S12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="T12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="U12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="V12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="W12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="X12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="Y12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="Z12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AA12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AB12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AC12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AD12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AE12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AF12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AG12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AH12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AI12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AJ12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AK12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AL12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AM12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AN12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AO12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AP12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AQ12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AR12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AS12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AT12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AU12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AV12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AW12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AX12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AY12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="AZ12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BA12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BB12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BC12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BD12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BE12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BF12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BG12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BH12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BI12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BJ12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BK12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BL12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BM12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BN12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BO12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BP12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BQ12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BR12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BS12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BT12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BU12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BV12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BW12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BX12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BY12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="BZ12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="CA12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="CB12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="CC12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="CD12" s="11" t="s">
+        <v>598</v>
+      </c>
+      <c r="CE12" s="3" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="13" spans="2:83" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="4" t="s">
         <v>600</v>
       </c>
-      <c r="BF10" s="5" t="s">
-[...75 lines deleted...]
-        <v>526</v>
+      <c r="C13" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="E13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="F13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="G13" s="12">
+        <v>0</v>
+      </c>
+      <c r="H13" s="12">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="I13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="J13" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="K13" s="12">
+        <v>0.25</v>
+      </c>
+      <c r="L13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="M13" s="12">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="N13" s="12">
+        <v>0</v>
+      </c>
+      <c r="O13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="P13" s="12">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="12">
+        <v>0.01</v>
+      </c>
+      <c r="R13" s="12">
+        <v>0.03</v>
+      </c>
+      <c r="S13" s="12">
+        <v>0</v>
+      </c>
+      <c r="T13" s="12">
+        <v>0</v>
+      </c>
+      <c r="U13" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="V13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="W13" s="12">
+        <v>0</v>
+      </c>
+      <c r="X13" s="12">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="Y13" s="12">
+        <v>0</v>
+      </c>
+      <c r="Z13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="AA13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AB13" s="12">
+        <v>0.01</v>
+      </c>
+      <c r="AC13" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="AD13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AE13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AF13" s="12">
+        <v>0.45</v>
+      </c>
+      <c r="AG13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AH13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AI13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AJ13" s="12">
+        <v>0.01</v>
+      </c>
+      <c r="AK13" s="12">
+        <v>0.03</v>
+      </c>
+      <c r="AL13" s="12">
+        <v>0.03</v>
+      </c>
+      <c r="AM13" s="12">
+        <v>0.02</v>
+      </c>
+      <c r="AN13" s="12">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="AO13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="AP13" s="12">
+        <v>0.35</v>
+      </c>
+      <c r="AQ13" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="AR13" s="12">
+        <v>0.03</v>
+      </c>
+      <c r="AS13" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="AT13" s="12">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AU13" s="12">
+        <v>0.3</v>
+      </c>
+      <c r="AV13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AW13" s="12">
+        <v>0</v>
+      </c>
+      <c r="AX13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="AY13" s="12">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="AZ13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="BA13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BB13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BC13" s="12">
+        <v>0.02</v>
+      </c>
+      <c r="BD13" s="12">
+        <v>0.2</v>
+      </c>
+      <c r="BE13" s="12">
+        <v>0.45</v>
+      </c>
+      <c r="BF13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BG13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BH13" s="12">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="BI13" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="BJ13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BK13" s="12">
+        <v>0.5</v>
+      </c>
+      <c r="BL13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BM13" s="12">
+        <v>0.03</v>
+      </c>
+      <c r="BN13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BO13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="BP13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BQ13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="BR13" s="12">
+        <v>0.26</v>
+      </c>
+      <c r="BS13" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="BT13" s="12">
+        <v>3.1E-2</v>
+      </c>
+      <c r="BU13" s="12">
+        <v>0</v>
+      </c>
+      <c r="BV13" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="BW13" s="12">
+        <v>0.01</v>
+      </c>
+      <c r="BX13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="BY13" s="12">
+        <v>0.3</v>
+      </c>
+      <c r="BZ13" s="12">
+        <v>0.05</v>
+      </c>
+      <c r="CA13" s="12">
+        <v>0.15</v>
+      </c>
+      <c r="CB13" s="12">
+        <v>0</v>
+      </c>
+      <c r="CC13" s="12">
+        <v>0.15</v>
+      </c>
+      <c r="CD13" s="12">
+        <v>0.05</v>
       </c>
     </row>
-    <row r="11" spans="2:84" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...740 lines deleted...]
-    <row r="14" spans="2:84" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:83" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="4"/>
       <c r="C14" s="5" t="s">
-        <v>549</v>
+        <v>602</v>
       </c>
       <c r="D14" s="5"/>
       <c r="E14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="I14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="J14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="K14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="L14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="M14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="N14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="O14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="P14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="Q14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="R14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="S14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="T14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="U14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="V14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="W14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="X14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="Y14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="Z14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="AA14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AB14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="AC14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="AD14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AE14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="AF14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AG14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AH14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AI14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="AJ14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AK14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AL14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AM14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AN14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AO14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AP14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AQ14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AR14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AS14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AT14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AU14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AV14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AW14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AX14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="AY14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="AZ14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="BA14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BB14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BC14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="BD14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="BE14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BF14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BG14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="BH14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BI14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BJ14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BK14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BL14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BM14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="BN14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BO14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BP14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BQ14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BR14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BS14" s="9" t="s">
-        <v>453</v>
+        <v>481</v>
       </c>
       <c r="BT14" s="9" t="s">
-        <v>452</v>
+        <v>480</v>
       </c>
       <c r="BU14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BV14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="BW14" s="9" t="s">
-        <v>453</v>
+        <v>481</v>
       </c>
       <c r="BX14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="BY14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="BZ14" s="9" t="s">
-        <v>452</v>
+        <v>480</v>
       </c>
       <c r="CA14" s="9" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="CB14" s="9" t="s">
-        <v>453</v>
+        <v>481</v>
       </c>
       <c r="CC14" s="9" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="CD14" s="9" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>480</v>
       </c>
     </row>
-    <row r="15" spans="2:84" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
-        <v>70</v>
+        <v>603</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>71</v>
+        <v>604</v>
       </c>
       <c r="D15" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="E15" s="13">
+        <v>200</v>
+      </c>
+      <c r="F15" s="13">
+        <v>85</v>
+      </c>
+      <c r="G15" s="13">
+        <v>150</v>
+      </c>
+      <c r="H15" s="13">
+        <v>232.33</v>
+      </c>
+      <c r="I15" s="13">
+        <v>137.03</v>
+      </c>
+      <c r="J15" s="13">
+        <v>921.8</v>
+      </c>
+      <c r="K15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="L15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="M15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="N15" s="13">
         <v>0</v>
       </c>
-      <c r="E15" s="14">
+      <c r="O15" s="13">
+        <v>90</v>
+      </c>
+      <c r="P15" s="13">
+        <v>105</v>
+      </c>
+      <c r="Q15" s="13">
+        <v>225</v>
+      </c>
+      <c r="R15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="S15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="T15" s="13">
+        <v>0</v>
+      </c>
+      <c r="U15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="V15" s="13">
+        <v>120</v>
+      </c>
+      <c r="W15" s="13">
+        <v>0</v>
+      </c>
+      <c r="X15" s="13">
+        <v>175</v>
+      </c>
+      <c r="Y15" s="13">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AA15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AB15" s="13">
+        <v>325</v>
+      </c>
+      <c r="AC15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AD15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AE15" s="13">
+        <v>75</v>
+      </c>
+      <c r="AF15" s="13">
+        <v>50</v>
+      </c>
+      <c r="AG15" s="13">
+        <v>125</v>
+      </c>
+      <c r="AH15" s="13">
+        <v>150</v>
+      </c>
+      <c r="AI15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AJ15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AK15" s="13">
+        <v>250</v>
+      </c>
+      <c r="AL15" s="13">
+        <v>90</v>
+      </c>
+      <c r="AM15" s="13">
+        <v>195</v>
+      </c>
+      <c r="AN15" s="13">
+        <v>150</v>
+      </c>
+      <c r="AO15" s="13">
+        <v>95</v>
+      </c>
+      <c r="AP15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AQ15" s="13">
+        <v>150</v>
+      </c>
+      <c r="AR15" s="13">
+        <v>100</v>
+      </c>
+      <c r="AS15" s="13">
         <v>200</v>
       </c>
-      <c r="F15" s="14">
+      <c r="AT15" s="13">
+        <v>250</v>
+      </c>
+      <c r="AU15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AV15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AW15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AX15" s="13">
+        <v>75</v>
+      </c>
+      <c r="AY15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AZ15" s="13">
+        <v>240</v>
+      </c>
+      <c r="BA15" s="13">
+        <v>425</v>
+      </c>
+      <c r="BB15" s="13">
+        <v>0</v>
+      </c>
+      <c r="BC15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BD15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BE15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BF15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BG15" s="13">
+        <v>250</v>
+      </c>
+      <c r="BH15" s="13">
+        <v>139.69999999999999</v>
+      </c>
+      <c r="BI15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BJ15" s="13">
+        <v>500</v>
+      </c>
+      <c r="BK15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BL15" s="13">
+        <v>0</v>
+      </c>
+      <c r="BM15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BN15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BO15" s="13">
         <v>85</v>
       </c>
-      <c r="G15" s="14">
+      <c r="BP15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BQ15" s="13">
+        <v>175</v>
+      </c>
+      <c r="BR15" s="13">
+        <v>200</v>
+      </c>
+      <c r="BS15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BT15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BU15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BV15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BW15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="BX15" s="13">
         <v>150</v>
       </c>
-      <c r="H15" s="14">
-[...17 lines deleted...]
-      <c r="N15" s="14">
+      <c r="BY15" s="13">
+        <v>275</v>
+      </c>
+      <c r="BZ15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="CA15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="CB15" s="13">
         <v>0</v>
       </c>
-      <c r="O15" s="14">
-[...50 lines deleted...]
-      <c r="AF15" s="14">
+      <c r="CC15" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="CD15" s="13">
         <v>50</v>
       </c>
-      <c r="AG15" s="14">
-[...151 lines deleted...]
-      </c>
     </row>
-    <row r="16" spans="2:84" x14ac:dyDescent="0.25">
-[...244 lines deleted...]
-        <v>0</v>
+    <row r="16" spans="2:83" x14ac:dyDescent="0.25">
+      <c r="B16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="E16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="F16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="H16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="J16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="K16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="L16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="M16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="N16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="O16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="P16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="Q16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="R16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="S16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="T16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="U16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="V16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="W16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="X16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="Y16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="Z16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AA16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AB16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AC16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AD16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AE16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AF16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AG16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AH16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AI16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AJ16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AK16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AL16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AM16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AN16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AO16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AP16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AQ16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AR16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AS16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AT16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AU16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AV16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AW16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AX16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AY16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="AZ16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BA16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BB16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BC16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BD16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BE16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BF16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BG16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BH16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BI16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BJ16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BK16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BL16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BM16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BN16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BO16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BP16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BQ16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BR16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BS16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BT16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BU16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BV16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BW16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BX16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BY16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="BZ16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="CA16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="CB16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="CC16" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="CD16" s="14" t="s">
+        <v>599</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:CE16">
-    <sortCondition ref="E2:CE2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:CD16">
+    <sortCondition ref="E2:CD2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F11" r:id="rId1" xr:uid="{D8CA2B3C-BDB6-472F-B30E-FE64EAEC3FEB}"/>
     <hyperlink ref="G11" r:id="rId2" xr:uid="{AA332855-9F9E-4F1B-A8E8-CF62F774328B}"/>
     <hyperlink ref="I11" r:id="rId3" xr:uid="{A0161239-73CC-460B-93DA-7A6659BF44FD}"/>
     <hyperlink ref="J11" r:id="rId4" xr:uid="{47013FE8-AEF3-4917-B9F6-936CE210B4B9}"/>
     <hyperlink ref="K11" r:id="rId5" xr:uid="{4E621C18-E3D0-4BE9-9450-6AD562ECD4AE}"/>
     <hyperlink ref="L11" r:id="rId6" xr:uid="{C5301A55-D98F-41EB-B99A-15CCF66A1DEF}"/>
     <hyperlink ref="M11" r:id="rId7" xr:uid="{8DBBC754-8FE0-4F98-9ECB-FF66B2E473F0}"/>
     <hyperlink ref="O11" r:id="rId8" xr:uid="{55A45B20-277B-4881-A990-8C453B258F37}"/>
     <hyperlink ref="P11" r:id="rId9" xr:uid="{F11BA033-176A-4ED7-A540-EB43073DA507}"/>
     <hyperlink ref="R11" r:id="rId10" xr:uid="{7E23D382-9A5D-4961-BC64-F8759B4AB573}"/>
     <hyperlink ref="S11" r:id="rId11" xr:uid="{20BFD754-5A86-4176-997F-E2BD2C721BFE}"/>
     <hyperlink ref="T11" r:id="rId12" xr:uid="{3C7C9838-4176-435C-B698-BF0368E44C62}"/>
     <hyperlink ref="U11" r:id="rId13" xr:uid="{FC4EAE80-EBA2-471D-BCC5-BDFD67A83619}"/>
     <hyperlink ref="V11" r:id="rId14" xr:uid="{E27D4F05-7714-4793-A943-A1466148915E}"/>
     <hyperlink ref="X11" r:id="rId15" xr:uid="{6A339F7B-A6EA-4089-BA23-F63EF9589142}"/>
     <hyperlink ref="Y11" r:id="rId16" xr:uid="{F4F2CDDD-2397-4BFB-A40E-BE79E4782F99}"/>
     <hyperlink ref="Z11" r:id="rId17" xr:uid="{793A149E-4390-4484-9E07-DB8954278DC0}"/>
     <hyperlink ref="AA11" r:id="rId18" xr:uid="{F57F5F6D-7259-41B9-9162-1D5B674B2C69}"/>
     <hyperlink ref="AB11" r:id="rId19" xr:uid="{79661275-4993-4506-8895-5F45AE810FFB}"/>
     <hyperlink ref="AD11" r:id="rId20" xr:uid="{282B4AB9-76A4-4A22-B2D9-305D0E856DEB}"/>
     <hyperlink ref="AE11" r:id="rId21" xr:uid="{2D75B75C-A173-4847-9B1E-9FE31D6A8BB6}"/>
     <hyperlink ref="AF11" r:id="rId22" xr:uid="{88B774BF-1938-44F7-9453-31FD922262DC}"/>
     <hyperlink ref="AG11" r:id="rId23" xr:uid="{8A0865C3-09AF-4BFF-A6A8-AEB458CBF4BF}"/>
@@ -6383,94 +6386,103 @@
     <hyperlink ref="AL11" r:id="rId28" xr:uid="{5D80D815-613A-4925-916A-8BD87CCB9230}"/>
     <hyperlink ref="AM11" r:id="rId29" xr:uid="{C79404F6-7041-4A37-920B-7BB60ADD5641}"/>
     <hyperlink ref="AN11" r:id="rId30" xr:uid="{1CDA928B-C2A0-43E7-B350-388B741EE5AF}"/>
     <hyperlink ref="AO11" r:id="rId31" xr:uid="{781A7D57-C44E-4ECA-B731-826FFDF3F240}"/>
     <hyperlink ref="AP11" r:id="rId32" xr:uid="{390BF094-24B0-4445-95D6-6153791688CF}"/>
     <hyperlink ref="AQ11" r:id="rId33" xr:uid="{57D62A86-47CC-4AC7-9D7A-FDE8E4DC29D8}"/>
     <hyperlink ref="AR11" r:id="rId34" xr:uid="{64BB5B85-D1F3-45E6-9E7D-4F70FE3A5721}"/>
     <hyperlink ref="AS11" r:id="rId35" xr:uid="{25CC13B3-3AA4-4683-98CC-EA99DAF5A76A}"/>
     <hyperlink ref="AU11" r:id="rId36" xr:uid="{837C13B3-4B17-4EA0-A6AD-39B08C100C1D}"/>
     <hyperlink ref="AW11" r:id="rId37" xr:uid="{86AF1B7D-A663-4B14-94D6-231167FA9A38}"/>
     <hyperlink ref="AX11" r:id="rId38" xr:uid="{6B8A5C89-352B-44AA-B66A-5C98F4A76B6D}"/>
     <hyperlink ref="AY11" r:id="rId39" xr:uid="{9BEB87D8-C642-4A58-BC38-C7CCFF2E17DC}"/>
     <hyperlink ref="BC11" r:id="rId40" xr:uid="{53AEDC19-9F5A-476A-BD58-E4A381C1FA57}"/>
     <hyperlink ref="BD11" r:id="rId41" xr:uid="{9045EF91-472A-4133-8070-3C21D0433B7C}"/>
     <hyperlink ref="BE11" r:id="rId42" xr:uid="{B6B0C9BF-D944-4132-9B1E-A1FF3B819D88}"/>
     <hyperlink ref="BF11" r:id="rId43" xr:uid="{453A012D-1ED3-4849-8C01-15F2902D5DFD}"/>
     <hyperlink ref="BG11" r:id="rId44" xr:uid="{E445ABE1-538C-45C9-803B-C40D1FCAD662}"/>
     <hyperlink ref="BH11" r:id="rId45" xr:uid="{D657E830-32D9-4CFF-9776-8099457A608A}"/>
     <hyperlink ref="BI11" r:id="rId46" xr:uid="{D304AC45-3A37-4948-B7C7-0B049CF0DA0C}"/>
     <hyperlink ref="BJ11" r:id="rId47" xr:uid="{58C9FE30-9A34-4B16-9B95-F869C7B86F93}"/>
     <hyperlink ref="BK11" r:id="rId48" xr:uid="{14330991-D9D6-4307-8462-95FD8C32825B}"/>
     <hyperlink ref="BL11" r:id="rId49" xr:uid="{708286A8-F9C5-4B92-AAA3-ABA5BA7712B7}"/>
     <hyperlink ref="BM11" r:id="rId50" xr:uid="{EC22CC6D-12DF-48AF-B0B2-0296C74914A3}"/>
     <hyperlink ref="BN11" r:id="rId51" xr:uid="{6950929E-728E-4525-85A4-59367DAA89F6}"/>
     <hyperlink ref="BO11" r:id="rId52" xr:uid="{E71F29AF-BF6C-498F-B029-15BD7D057986}"/>
-    <hyperlink ref="BP11" r:id="rId53" xr:uid="{000EDB24-61F7-454D-8673-F9F12EFFBEF9}"/>
-[...15 lines deleted...]
-    <hyperlink ref="CB11" r:id="rId69" xr:uid="{694CBB02-D88C-441E-915E-71800F18FD7C}"/>
+    <hyperlink ref="BP11" r:id="rId53" xr:uid="{97742D89-627A-40DD-809B-72F264A6CBB7}"/>
+    <hyperlink ref="BQ11" r:id="rId54" xr:uid="{3E087026-2F4A-4BC1-A671-6B75DA2174A8}"/>
+    <hyperlink ref="BR11" r:id="rId55" xr:uid="{E60D0EC8-8B18-40CE-B37B-208BF96F10DF}"/>
+    <hyperlink ref="BS11" r:id="rId56" xr:uid="{A96E4032-3EFC-4B2D-AF2E-2D18568E4862}"/>
+    <hyperlink ref="BU11" r:id="rId57" xr:uid="{66968629-771F-41C2-9945-471876DBBE51}"/>
+    <hyperlink ref="BV11" r:id="rId58" xr:uid="{F2EC1498-9301-4D82-8884-941470C11B0A}"/>
+    <hyperlink ref="BW11" r:id="rId59" xr:uid="{830CA944-8B1A-4B01-9D92-A21279667EA5}"/>
+    <hyperlink ref="BX11" r:id="rId60" xr:uid="{96892D6A-E669-4608-9FBA-01FD48303553}"/>
+    <hyperlink ref="BY11" r:id="rId61" xr:uid="{64B4724C-57A7-4FA9-8AB1-D916362C60A0}"/>
+    <hyperlink ref="BZ11" r:id="rId62" xr:uid="{7C84455C-565C-4077-B593-1F79A6F00672}"/>
+    <hyperlink ref="CB11" r:id="rId63" xr:uid="{461267BF-4758-4C03-8610-6A9D511D4E0B}"/>
+    <hyperlink ref="CC11" r:id="rId64" xr:uid="{A5980A28-9279-46B8-8391-B68EDE3CEDC8}"/>
+    <hyperlink ref="CD11" r:id="rId65" xr:uid="{8B6E5078-B26B-4FE6-AC77-95F2C1AD8F98}"/>
+    <hyperlink ref="AT11" r:id="rId66" xr:uid="{7755D28A-6952-46C2-BE76-177948422111}"/>
+    <hyperlink ref="W11" r:id="rId67" xr:uid="{F98C1673-A6AE-48BD-BADD-01758CCA9983}"/>
+    <hyperlink ref="CA11" r:id="rId68" xr:uid="{694CBB02-D88C-441E-915E-71800F18FD7C}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId70"/>
+  <pageSetup orientation="landscape" r:id="rId69"/>
   <headerFooter>
     <oddFooter>&amp;R25-7511 - Page &amp;P</oddFooter>
   </headerFooter>
-  <drawing r:id="rId71"/>
+  <drawing r:id="rId70"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Lines</vt:lpstr>
       <vt:lpstr>Lines!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Andrea Amiri</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>