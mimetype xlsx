--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2025\25-7511 Technology, Hardware, Software, Services and Related (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{140EB20E-BC3B-41A1-A6DC-F2350EE2E825}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{418BF0A2-4320-409E-90A4-D90CB2513F86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1082" uniqueCount="611">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1084" uniqueCount="613">
   <si>
     <t>*updated 5/13/25, 7/14/25</t>
   </si>
   <si>
     <t>*updated 2/10/25, 10/1/25</t>
   </si>
   <si>
     <t>*updated 10/30/25</t>
   </si>
   <si>
     <t>*updated 12/8/25</t>
   </si>
   <si>
     <t>*updated 5/5/25</t>
   </si>
   <si>
     <t>*updated 3/6/2025, 4/22/25, 8/12/25</t>
   </si>
   <si>
     <t>*updated 4/29/25</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
@@ -250,53 +250,50 @@
     <t>SDLC Advisors (Office Support Professionals, LLC)</t>
   </si>
   <si>
     <t>Seesaw Learning, Inc. (Seesaw)</t>
   </si>
   <si>
     <t>SHI Government Solutions</t>
   </si>
   <si>
     <t>Silicon Mountain Memory (WTK, LLC)</t>
   </si>
   <si>
     <t>SLP Toolkit LLC</t>
   </si>
   <si>
     <t>Software Information Resource</t>
   </si>
   <si>
     <t>Square Technology (David Frisbie)</t>
   </si>
   <si>
     <t>SRB Consulting &amp; Design LLC (SRB Pro)</t>
   </si>
   <si>
     <t>SWYE360 Learning</t>
-  </si>
-[...1 lines deleted...]
-    <t>SYSTEM INTEGRATIONS (MJAMLP, Inc)</t>
   </si>
   <si>
     <t>Tek84 Inc.</t>
   </si>
   <si>
     <t>The Cable Source (The Cable Source Ltd.Co.)</t>
   </si>
   <si>
     <t>The Library Corporation</t>
   </si>
   <si>
     <t>The Rosen Publishing Group, Inc. (Rosen Classroom OR Rosen Digital OR PowerKids Press OR Jackdaw Publications OR Norwood House Press)</t>
   </si>
   <si>
     <t>Tools For Schools Inc.</t>
   </si>
   <si>
     <t>Trafera LLC (Trafera Holdings, LLC)</t>
   </si>
   <si>
     <t>Troxell Web Design, LLC (Jeremy Troxell)</t>
   </si>
   <si>
     <t>V3 Cybersecurity, Inc.</t>
   </si>
@@ -1914,50 +1911,75 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Procare Software, LLC (Genesis Acquisition Co)</t>
     </r>
   </si>
   <si>
     <t>*updated 2/13/2026</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">PO Box 117548  Atlanta, GA 30368 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t>1125 17th Street Ste. 1800 Denver, CO 80202</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 3/6/26</t>
+  </si>
+  <si>
+    <t>*updated 3/30/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">SYSTEM INTEGRATIONS (MJAMLP, Inc) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Jericho - Technology for the Gospel</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -2594,128 +2616,133 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Global%20Cellutions.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/EKHP%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rockytech.xlsx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SHI%20Government.xlsx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Work%20On%20Learning.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Vivacity%20Tech.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/B%26H%20Foto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/ADA%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Conterra%20Ultra.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/JMT%20Associates.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/CDW.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Finalsite.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Mvation.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Pixton%20Comics.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/PSNI.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SDLC%20Advisors.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SWYE360.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tools%20for%20Schools.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Onward%20Learning.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Audio%20Resource%20Group.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/V3%20Cybersecurity.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Cyber%20Watch.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Citygovapp.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/EP%20Technology%20Group.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Howard%20Technology.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Lakeshore%20IT%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/OneScreen.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rosetta%20Stone.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Silicon%20Mountain.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/The%20Cable%20Source.xlsx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/YuJa%20Inc.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/BMS%20Digital%20Tech.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Square%20Technology.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Aetos%20LLC.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/ChildPlus%20Software.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Coquina.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/GameSalad.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Net-Tech%20Consulting.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Plan%20B.xlsx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Seesaw%20Learning.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Trafera.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/CompanyMileage.com%20LLC.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/eDynamic.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rank%20One.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/System%20Integrations.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/vCloud%20Tech.xlsx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Access%20Communications%20Group.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Aztec%20Software.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Complete%20Office%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Exploros.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Info-Solutions.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Otter%20Graphics.xls" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SLP%20Toolkit.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/The%20Rosen%20Publishing%20Group.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Camcor.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/M%26A%20Technology.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/School%20Technology%20Associates.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SRB%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Troxell.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/ZARCO%20Electronic%20Supply%20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Audio%20Enhancement.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Buildtech%20Automation.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Chromebookparts.com.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Cut%20Time.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/PolicyMap.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/New%20in%20Blue.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Software%20Information%20Resource.xlsx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tek84.xlsxwww.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tek84.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Howard%20Technology.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/EP%20Technology%20Group.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rosetta%20Stone.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Silicon%20Mountain.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/YuJa%20Inc.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Conterra%20Ultra.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/B%26H%20Foto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/ADA%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Coquina.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Lakeshore%20IT%20Solutions.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/CDW.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/GameSalad.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Net-Tech%20Consulting.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Plan%20B.xlsx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rank%20One.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Seesaw%20Learning.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/System%20Integrations.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Trafera.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/CompanyMileage.com%20LLC.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Audio%20Resource%20Group.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/vCloud%20Tech.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/eDynamic.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Citygovapp.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Exploros.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Info-Solutions.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/M%26A%20Technology.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Otter%20Graphics.xls" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/School%20Technology%20Associates.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SLP%20Toolkit.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/The%20Rosen%20Publishing%20Group.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/ZARCO%20Electronic%20Supply%20.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/BMS%20Digital%20Tech.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SRB%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Aetos%20LLC.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/ChildPlus%20Software.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Cut%20Time.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Global%20Cellutions.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/New%20in%20Blue.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/PolicyMap.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SHI%20Government.xlsx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Troxell.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Vivacity%20Tech.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/EKHP%20Consulting.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Rockytech.xlsx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/var/www/html/www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tek84.xlsxwww.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tek84.xlsx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Work%20On%20Learning.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Access%20Communications%20Group.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Aztec%20Software.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Complete%20Office%20Technologies.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Finalsite.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/JMT%20Associates.xlsx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Pixton%20Comics.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Software%20Information%20Resource.xlsx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Tools%20for%20Schools.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Camcor.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Mvation.xlsx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SDLC%20Advisors.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/SWYE360.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/V3%20Cybersecurity.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Onward%20Learning.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Audio%20Enhancement.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Buildtech%20Automation.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Chromebookparts.com.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Cyber%20Watch.xlsx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/PSNI.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/OneScreen.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/Square%20Technology.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/25-7511/The%20Cable%20Source.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:CE16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="4.5703125" style="1" customWidth="1"/>
     <col min="5" max="82" width="30.7109375" style="1" customWidth="1"/>
     <col min="83" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:83" ht="75" x14ac:dyDescent="0.25">
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="H1" s="16" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="J1" s="17"/>
       <c r="L1" s="17"/>
       <c r="N1" s="17"/>
       <c r="O1" s="17"/>
       <c r="S1" s="17"/>
       <c r="T1" s="23" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="U1" s="22"/>
       <c r="V1" s="17"/>
       <c r="W1" s="16"/>
+      <c r="Y1" s="1" t="s">
+        <v>610</v>
+      </c>
       <c r="Z1" s="17"/>
       <c r="AC1" s="17"/>
       <c r="AE1" s="17"/>
       <c r="AF1" s="17"/>
       <c r="AH1" s="17" t="s">
         <v>0</v>
       </c>
       <c r="AJ1" s="17"/>
       <c r="AK1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="AO1" s="16"/>
       <c r="AP1" s="16"/>
       <c r="AQ1" s="17"/>
       <c r="AR1" s="16"/>
       <c r="AT1" s="17"/>
       <c r="AV1" s="16"/>
       <c r="AX1" s="17"/>
       <c r="AZ1" s="17" t="s">
         <v>2</v>
       </c>
       <c r="BA1" s="17" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="BB1" s="17"/>
       <c r="BC1" s="17"/>
       <c r="BD1" s="22"/>
       <c r="BE1" s="16"/>
       <c r="BF1" s="16"/>
       <c r="BG1" s="16"/>
       <c r="BJ1" s="17"/>
       <c r="BL1" s="17"/>
       <c r="BO1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="BP1" s="17"/>
-      <c r="BQ1" s="17"/>
+      <c r="BQ1" s="17" t="s">
+        <v>611</v>
+      </c>
       <c r="BR1" s="16"/>
       <c r="BS1" s="16"/>
       <c r="BY1" s="16" t="s">
         <v>4</v>
       </c>
       <c r="CA1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="CC1" s="17"/>
       <c r="CD1" s="16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="2:83" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="B2" s="22"/>
       <c r="C2" s="22"/>
       <c r="D2" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>8</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>9</v>
       </c>
@@ -2737,51 +2764,51 @@
       <c r="L2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="M2" s="18" t="s">
         <v>16</v>
       </c>
       <c r="N2" s="18" t="s">
         <v>17</v>
       </c>
       <c r="O2" s="18" t="s">
         <v>18</v>
       </c>
       <c r="P2" s="18" t="s">
         <v>19</v>
       </c>
       <c r="Q2" s="18" t="s">
         <v>20</v>
       </c>
       <c r="R2" s="18" t="s">
         <v>21</v>
       </c>
       <c r="S2" s="18" t="s">
         <v>22</v>
       </c>
       <c r="T2" s="18" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="U2" s="18" t="s">
         <v>23</v>
       </c>
       <c r="V2" s="18" t="s">
         <v>24</v>
       </c>
       <c r="W2" s="18" t="s">
         <v>25</v>
       </c>
       <c r="X2" s="18" t="s">
         <v>26</v>
       </c>
       <c r="Y2" s="18" t="s">
         <v>27</v>
       </c>
       <c r="Z2" s="18" t="s">
         <v>28</v>
       </c>
       <c r="AA2" s="18" t="s">
         <v>29</v>
       </c>
       <c r="AB2" s="18" t="s">
         <v>30</v>
       </c>
@@ -2884,2528 +2911,2528 @@
       <c r="BI2" s="18" t="s">
         <v>63</v>
       </c>
       <c r="BJ2" s="18" t="s">
         <v>64</v>
       </c>
       <c r="BK2" s="18" t="s">
         <v>65</v>
       </c>
       <c r="BL2" s="18" t="s">
         <v>66</v>
       </c>
       <c r="BM2" s="18" t="s">
         <v>67</v>
       </c>
       <c r="BN2" s="18" t="s">
         <v>68</v>
       </c>
       <c r="BO2" s="18" t="s">
         <v>69</v>
       </c>
       <c r="BP2" s="18" t="s">
         <v>70</v>
       </c>
       <c r="BQ2" s="18" t="s">
+        <v>612</v>
+      </c>
+      <c r="BR2" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="BR2" s="18" t="s">
+      <c r="BS2" s="18" t="s">
         <v>72</v>
       </c>
-      <c r="BS2" s="18" t="s">
+      <c r="BT2" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="BT2" s="18" t="s">
+      <c r="BU2" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="BU2" s="18" t="s">
+      <c r="BV2" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="BV2" s="18" t="s">
+      <c r="BW2" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="BW2" s="18" t="s">
+      <c r="BX2" s="18" t="s">
         <v>77</v>
       </c>
-      <c r="BX2" s="18" t="s">
+      <c r="BY2" s="18" t="s">
         <v>78</v>
       </c>
-      <c r="BY2" s="18" t="s">
+      <c r="BZ2" s="18" t="s">
         <v>79</v>
       </c>
-      <c r="BZ2" s="18" t="s">
+      <c r="CA2" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="CA2" s="18" t="s">
+      <c r="CB2" s="18" t="s">
         <v>81</v>
       </c>
-      <c r="CB2" s="18" t="s">
+      <c r="CC2" s="18" t="s">
         <v>82</v>
       </c>
-      <c r="CC2" s="18" t="s">
+      <c r="CD2" s="18" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="CE2" s="22"/>
     </row>
     <row r="3" spans="2:83" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="F3" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="G3" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="G3" s="5" t="s">
+      <c r="H3" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="L3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="M3" s="5" t="s">
+      <c r="N3" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="N3" s="5" t="s">
+      <c r="O3" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="O3" s="5" t="s">
+      <c r="P3" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="P3" s="5" t="s">
+      <c r="Q3" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="Q3" s="5" t="s">
+      <c r="R3" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="R3" s="5" t="s">
+      <c r="S3" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="S3" s="5" t="s">
+      <c r="T3" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="T3" s="5" t="s">
+      <c r="U3" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="U3" s="5" t="s">
+      <c r="V3" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="V3" s="5" t="s">
+      <c r="W3" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="W3" s="5" t="s">
+      <c r="X3" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="X3" s="5" t="s">
+      <c r="Y3" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="Y3" s="5" t="s">
+      <c r="Z3" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="Z3" s="5" t="s">
+      <c r="AA3" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="AA3" s="5" t="s">
+      <c r="AB3" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="AB3" s="5" t="s">
+      <c r="AC3" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="AC3" s="5" t="s">
+      <c r="AD3" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="AD3" s="5" t="s">
+      <c r="AE3" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="AE3" s="5" t="s">
+      <c r="AF3" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="AF3" s="5" t="s">
+      <c r="AG3" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="AG3" s="5" t="s">
+      <c r="AH3" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="AH3" s="5" t="s">
+      <c r="AI3" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="AI3" s="5" t="s">
+      <c r="AJ3" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="AJ3" s="5" t="s">
+      <c r="AK3" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="AK3" s="5" t="s">
+      <c r="AL3" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="AL3" s="5" t="s">
+      <c r="AM3" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="AM3" s="5" t="s">
+      <c r="AN3" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="AN3" s="5" t="s">
+      <c r="AO3" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="AO3" s="5" t="s">
+      <c r="AP3" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="AP3" s="5" t="s">
+      <c r="AQ3" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="AQ3" s="5" t="s">
+      <c r="AR3" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="AR3" s="5" t="s">
+      <c r="AS3" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="AS3" s="5" t="s">
+      <c r="AT3" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="AT3" s="5" t="s">
+      <c r="AU3" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="AU3" s="5" t="s">
+      <c r="AV3" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="AV3" s="5" t="s">
+      <c r="AW3" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="AW3" s="5" t="s">
+      <c r="AX3" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="AX3" s="5" t="s">
+      <c r="AY3" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="AY3" s="5" t="s">
+      <c r="AZ3" s="19" t="s">
         <v>132</v>
       </c>
-      <c r="AZ3" s="19" t="s">
+      <c r="BA3" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="BA3" s="5" t="s">
+      <c r="BB3" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="BB3" s="5" t="s">
+      <c r="BC3" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="BC3" s="5" t="s">
+      <c r="BD3" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="BD3" s="5" t="s">
+      <c r="BE3" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="BE3" s="5" t="s">
+      <c r="BF3" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="BF3" s="5" t="s">
+      <c r="BG3" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="BG3" s="5" t="s">
+      <c r="BH3" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="BH3" s="5" t="s">
+      <c r="BI3" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="BI3" s="5" t="s">
+      <c r="BJ3" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="BJ3" s="5" t="s">
+      <c r="BK3" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="BK3" s="5" t="s">
+      <c r="BL3" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="BL3" s="5" t="s">
+      <c r="BM3" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="BM3" s="5" t="s">
+      <c r="BN3" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="BN3" s="5" t="s">
+      <c r="BO3" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="BO3" s="5" t="s">
+      <c r="BP3" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="BP3" s="5" t="s">
+      <c r="BQ3" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="BQ3" s="5" t="s">
+      <c r="BR3" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="BR3" s="5" t="s">
+      <c r="BS3" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="BS3" s="5" t="s">
+      <c r="BT3" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="BT3" s="5" t="s">
+      <c r="BU3" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="BU3" s="5" t="s">
+      <c r="BV3" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="BV3" s="5" t="s">
+      <c r="BW3" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="BW3" s="5" t="s">
+      <c r="BX3" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="BX3" s="5" t="s">
+      <c r="BY3" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="BY3" s="5" t="s">
+      <c r="BZ3" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="BZ3" s="5" t="s">
+      <c r="CA3" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="CA3" s="5" t="s">
+      <c r="CB3" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="CB3" s="5" t="s">
+      <c r="CC3" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="CC3" s="5" t="s">
+      <c r="CD3" s="5" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="CE3" s="22"/>
     </row>
     <row r="4" spans="2:83" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B4" s="22"/>
       <c r="C4" s="22"/>
       <c r="D4" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="G4" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="G4" s="5" t="s">
+      <c r="H4" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="L4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="M4" s="5" t="s">
+      <c r="N4" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="N4" s="5" t="s">
+      <c r="O4" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="O4" s="5" t="s">
+      <c r="P4" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="P4" s="5" t="s">
+      <c r="Q4" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="Q4" s="5" t="s">
+      <c r="R4" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="R4" s="5" t="s">
+      <c r="S4" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="S4" s="5" t="s">
+      <c r="T4" s="19" t="s">
+        <v>609</v>
+      </c>
+      <c r="U4" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="T4" s="19" t="s">
-[...2 lines deleted...]
-      <c r="U4" s="5" t="s">
+      <c r="V4" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="V4" s="5" t="s">
+      <c r="W4" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="W4" s="5" t="s">
+      <c r="X4" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="X4" s="5" t="s">
+      <c r="Y4" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="Y4" s="5" t="s">
+      <c r="Z4" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="Z4" s="5" t="s">
+      <c r="AA4" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="AA4" s="5" t="s">
+      <c r="AB4" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="AB4" s="5" t="s">
+      <c r="AC4" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="AC4" s="5" t="s">
+      <c r="AD4" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="AD4" s="5" t="s">
+      <c r="AE4" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="AE4" s="5" t="s">
+      <c r="AF4" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="AF4" s="5" t="s">
+      <c r="AG4" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="AG4" s="5" t="s">
+      <c r="AH4" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="AH4" s="5" t="s">
+      <c r="AI4" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="AI4" s="5" t="s">
+      <c r="AJ4" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="AJ4" s="5" t="s">
+      <c r="AK4" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="AK4" s="5" t="s">
+      <c r="AL4" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="AL4" s="5" t="s">
+      <c r="AM4" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="AM4" s="5" t="s">
+      <c r="AN4" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="AN4" s="5" t="s">
+      <c r="AO4" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="AO4" s="5" t="s">
+      <c r="AP4" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="AP4" s="5" t="s">
+      <c r="AQ4" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="AQ4" s="5" t="s">
+      <c r="AR4" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="AR4" s="5" t="s">
+      <c r="AS4" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="AS4" s="5" t="s">
+      <c r="AT4" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="AT4" s="5" t="s">
+      <c r="AU4" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="AU4" s="5" t="s">
+      <c r="AV4" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="AV4" s="5" t="s">
+      <c r="AW4" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="AW4" s="5" t="s">
+      <c r="AX4" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="AX4" s="5" t="s">
+      <c r="AY4" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="AY4" s="5" t="s">
+      <c r="AZ4" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="AZ4" s="5" t="s">
+      <c r="BA4" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="BA4" s="5" t="s">
+      <c r="BB4" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="BB4" s="5" t="s">
+      <c r="BC4" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="BC4" s="5" t="s">
+      <c r="BD4" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="BD4" s="5" t="s">
+      <c r="BE4" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="BE4" s="5" t="s">
+      <c r="BF4" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="BF4" s="5" t="s">
+      <c r="BG4" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="BG4" s="5" t="s">
+      <c r="BH4" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="BH4" s="5" t="s">
+      <c r="BI4" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="BI4" s="5" t="s">
+      <c r="BJ4" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="BJ4" s="5" t="s">
+      <c r="BK4" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="BK4" s="5" t="s">
+      <c r="BL4" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="BL4" s="5" t="s">
+      <c r="BM4" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="BM4" s="5" t="s">
+      <c r="BN4" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="BN4" s="5" t="s">
+      <c r="BO4" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="BO4" s="5" t="s">
+      <c r="BP4" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="BP4" s="5" t="s">
+      <c r="BQ4" s="19" t="s">
         <v>227</v>
       </c>
-      <c r="BQ4" s="5" t="s">
+      <c r="BR4" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="BR4" s="5" t="s">
+      <c r="BS4" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="BS4" s="5" t="s">
+      <c r="BT4" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="BT4" s="5" t="s">
+      <c r="BU4" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="BU4" s="5" t="s">
+      <c r="BV4" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="BV4" s="5" t="s">
+      <c r="BW4" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="BW4" s="5" t="s">
+      <c r="BX4" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="BX4" s="5" t="s">
+      <c r="BY4" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="BY4" s="5" t="s">
+      <c r="BZ4" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="BZ4" s="5" t="s">
+      <c r="CA4" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="CA4" s="5" t="s">
+      <c r="CB4" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="CB4" s="5" t="s">
+      <c r="CC4" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="CC4" s="5" t="s">
+      <c r="CD4" s="5" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="CE4" s="22"/>
     </row>
     <row r="5" spans="2:83" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="B5" s="22"/>
       <c r="C5" s="22"/>
       <c r="D5" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="E5" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="F5" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="G5" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="G5" s="5" t="s">
+      <c r="H5" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="H5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="L5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="M5" s="5" t="s">
+      <c r="N5" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="N5" s="5" t="s">
+      <c r="O5" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="O5" s="5" t="s">
+      <c r="P5" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="P5" s="5" t="s">
+      <c r="Q5" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="Q5" s="5" t="s">
+      <c r="R5" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="R5" s="5" t="s">
+      <c r="S5" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="S5" s="5" t="s">
+      <c r="T5" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="T5" s="5" t="s">
+      <c r="U5" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="U5" s="5" t="s">
+      <c r="V5" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="V5" s="5" t="s">
+      <c r="W5" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="W5" s="5" t="s">
+      <c r="X5" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="X5" s="5" t="s">
+      <c r="Y5" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="Y5" s="5" t="s">
+      <c r="Z5" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="Z5" s="5" t="s">
+      <c r="AA5" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="AA5" s="5" t="s">
+      <c r="AB5" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="AB5" s="5" t="s">
+      <c r="AC5" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="AC5" s="5" t="s">
+      <c r="AD5" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="AD5" s="5" t="s">
+      <c r="AE5" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="AE5" s="5" t="s">
+      <c r="AF5" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="AF5" s="5" t="s">
+      <c r="AG5" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="AG5" s="5" t="s">
+      <c r="AH5" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="AH5" s="5" t="s">
+      <c r="AI5" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="AI5" s="5" t="s">
+      <c r="AJ5" s="5" t="s">
         <v>273</v>
       </c>
-      <c r="AJ5" s="5" t="s">
+      <c r="AK5" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="AK5" s="5" t="s">
+      <c r="AL5" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="AL5" s="5" t="s">
+      <c r="AM5" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="AM5" s="5" t="s">
+      <c r="AN5" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="AN5" s="5" t="s">
+      <c r="AO5" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="AO5" s="5" t="s">
+      <c r="AP5" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="AP5" s="5" t="s">
+      <c r="AQ5" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="AQ5" s="5" t="s">
+      <c r="AR5" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="AR5" s="5" t="s">
+      <c r="AS5" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="AS5" s="5" t="s">
+      <c r="AT5" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="AT5" s="5" t="s">
+      <c r="AU5" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="AU5" s="5" t="s">
+      <c r="AV5" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="AV5" s="5" t="s">
+      <c r="AW5" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="AW5" s="5" t="s">
+      <c r="AX5" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="AX5" s="5" t="s">
+      <c r="AY5" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="AY5" s="5" t="s">
+      <c r="AZ5" s="19" t="s">
         <v>289</v>
       </c>
-      <c r="AZ5" s="19" t="s">
+      <c r="BA5" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="BA5" s="5" t="s">
+      <c r="BB5" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="BB5" s="5" t="s">
+      <c r="BC5" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="BC5" s="5" t="s">
+      <c r="BD5" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="BD5" s="5" t="s">
+      <c r="BE5" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="BE5" s="5" t="s">
+      <c r="BF5" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="BF5" s="5" t="s">
+      <c r="BG5" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="BG5" s="5" t="s">
+      <c r="BH5" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="BH5" s="5" t="s">
+      <c r="BI5" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="BI5" s="5" t="s">
+      <c r="BJ5" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="BJ5" s="5" t="s">
+      <c r="BK5" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="BK5" s="5" t="s">
+      <c r="BL5" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="BL5" s="5" t="s">
+      <c r="BM5" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="BM5" s="5" t="s">
+      <c r="BN5" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="BN5" s="5" t="s">
+      <c r="BO5" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="BO5" s="5" t="s">
+      <c r="BP5" s="5" t="s">
         <v>305</v>
       </c>
-      <c r="BP5" s="5" t="s">
+      <c r="BQ5" s="5" t="s">
         <v>306</v>
       </c>
-      <c r="BQ5" s="5" t="s">
+      <c r="BR5" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="BR5" s="5" t="s">
+      <c r="BS5" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="BS5" s="5" t="s">
+      <c r="BT5" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="BT5" s="5" t="s">
+      <c r="BU5" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="BU5" s="5" t="s">
+      <c r="BV5" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="BV5" s="5" t="s">
+      <c r="BW5" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="BW5" s="5" t="s">
+      <c r="BX5" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="BX5" s="5" t="s">
+      <c r="BY5" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="BY5" s="5" t="s">
+      <c r="BZ5" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="BZ5" s="5" t="s">
+      <c r="CA5" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="CA5" s="5" t="s">
+      <c r="CB5" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="CB5" s="5" t="s">
+      <c r="CC5" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="CC5" s="5" t="s">
+      <c r="CD5" s="5" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="CE5" s="22"/>
     </row>
     <row r="6" spans="2:83" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="B6" s="22"/>
       <c r="C6" s="22"/>
       <c r="D6" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="F6" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="G6" s="5" t="s">
         <v>323</v>
       </c>
-      <c r="G6" s="5" t="s">
+      <c r="H6" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>325</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>326</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>327</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="L6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>329</v>
       </c>
-      <c r="M6" s="5" t="s">
+      <c r="N6" s="5" t="s">
         <v>330</v>
       </c>
-      <c r="N6" s="5" t="s">
+      <c r="O6" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="O6" s="5" t="s">
+      <c r="P6" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="P6" s="5" t="s">
+      <c r="Q6" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="Q6" s="5" t="s">
+      <c r="R6" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="R6" s="5" t="s">
+      <c r="S6" s="5" t="s">
         <v>335</v>
       </c>
-      <c r="S6" s="5" t="s">
+      <c r="T6" s="5" t="s">
         <v>336</v>
       </c>
-      <c r="T6" s="5" t="s">
+      <c r="U6" s="5" t="s">
         <v>337</v>
       </c>
-      <c r="U6" s="5" t="s">
+      <c r="V6" s="5" t="s">
         <v>338</v>
       </c>
-      <c r="V6" s="5" t="s">
+      <c r="W6" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="W6" s="5" t="s">
+      <c r="X6" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="X6" s="5" t="s">
+      <c r="Y6" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="Y6" s="5" t="s">
+      <c r="Z6" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="Z6" s="5" t="s">
+      <c r="AA6" s="5" t="s">
         <v>343</v>
       </c>
-      <c r="AA6" s="5" t="s">
+      <c r="AB6" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="AB6" s="5" t="s">
+      <c r="AC6" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="AC6" s="5" t="s">
+      <c r="AD6" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="AD6" s="5" t="s">
+      <c r="AE6" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="AE6" s="5" t="s">
+      <c r="AF6" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="AF6" s="5" t="s">
+      <c r="AG6" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="AG6" s="5" t="s">
+      <c r="AH6" s="5" t="s">
         <v>350</v>
       </c>
-      <c r="AH6" s="5" t="s">
+      <c r="AI6" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="AI6" s="5" t="s">
+      <c r="AJ6" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="AJ6" s="5" t="s">
+      <c r="AK6" s="5" t="s">
         <v>353</v>
       </c>
-      <c r="AK6" s="5" t="s">
+      <c r="AL6" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="AL6" s="5" t="s">
+      <c r="AM6" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="AM6" s="5" t="s">
+      <c r="AN6" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="AN6" s="5" t="s">
+      <c r="AO6" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="AO6" s="5" t="s">
+      <c r="AP6" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="AP6" s="5" t="s">
+      <c r="AQ6" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="AQ6" s="5" t="s">
+      <c r="AR6" s="5" t="s">
         <v>360</v>
       </c>
-      <c r="AR6" s="5" t="s">
+      <c r="AS6" s="5" t="s">
         <v>361</v>
       </c>
-      <c r="AS6" s="5" t="s">
+      <c r="AT6" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="AT6" s="5" t="s">
+      <c r="AU6" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="AU6" s="5" t="s">
+      <c r="AV6" s="5" t="s">
         <v>364</v>
       </c>
-      <c r="AV6" s="5" t="s">
+      <c r="AW6" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="AW6" s="5" t="s">
+      <c r="AX6" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="AX6" s="5" t="s">
+      <c r="AY6" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="AY6" s="5" t="s">
+      <c r="AZ6" s="5" t="s">
         <v>368</v>
       </c>
-      <c r="AZ6" s="5" t="s">
+      <c r="BA6" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="BA6" s="5" t="s">
+      <c r="BB6" s="5" t="s">
         <v>370</v>
       </c>
-      <c r="BB6" s="5" t="s">
+      <c r="BC6" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="BC6" s="5" t="s">
+      <c r="BD6" s="5" t="s">
         <v>372</v>
       </c>
-      <c r="BD6" s="5" t="s">
+      <c r="BE6" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="BE6" s="5" t="s">
+      <c r="BF6" s="5" t="s">
         <v>374</v>
       </c>
-      <c r="BF6" s="5" t="s">
+      <c r="BG6" s="5" t="s">
         <v>375</v>
       </c>
-      <c r="BG6" s="5" t="s">
+      <c r="BH6" s="5" t="s">
         <v>376</v>
       </c>
-      <c r="BH6" s="5" t="s">
+      <c r="BI6" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="BI6" s="5" t="s">
+      <c r="BJ6" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="BJ6" s="5" t="s">
+      <c r="BK6" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="BK6" s="5" t="s">
+      <c r="BL6" s="5" t="s">
         <v>380</v>
       </c>
-      <c r="BL6" s="5" t="s">
+      <c r="BM6" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="BM6" s="5" t="s">
+      <c r="BN6" s="5" t="s">
         <v>382</v>
       </c>
-      <c r="BN6" s="5" t="s">
+      <c r="BO6" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="BO6" s="5" t="s">
+      <c r="BP6" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="BP6" s="5" t="s">
+      <c r="BQ6" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="BQ6" s="5" t="s">
+      <c r="BR6" s="5" t="s">
         <v>386</v>
       </c>
-      <c r="BR6" s="5" t="s">
+      <c r="BS6" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="BS6" s="5" t="s">
+      <c r="BT6" s="5" t="s">
         <v>388</v>
       </c>
-      <c r="BT6" s="5" t="s">
+      <c r="BU6" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="BU6" s="5" t="s">
+      <c r="BV6" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="BV6" s="5" t="s">
+      <c r="BW6" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="BW6" s="5" t="s">
+      <c r="BX6" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="BX6" s="5" t="s">
+      <c r="BY6" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="BY6" s="5" t="s">
+      <c r="BZ6" s="5" t="s">
         <v>394</v>
       </c>
-      <c r="BZ6" s="5" t="s">
+      <c r="CA6" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="CA6" s="5" t="s">
+      <c r="CB6" s="5" t="s">
         <v>396</v>
       </c>
-      <c r="CB6" s="5" t="s">
+      <c r="CC6" s="5" t="s">
         <v>397</v>
       </c>
-      <c r="CC6" s="5" t="s">
+      <c r="CD6" s="5" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="CE6" s="22"/>
     </row>
     <row r="7" spans="2:83" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="7" t="s">
+        <v>399</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="F7" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="F7" s="5" t="s">
+      <c r="G7" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="G7" s="5" t="s">
+      <c r="H7" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>405</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>406</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="L7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="M7" s="5" t="s">
+      <c r="N7" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="N7" s="5" t="s">
+      <c r="O7" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="O7" s="5" t="s">
+      <c r="P7" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="P7" s="5" t="s">
+      <c r="Q7" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="Q7" s="5" t="s">
+      <c r="R7" s="5" t="s">
         <v>413</v>
       </c>
-      <c r="R7" s="5" t="s">
+      <c r="S7" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="S7" s="5" t="s">
+      <c r="T7" s="5" t="s">
         <v>415</v>
       </c>
-      <c r="T7" s="5" t="s">
+      <c r="U7" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="U7" s="5" t="s">
+      <c r="V7" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="V7" s="5" t="s">
+      <c r="W7" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="W7" s="5" t="s">
+      <c r="X7" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="X7" s="5" t="s">
+      <c r="Y7" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="Y7" s="5" t="s">
+      <c r="Z7" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="Z7" s="5" t="s">
+      <c r="AA7" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="AA7" s="5" t="s">
+      <c r="AB7" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="AB7" s="5" t="s">
+      <c r="AC7" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="AC7" s="5" t="s">
+      <c r="AD7" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="AD7" s="5" t="s">
+      <c r="AE7" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="AE7" s="5" t="s">
+      <c r="AF7" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="AF7" s="5" t="s">
+      <c r="AG7" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="AG7" s="5" t="s">
+      <c r="AH7" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="AH7" s="5" t="s">
+      <c r="AI7" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="AI7" s="5" t="s">
+      <c r="AJ7" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="AJ7" s="5" t="s">
+      <c r="AK7" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="AK7" s="5" t="s">
+      <c r="AL7" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="AL7" s="5" t="s">
+      <c r="AM7" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="AM7" s="5" t="s">
+      <c r="AN7" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="AN7" s="5" t="s">
+      <c r="AO7" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="AO7" s="5" t="s">
+      <c r="AP7" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="AP7" s="5" t="s">
+      <c r="AQ7" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="AQ7" s="5" t="s">
+      <c r="AR7" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="AR7" s="5" t="s">
+      <c r="AS7" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="AS7" s="5" t="s">
+      <c r="AT7" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="AT7" s="5" t="s">
+      <c r="AU7" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="AU7" s="5" t="s">
+      <c r="AV7" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="AV7" s="5" t="s">
+      <c r="AW7" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="AW7" s="5" t="s">
+      <c r="AX7" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="AX7" s="5" t="s">
+      <c r="AY7" s="5" t="s">
         <v>446</v>
       </c>
-      <c r="AY7" s="5" t="s">
+      <c r="AZ7" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="AZ7" s="5" t="s">
+      <c r="BA7" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="BA7" s="5" t="s">
+      <c r="BB7" s="5" t="s">
         <v>449</v>
       </c>
-      <c r="BB7" s="5" t="s">
+      <c r="BC7" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="BC7" s="5" t="s">
+      <c r="BD7" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="BD7" s="5" t="s">
+      <c r="BE7" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="BE7" s="5" t="s">
+      <c r="BF7" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="BF7" s="5" t="s">
+      <c r="BG7" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="BG7" s="5" t="s">
+      <c r="BH7" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="BH7" s="5" t="s">
+      <c r="BI7" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="BI7" s="5" t="s">
+      <c r="BJ7" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="BJ7" s="5" t="s">
+      <c r="BK7" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="BK7" s="5" t="s">
+      <c r="BL7" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="BL7" s="5" t="s">
+      <c r="BM7" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="BM7" s="5" t="s">
+      <c r="BN7" s="5" t="s">
         <v>461</v>
       </c>
-      <c r="BN7" s="5" t="s">
+      <c r="BO7" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="BO7" s="5" t="s">
+      <c r="BP7" s="5" t="s">
         <v>463</v>
       </c>
-      <c r="BP7" s="5" t="s">
+      <c r="BQ7" s="5" t="s">
         <v>464</v>
       </c>
-      <c r="BQ7" s="5" t="s">
+      <c r="BR7" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="BR7" s="5" t="s">
+      <c r="BS7" s="5" t="s">
         <v>466</v>
       </c>
-      <c r="BS7" s="5" t="s">
+      <c r="BT7" s="5" t="s">
         <v>467</v>
       </c>
-      <c r="BT7" s="5" t="s">
+      <c r="BU7" s="5" t="s">
         <v>468</v>
       </c>
-      <c r="BU7" s="5" t="s">
+      <c r="BV7" s="5" t="s">
         <v>469</v>
       </c>
-      <c r="BV7" s="5" t="s">
+      <c r="BW7" s="5" t="s">
         <v>470</v>
       </c>
-      <c r="BW7" s="5" t="s">
+      <c r="BX7" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="BX7" s="5" t="s">
+      <c r="BY7" s="5" t="s">
         <v>472</v>
       </c>
-      <c r="BY7" s="5" t="s">
+      <c r="BZ7" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="BZ7" s="5" t="s">
+      <c r="CA7" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="CA7" s="5" t="s">
+      <c r="CB7" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="CB7" s="5" t="s">
+      <c r="CC7" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="CC7" s="5" t="s">
+      <c r="CD7" s="5" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="CE7" s="22"/>
     </row>
     <row r="8" spans="2:83" s="10" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B8" s="22"/>
       <c r="C8" s="22"/>
       <c r="D8" s="7" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="E8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="F8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="G8" s="5" t="s">
+      <c r="K8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="Q8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="R8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="S8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="T8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="U8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="V8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="W8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="X8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="Y8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="Z8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AA8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AB8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AC8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AD8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AE8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AF8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AG8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AH8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AI8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AJ8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AL8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AM8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AN8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AO8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AP8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AQ8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AR8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AS8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AT8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AU8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AV8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AW8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AX8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AY8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="AZ8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BA8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BB8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BC8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BD8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BE8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BF8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BG8" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="H8" s="5" t="s">
+      <c r="BH8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BI8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BJ8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BK8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BL8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BM8" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="BN8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BO8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BP8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BQ8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BR8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BS8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BT8" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="5" t="s">
+      <c r="BU8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BV8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BW8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BX8" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BY8" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="L8" s="5" t="s">
-[...196 lines deleted...]
-      </c>
       <c r="BZ8" s="5" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="CA8" s="5" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="CB8" s="5" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="CC8" s="5" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="CD8" s="5" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="CE8" s="22"/>
     </row>
     <row r="9" spans="2:83" s="10" customFormat="1" ht="255" x14ac:dyDescent="0.25">
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="7" t="s">
+        <v>482</v>
+      </c>
+      <c r="E9" s="19" t="s">
         <v>483</v>
       </c>
-      <c r="E9" s="19" t="s">
+      <c r="F9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="G9" s="5" t="s">
         <v>484</v>
       </c>
-      <c r="F9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="5" t="s">
+      <c r="H9" s="5" t="s">
         <v>485</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>487</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>488</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="5" t="s">
         <v>489</v>
       </c>
-      <c r="L9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>490</v>
       </c>
-      <c r="M9" s="5" t="s">
+      <c r="N9" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="P9" s="5" t="s">
         <v>491</v>
       </c>
-      <c r="N9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="P9" s="5" t="s">
+      <c r="Q9" s="5" t="s">
         <v>492</v>
       </c>
-      <c r="Q9" s="5" t="s">
+      <c r="R9" s="5" t="s">
         <v>493</v>
       </c>
-      <c r="R9" s="5" t="s">
+      <c r="S9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="T9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="U9" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="S9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="U9" s="5" t="s">
+      <c r="V9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="W9" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="V9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="W9" s="5" t="s">
+      <c r="X9" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="X9" s="5" t="s">
+      <c r="Y9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="Z9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AA9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AB9" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="Y9" s="5" t="s">
-[...8 lines deleted...]
-      <c r="AB9" s="5" t="s">
+      <c r="AC9" s="5" t="s">
         <v>498</v>
       </c>
-      <c r="AC9" s="5" t="s">
+      <c r="AD9" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="AD9" s="5" t="s">
+      <c r="AE9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AF9" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="AE9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AF9" s="5" t="s">
+      <c r="AG9" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="AH9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AI9" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="AJ9" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="AG9" s="5" t="s">
-[...8 lines deleted...]
-      <c r="AJ9" s="5" t="s">
+      <c r="AK9" s="5" t="s">
         <v>502</v>
       </c>
-      <c r="AK9" s="5" t="s">
+      <c r="AL9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AM9" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="AL9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AM9" s="5" t="s">
+      <c r="AN9" s="5" t="s">
         <v>504</v>
       </c>
-      <c r="AN9" s="5" t="s">
+      <c r="AO9" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="AO9" s="5" t="s">
+      <c r="AP9" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="AQ9" s="5" t="s">
         <v>506</v>
       </c>
-      <c r="AP9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AQ9" s="5" t="s">
+      <c r="AR9" s="5" t="s">
         <v>507</v>
       </c>
-      <c r="AR9" s="5" t="s">
+      <c r="AS9" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="AS9" s="5" t="s">
+      <c r="AT9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AU9" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="AT9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AU9" s="5" t="s">
+      <c r="AV9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AW9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AX9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="AY9" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="AZ9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BA9" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="AV9" s="5" t="s">
-[...14 lines deleted...]
-      <c r="BA9" s="5" t="s">
+      <c r="BB9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BC9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BD9" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="BB9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="BD9" s="5" t="s">
+      <c r="BE9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BF9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BG9" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="BE9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="BG9" s="5" t="s">
+      <c r="BH9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BI9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BJ9" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="BK9" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="BH9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="BJ9" s="5" t="s">
+      <c r="BL9" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="BK9" s="5" t="s">
+      <c r="BM9" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="BL9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="BM9" s="5" t="s">
+      <c r="BN9" s="5" t="s">
         <v>515</v>
       </c>
-      <c r="BN9" s="5" t="s">
+      <c r="BO9" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="BP9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BQ9" s="5" t="s">
         <v>516</v>
       </c>
-      <c r="BO9" s="5" t="s">
-[...5 lines deleted...]
-      <c r="BQ9" s="5" t="s">
+      <c r="BR9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BS9" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="BR9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="BS9" s="5" t="s">
+      <c r="BT9" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="BT9" s="5" t="s">
+      <c r="BU9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BV9" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="BU9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="BV9" s="5" t="s">
+      <c r="BW9" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="BW9" s="5" t="s">
+      <c r="BX9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BY9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="BZ9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="CA9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="CB9" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="CC9" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="BX9" s="5" t="s">
-[...14 lines deleted...]
-      <c r="CC9" s="5" t="s">
+      <c r="CD9" s="5" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="CE9" s="22"/>
     </row>
     <row r="10" spans="2:83" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="B10" s="22"/>
       <c r="C10" s="22"/>
       <c r="D10" s="7" t="s">
+        <v>523</v>
+      </c>
+      <c r="E10" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="E10" s="5" t="s">
+      <c r="F10" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="G10" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="G10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>527</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>529</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="L10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>531</v>
       </c>
-      <c r="M10" s="5" t="s">
+      <c r="N10" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="N10" s="5" t="s">
+      <c r="O10" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="O10" s="5" t="s">
+      <c r="P10" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="P10" s="5" t="s">
+      <c r="Q10" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="Q10" s="5" t="s">
+      <c r="R10" s="5" t="s">
         <v>536</v>
       </c>
-      <c r="R10" s="5" t="s">
+      <c r="S10" s="19" t="s">
         <v>537</v>
       </c>
-      <c r="S10" s="19" t="s">
+      <c r="T10" s="5" t="s">
         <v>538</v>
       </c>
-      <c r="T10" s="5" t="s">
+      <c r="U10" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="U10" s="5" t="s">
+      <c r="V10" s="5" t="s">
         <v>540</v>
       </c>
-      <c r="V10" s="5" t="s">
+      <c r="W10" s="5" t="s">
         <v>541</v>
       </c>
-      <c r="W10" s="5" t="s">
+      <c r="X10" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="X10" s="5" t="s">
+      <c r="Y10" s="5" t="s">
         <v>543</v>
       </c>
-      <c r="Y10" s="5" t="s">
+      <c r="Z10" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="AA10" s="5" t="s">
         <v>544</v>
       </c>
-      <c r="Z10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AA10" s="5" t="s">
+      <c r="AB10" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="AB10" s="5" t="s">
+      <c r="AC10" s="5" t="s">
         <v>546</v>
       </c>
-      <c r="AC10" s="5" t="s">
+      <c r="AD10" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="AE10" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="AD10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AE10" s="5" t="s">
+      <c r="AF10" s="5" t="s">
         <v>548</v>
       </c>
-      <c r="AF10" s="5" t="s">
+      <c r="AG10" s="5" t="s">
         <v>549</v>
       </c>
-      <c r="AG10" s="5" t="s">
+      <c r="AH10" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="AH10" s="5" t="s">
+      <c r="AI10" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="AJ10" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="AK10" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="AI10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="AK10" s="5" t="s">
+      <c r="AL10" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="AL10" s="5" t="s">
+      <c r="AM10" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="AM10" s="5" t="s">
+      <c r="AN10" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="AN10" s="5" t="s">
+      <c r="AO10" s="5" t="s">
         <v>555</v>
       </c>
-      <c r="AO10" s="5" t="s">
+      <c r="AP10" s="5" t="s">
         <v>556</v>
       </c>
-      <c r="AP10" s="5" t="s">
+      <c r="AQ10" s="5" t="s">
         <v>557</v>
       </c>
-      <c r="AQ10" s="5" t="s">
+      <c r="AR10" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="AS10" s="5" t="s">
         <v>558</v>
       </c>
-      <c r="AR10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AS10" s="5" t="s">
+      <c r="AT10" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="AU10" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="AV10" s="5" t="s">
         <v>559</v>
       </c>
-      <c r="AT10" s="5" t="s">
-[...5 lines deleted...]
-      <c r="AV10" s="5" t="s">
+      <c r="AW10" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="AW10" s="5" t="s">
+      <c r="AX10" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="AX10" s="5" t="s">
+      <c r="AY10" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="AY10" s="5" t="s">
+      <c r="AZ10" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="AZ10" s="5" t="s">
+      <c r="BA10" s="5" t="s">
         <v>564</v>
       </c>
-      <c r="BA10" s="5" t="s">
+      <c r="BB10" s="19" t="s">
         <v>565</v>
       </c>
-      <c r="BB10" s="19" t="s">
+      <c r="BC10" s="5" t="s">
         <v>566</v>
       </c>
-      <c r="BC10" s="5" t="s">
+      <c r="BD10" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="BD10" s="5" t="s">
+      <c r="BE10" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="BE10" s="5" t="s">
+      <c r="BF10" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="BF10" s="5" t="s">
+      <c r="BG10" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="BH10" s="5" t="s">
         <v>570</v>
       </c>
-      <c r="BG10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="BH10" s="5" t="s">
+      <c r="BI10" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="BI10" s="5" t="s">
+      <c r="BJ10" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="BJ10" s="5" t="s">
+      <c r="BK10" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="BK10" s="5" t="s">
+      <c r="BL10" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="BL10" s="5" t="s">
+      <c r="BM10" s="5" t="s">
         <v>575</v>
       </c>
-      <c r="BM10" s="5" t="s">
+      <c r="BN10" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="BO10" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="BN10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="BO10" s="5" t="s">
+      <c r="BP10" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="BQ10" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="BP10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="BQ10" s="5" t="s">
+      <c r="BR10" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="BS10" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="BR10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="BS10" s="5" t="s">
+      <c r="BT10" s="5" t="s">
         <v>579</v>
       </c>
-      <c r="BT10" s="5" t="s">
+      <c r="BU10" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="BU10" s="5" t="s">
+      <c r="BV10" s="5" t="s">
         <v>581</v>
       </c>
-      <c r="BV10" s="5" t="s">
+      <c r="BW10" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="BW10" s="5" t="s">
+      <c r="BX10" s="5" t="s">
         <v>583</v>
       </c>
-      <c r="BX10" s="5" t="s">
+      <c r="BY10" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="BZ10" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="BY10" s="5" t="s">
-[...2 lines deleted...]
-      <c r="BZ10" s="5" t="s">
+      <c r="CA10" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="CA10" s="5" t="s">
+      <c r="CB10" s="5" t="s">
         <v>586</v>
       </c>
-      <c r="CB10" s="5" t="s">
+      <c r="CC10" s="5" t="s">
         <v>587</v>
       </c>
-      <c r="CC10" s="5" t="s">
+      <c r="CD10" s="5" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="CE10" s="22"/>
     </row>
     <row r="11" spans="2:83" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="8" t="s">
+        <v>589</v>
+      </c>
+      <c r="E11" s="5" t="s">
         <v>590</v>
       </c>
-      <c r="E11" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="H11" s="18" t="s">
         <v>592</v>
       </c>
-      <c r="G11" s="20" t="s">
+      <c r="I11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="J11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="K11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="L11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="M11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="N11" s="18" t="s">
         <v>592</v>
       </c>
-      <c r="H11" s="18" t="s">
+      <c r="O11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="P11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="Q11" s="18" t="s">
+        <v>592</v>
+      </c>
+      <c r="R11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="S11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="T11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="U11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="V11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="W11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="X11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="Y11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AA11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AB11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AC11" s="18" t="s">
+        <v>592</v>
+      </c>
+      <c r="AD11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AE11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AF11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AG11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AH11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AI11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AJ11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AK11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AL11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AM11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AN11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AO11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AP11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AQ11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AR11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AS11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AT11" s="21" t="s">
+        <v>591</v>
+      </c>
+      <c r="AU11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AV11" s="18" t="s">
+        <v>592</v>
+      </c>
+      <c r="AW11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AX11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AY11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="AZ11" s="18" t="s">
+        <v>592</v>
+      </c>
+      <c r="BA11" s="18" t="s">
+        <v>592</v>
+      </c>
+      <c r="BB11" s="18" t="s">
         <v>593</v>
       </c>
-      <c r="I11" s="20" t="s">
+      <c r="BC11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BD11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BE11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BF11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BG11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BH11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BI11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BJ11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BK11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BL11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BM11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BN11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BO11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BP11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BQ11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BR11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BS11" s="20" t="s">
+        <v>591</v>
+      </c>
+      <c r="BT11" s="18" t="s">
         <v>592</v>
       </c>
-      <c r="J11" s="20" t="s">
-[...187 lines deleted...]
-      </c>
       <c r="BU11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="BV11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="BW11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="BX11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="BY11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="BZ11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="CA11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="CB11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="CC11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="CD11" s="20" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="CE11" s="22"/>
     </row>
     <row r="12" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B12" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>595</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="D12" s="15" t="s">
         <v>596</v>
       </c>
-      <c r="D12" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="F12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="G12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="H12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="I12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="J12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="K12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="L12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="M12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="N12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="O12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="P12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="Q12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="R12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="S12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="T12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="U12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="V12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="W12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="X12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="Y12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="Z12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AA12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AB12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AC12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AD12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AE12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AF12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AG12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AH12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AI12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AJ12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AK12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AL12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AM12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AN12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AO12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AP12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AQ12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AR12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AS12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AT12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AU12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AV12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AW12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AX12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AY12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="AZ12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BA12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BB12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BC12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BD12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BE12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BF12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BG12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BH12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BI12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BJ12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BK12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BL12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BM12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BN12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BO12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BP12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BQ12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BR12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BS12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BT12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BU12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BV12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BW12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BX12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BY12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="BZ12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="CA12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="CB12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="CC12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="CD12" s="11" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="CE12" s="3" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
     </row>
     <row r="13" spans="2:83" ht="30" x14ac:dyDescent="0.25">
       <c r="B13" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="C13" s="5" t="s">
         <v>600</v>
       </c>
-      <c r="C13" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="5" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="E13" s="12">
         <v>0.05</v>
       </c>
       <c r="F13" s="12">
         <v>0.05</v>
       </c>
       <c r="G13" s="12">
         <v>0</v>
       </c>
       <c r="H13" s="12">
         <v>0.14699999999999999</v>
       </c>
       <c r="I13" s="12">
         <v>0.05</v>
       </c>
       <c r="J13" s="12">
         <v>0.1</v>
       </c>
       <c r="K13" s="12">
         <v>0.25</v>
       </c>
       <c r="L13" s="12">
         <v>0.05</v>
       </c>
@@ -5601,851 +5628,851 @@
       <c r="BX13" s="12">
         <v>0.05</v>
       </c>
       <c r="BY13" s="12">
         <v>0.3</v>
       </c>
       <c r="BZ13" s="12">
         <v>0.05</v>
       </c>
       <c r="CA13" s="12">
         <v>0.15</v>
       </c>
       <c r="CB13" s="12">
         <v>0</v>
       </c>
       <c r="CC13" s="12">
         <v>0.15</v>
       </c>
       <c r="CD13" s="12">
         <v>0.05</v>
       </c>
     </row>
     <row r="14" spans="2:83" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="4"/>
       <c r="C14" s="5" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="D14" s="5"/>
       <c r="E14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="F14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="F14" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="H14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="I14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="J14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="H14" s="9" t="s">
+      <c r="K14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="L14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="I14" s="9" t="s">
+      <c r="M14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="N14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="O14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="P14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="Q14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="J14" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K14" s="9" t="s">
+      <c r="R14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="S14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="T14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="L14" s="9" t="s">
-[...2 lines deleted...]
-      <c r="M14" s="9" t="s">
+      <c r="U14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="N14" s="9" t="s">
+      <c r="V14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="W14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="O14" s="9" t="s">
+      <c r="X14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="Y14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="Z14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="P14" s="9" t="s">
+      <c r="AA14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AB14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="Q14" s="9" t="s">
-[...2 lines deleted...]
-      <c r="R14" s="9" t="s">
+      <c r="AC14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="S14" s="9" t="s">
+      <c r="AD14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AE14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="T14" s="9" t="s">
-[...5 lines deleted...]
-      <c r="V14" s="9" t="s">
+      <c r="AF14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AG14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AH14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AI14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="W14" s="9" t="s">
-[...2 lines deleted...]
-      <c r="X14" s="9" t="s">
+      <c r="AJ14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AK14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AL14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AM14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AN14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AO14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AP14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AQ14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AR14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AS14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AT14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AU14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AV14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AW14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AX14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="AY14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="Y14" s="9" t="s">
+      <c r="AZ14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="Z14" s="9" t="s">
-[...2 lines deleted...]
-      <c r="AA14" s="9" t="s">
+      <c r="BA14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BB14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BC14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AB14" s="9" t="s">
-[...5 lines deleted...]
-      <c r="AD14" s="9" t="s">
+      <c r="BD14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AE14" s="9" t="s">
-[...2 lines deleted...]
-      <c r="AF14" s="9" t="s">
+      <c r="BE14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BF14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BG14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AG14" s="9" t="s">
+      <c r="BH14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BI14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BJ14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BK14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BL14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BM14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AH14" s="9" t="s">
+      <c r="BN14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BO14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BP14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BQ14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BR14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BS14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AI14" s="9" t="s">
-[...2 lines deleted...]
-      <c r="AJ14" s="9" t="s">
+      <c r="BT14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BU14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BV14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="BW14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AK14" s="9" t="s">
+      <c r="BX14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AL14" s="9" t="s">
+      <c r="BY14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AM14" s="9" t="s">
+      <c r="BZ14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="CA14" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="CB14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AN14" s="9" t="s">
+      <c r="CC14" s="9" t="s">
         <v>480</v>
       </c>
-      <c r="AO14" s="9" t="s">
-[...121 lines deleted...]
-      </c>
       <c r="CD14" s="9" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
     </row>
     <row r="15" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="C15" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="C15" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="5" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="E15" s="13">
         <v>200</v>
       </c>
       <c r="F15" s="13">
         <v>85</v>
       </c>
       <c r="G15" s="13">
         <v>150</v>
       </c>
       <c r="H15" s="13">
         <v>232.33</v>
       </c>
       <c r="I15" s="13">
         <v>137.03</v>
       </c>
       <c r="J15" s="13">
         <v>921.8</v>
       </c>
       <c r="K15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="L15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="M15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="N15" s="13">
         <v>0</v>
       </c>
       <c r="O15" s="13">
         <v>90</v>
       </c>
       <c r="P15" s="13">
         <v>105</v>
       </c>
       <c r="Q15" s="13">
         <v>225</v>
       </c>
       <c r="R15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="S15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="T15" s="13">
         <v>0</v>
       </c>
       <c r="U15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="V15" s="13">
         <v>120</v>
       </c>
       <c r="W15" s="13">
         <v>0</v>
       </c>
       <c r="X15" s="13">
         <v>175</v>
       </c>
       <c r="Y15" s="13">
         <v>0</v>
       </c>
       <c r="Z15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AA15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AB15" s="13">
         <v>325</v>
       </c>
       <c r="AC15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AD15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AE15" s="13">
         <v>75</v>
       </c>
       <c r="AF15" s="13">
         <v>50</v>
       </c>
       <c r="AG15" s="13">
         <v>125</v>
       </c>
       <c r="AH15" s="13">
         <v>150</v>
       </c>
       <c r="AI15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AJ15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AK15" s="13">
         <v>250</v>
       </c>
       <c r="AL15" s="13">
         <v>90</v>
       </c>
       <c r="AM15" s="13">
         <v>195</v>
       </c>
       <c r="AN15" s="13">
         <v>150</v>
       </c>
       <c r="AO15" s="13">
         <v>95</v>
       </c>
       <c r="AP15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AQ15" s="13">
         <v>150</v>
       </c>
       <c r="AR15" s="13">
         <v>100</v>
       </c>
       <c r="AS15" s="13">
         <v>200</v>
       </c>
       <c r="AT15" s="13">
         <v>250</v>
       </c>
       <c r="AU15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AV15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AW15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AX15" s="13">
         <v>75</v>
       </c>
       <c r="AY15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="AZ15" s="13">
         <v>240</v>
       </c>
       <c r="BA15" s="13">
         <v>425</v>
       </c>
       <c r="BB15" s="13">
         <v>0</v>
       </c>
       <c r="BC15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BD15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BE15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BF15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BG15" s="13">
         <v>250</v>
       </c>
       <c r="BH15" s="13">
         <v>139.69999999999999</v>
       </c>
       <c r="BI15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BJ15" s="13">
         <v>500</v>
       </c>
       <c r="BK15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BL15" s="13">
         <v>0</v>
       </c>
       <c r="BM15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BN15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BO15" s="13">
         <v>85</v>
       </c>
       <c r="BP15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BQ15" s="13">
         <v>175</v>
       </c>
       <c r="BR15" s="13">
         <v>200</v>
       </c>
       <c r="BS15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BT15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BU15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BV15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BW15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="BX15" s="13">
         <v>150</v>
       </c>
       <c r="BY15" s="13">
         <v>275</v>
       </c>
       <c r="BZ15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="CA15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="CB15" s="13">
         <v>0</v>
       </c>
       <c r="CC15" s="9" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="CD15" s="13">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="2:83" x14ac:dyDescent="0.25">
       <c r="B16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="C16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="D16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="E16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="F16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="G16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="H16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="I16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="J16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="K16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="L16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="M16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="N16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="O16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="P16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="Q16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="R16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="S16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="T16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="U16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="V16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="W16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="X16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="Y16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="Z16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AA16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AB16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AC16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AD16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AE16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AF16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AG16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AH16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AI16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AJ16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AK16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AL16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AM16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AN16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AO16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AP16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AQ16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AR16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AS16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AT16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AU16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AV16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AW16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AX16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AY16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="AZ16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BA16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BB16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BC16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BD16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BE16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BF16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BG16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BH16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BI16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BJ16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BK16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BL16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BM16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BN16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BO16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BP16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BQ16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BR16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BS16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BT16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BU16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BV16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BW16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BX16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BY16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="BZ16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="CA16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="CB16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="CC16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="CD16" s="14" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:CD16">
     <sortCondition ref="E2:CD2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F11" r:id="rId1" xr:uid="{D8CA2B3C-BDB6-472F-B30E-FE64EAEC3FEB}"/>
     <hyperlink ref="G11" r:id="rId2" xr:uid="{AA332855-9F9E-4F1B-A8E8-CF62F774328B}"/>
     <hyperlink ref="I11" r:id="rId3" xr:uid="{A0161239-73CC-460B-93DA-7A6659BF44FD}"/>
     <hyperlink ref="J11" r:id="rId4" xr:uid="{47013FE8-AEF3-4917-B9F6-936CE210B4B9}"/>
     <hyperlink ref="K11" r:id="rId5" xr:uid="{4E621C18-E3D0-4BE9-9450-6AD562ECD4AE}"/>
     <hyperlink ref="L11" r:id="rId6" xr:uid="{C5301A55-D98F-41EB-B99A-15CCF66A1DEF}"/>
     <hyperlink ref="M11" r:id="rId7" xr:uid="{8DBBC754-8FE0-4F98-9ECB-FF66B2E473F0}"/>
     <hyperlink ref="O11" r:id="rId8" xr:uid="{55A45B20-277B-4881-A990-8C453B258F37}"/>
     <hyperlink ref="P11" r:id="rId9" xr:uid="{F11BA033-176A-4ED7-A540-EB43073DA507}"/>
     <hyperlink ref="R11" r:id="rId10" xr:uid="{7E23D382-9A5D-4961-BC64-F8759B4AB573}"/>
     <hyperlink ref="S11" r:id="rId11" xr:uid="{20BFD754-5A86-4176-997F-E2BD2C721BFE}"/>
     <hyperlink ref="T11" r:id="rId12" xr:uid="{3C7C9838-4176-435C-B698-BF0368E44C62}"/>
     <hyperlink ref="U11" r:id="rId13" xr:uid="{FC4EAE80-EBA2-471D-BCC5-BDFD67A83619}"/>
     <hyperlink ref="V11" r:id="rId14" xr:uid="{E27D4F05-7714-4793-A943-A1466148915E}"/>
     <hyperlink ref="X11" r:id="rId15" xr:uid="{6A339F7B-A6EA-4089-BA23-F63EF9589142}"/>
-    <hyperlink ref="Y11" r:id="rId16" xr:uid="{F4F2CDDD-2397-4BFB-A40E-BE79E4782F99}"/>
-[...51 lines deleted...]
-    <hyperlink ref="CA11" r:id="rId68" xr:uid="{694CBB02-D88C-441E-915E-71800F18FD7C}"/>
+    <hyperlink ref="Z11" r:id="rId16" xr:uid="{793A149E-4390-4484-9E07-DB8954278DC0}"/>
+    <hyperlink ref="AA11" r:id="rId17" xr:uid="{F57F5F6D-7259-41B9-9162-1D5B674B2C69}"/>
+    <hyperlink ref="AB11" r:id="rId18" xr:uid="{79661275-4993-4506-8895-5F45AE810FFB}"/>
+    <hyperlink ref="AD11" r:id="rId19" xr:uid="{282B4AB9-76A4-4A22-B2D9-305D0E856DEB}"/>
+    <hyperlink ref="AE11" r:id="rId20" xr:uid="{2D75B75C-A173-4847-9B1E-9FE31D6A8BB6}"/>
+    <hyperlink ref="AF11" r:id="rId21" xr:uid="{88B774BF-1938-44F7-9453-31FD922262DC}"/>
+    <hyperlink ref="AG11" r:id="rId22" xr:uid="{8A0865C3-09AF-4BFF-A6A8-AEB458CBF4BF}"/>
+    <hyperlink ref="AH11" r:id="rId23" xr:uid="{86FBC658-3928-486D-911E-2537857A6E26}"/>
+    <hyperlink ref="AI11" r:id="rId24" xr:uid="{EECD91CC-5C6C-4785-8EDF-204F7EC51288}"/>
+    <hyperlink ref="AJ11" r:id="rId25" xr:uid="{821BA4BF-7086-4E83-8DBA-6563D90493AF}"/>
+    <hyperlink ref="AK11" r:id="rId26" xr:uid="{1AF8C057-EFAE-4F56-A74F-23525C525701}"/>
+    <hyperlink ref="AL11" r:id="rId27" xr:uid="{5D80D815-613A-4925-916A-8BD87CCB9230}"/>
+    <hyperlink ref="AM11" r:id="rId28" xr:uid="{C79404F6-7041-4A37-920B-7BB60ADD5641}"/>
+    <hyperlink ref="AN11" r:id="rId29" xr:uid="{1CDA928B-C2A0-43E7-B350-388B741EE5AF}"/>
+    <hyperlink ref="AO11" r:id="rId30" xr:uid="{781A7D57-C44E-4ECA-B731-826FFDF3F240}"/>
+    <hyperlink ref="AP11" r:id="rId31" xr:uid="{390BF094-24B0-4445-95D6-6153791688CF}"/>
+    <hyperlink ref="AQ11" r:id="rId32" xr:uid="{57D62A86-47CC-4AC7-9D7A-FDE8E4DC29D8}"/>
+    <hyperlink ref="AR11" r:id="rId33" xr:uid="{64BB5B85-D1F3-45E6-9E7D-4F70FE3A5721}"/>
+    <hyperlink ref="AS11" r:id="rId34" xr:uid="{25CC13B3-3AA4-4683-98CC-EA99DAF5A76A}"/>
+    <hyperlink ref="AU11" r:id="rId35" xr:uid="{837C13B3-4B17-4EA0-A6AD-39B08C100C1D}"/>
+    <hyperlink ref="AW11" r:id="rId36" xr:uid="{86AF1B7D-A663-4B14-94D6-231167FA9A38}"/>
+    <hyperlink ref="AX11" r:id="rId37" xr:uid="{6B8A5C89-352B-44AA-B66A-5C98F4A76B6D}"/>
+    <hyperlink ref="AY11" r:id="rId38" xr:uid="{9BEB87D8-C642-4A58-BC38-C7CCFF2E17DC}"/>
+    <hyperlink ref="BC11" r:id="rId39" xr:uid="{53AEDC19-9F5A-476A-BD58-E4A381C1FA57}"/>
+    <hyperlink ref="BD11" r:id="rId40" xr:uid="{9045EF91-472A-4133-8070-3C21D0433B7C}"/>
+    <hyperlink ref="BE11" r:id="rId41" xr:uid="{B6B0C9BF-D944-4132-9B1E-A1FF3B819D88}"/>
+    <hyperlink ref="BF11" r:id="rId42" xr:uid="{453A012D-1ED3-4849-8C01-15F2902D5DFD}"/>
+    <hyperlink ref="BG11" r:id="rId43" xr:uid="{E445ABE1-538C-45C9-803B-C40D1FCAD662}"/>
+    <hyperlink ref="BH11" r:id="rId44" xr:uid="{D657E830-32D9-4CFF-9776-8099457A608A}"/>
+    <hyperlink ref="BI11" r:id="rId45" xr:uid="{D304AC45-3A37-4948-B7C7-0B049CF0DA0C}"/>
+    <hyperlink ref="BJ11" r:id="rId46" xr:uid="{58C9FE30-9A34-4B16-9B95-F869C7B86F93}"/>
+    <hyperlink ref="BK11" r:id="rId47" xr:uid="{14330991-D9D6-4307-8462-95FD8C32825B}"/>
+    <hyperlink ref="BL11" r:id="rId48" xr:uid="{708286A8-F9C5-4B92-AAA3-ABA5BA7712B7}"/>
+    <hyperlink ref="BM11" r:id="rId49" xr:uid="{EC22CC6D-12DF-48AF-B0B2-0296C74914A3}"/>
+    <hyperlink ref="BN11" r:id="rId50" xr:uid="{6950929E-728E-4525-85A4-59367DAA89F6}"/>
+    <hyperlink ref="BO11" r:id="rId51" xr:uid="{E71F29AF-BF6C-498F-B029-15BD7D057986}"/>
+    <hyperlink ref="BP11" r:id="rId52" xr:uid="{97742D89-627A-40DD-809B-72F264A6CBB7}"/>
+    <hyperlink ref="BQ11" r:id="rId53" xr:uid="{3E087026-2F4A-4BC1-A671-6B75DA2174A8}"/>
+    <hyperlink ref="BR11" r:id="rId54" xr:uid="{E60D0EC8-8B18-40CE-B37B-208BF96F10DF}"/>
+    <hyperlink ref="BS11" r:id="rId55" xr:uid="{A96E4032-3EFC-4B2D-AF2E-2D18568E4862}"/>
+    <hyperlink ref="BU11" r:id="rId56" xr:uid="{66968629-771F-41C2-9945-471876DBBE51}"/>
+    <hyperlink ref="BV11" r:id="rId57" xr:uid="{F2EC1498-9301-4D82-8884-941470C11B0A}"/>
+    <hyperlink ref="BW11" r:id="rId58" xr:uid="{830CA944-8B1A-4B01-9D92-A21279667EA5}"/>
+    <hyperlink ref="BX11" r:id="rId59" xr:uid="{96892D6A-E669-4608-9FBA-01FD48303553}"/>
+    <hyperlink ref="BY11" r:id="rId60" xr:uid="{64B4724C-57A7-4FA9-8AB1-D916362C60A0}"/>
+    <hyperlink ref="BZ11" r:id="rId61" xr:uid="{7C84455C-565C-4077-B593-1F79A6F00672}"/>
+    <hyperlink ref="CB11" r:id="rId62" xr:uid="{461267BF-4758-4C03-8610-6A9D511D4E0B}"/>
+    <hyperlink ref="CC11" r:id="rId63" xr:uid="{A5980A28-9279-46B8-8391-B68EDE3CEDC8}"/>
+    <hyperlink ref="CD11" r:id="rId64" xr:uid="{8B6E5078-B26B-4FE6-AC77-95F2C1AD8F98}"/>
+    <hyperlink ref="AT11" r:id="rId65" xr:uid="{7755D28A-6952-46C2-BE76-177948422111}"/>
+    <hyperlink ref="W11" r:id="rId66" xr:uid="{F98C1673-A6AE-48BD-BADD-01758CCA9983}"/>
+    <hyperlink ref="CA11" r:id="rId67" xr:uid="{694CBB02-D88C-441E-915E-71800F18FD7C}"/>
+    <hyperlink ref="Y11" r:id="rId68" xr:uid="{B4A03E31-22E3-44A3-8D7E-179740109046}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId69"/>
   <headerFooter>
     <oddFooter>&amp;R25-7511 - Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId70"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>