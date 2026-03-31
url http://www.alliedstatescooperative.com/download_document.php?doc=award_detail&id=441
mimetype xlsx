--- v0 (2025-12-19)
+++ v1 (2026-03-31)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7490 Student and Finance Systems\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{996034FE-7244-411A-9AC9-2460AD970FC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54EEBC97-DC3A-4BC4-93EF-5FA69FB97443}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -188,51 +188,51 @@
   <si>
     <t>CO, FL, ID, MO, NM, TX, WI</t>
   </si>
   <si>
     <t>*updated 6/17/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1400 Atwater Drive Malvern, PA 19355</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">  550 E. Swedesford Road, Suite 360 Wayne, PA 19087</t>
     </r>
   </si>
   <si>
-    <t>*updated 6/3/24, 7/22/24, 7/29/24, 9/23/25, 12/16/25</t>
+    <t>*updated 6/3/24, 7/22/24, 7/29/24, 9/23/25, 12/16/25, 3/23/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -721,51 +721,51 @@
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="7" width="30.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="12" style="1" customWidth="1"/>
     <col min="9" max="9" width="14" style="1" customWidth="1"/>
     <col min="10" max="10" width="12" style="1" customWidth="1"/>
     <col min="11" max="11" width="14" style="1" customWidth="1"/>
     <col min="12" max="12" width="12" style="1" customWidth="1"/>
     <col min="13" max="13" width="14" style="1" customWidth="1"/>
     <col min="14" max="14" width="12" style="1" customWidth="1"/>
     <col min="15" max="15" width="14" style="1" customWidth="1"/>
     <col min="16" max="16" width="12" style="1" customWidth="1"/>
     <col min="17" max="17" width="14" style="1" customWidth="1"/>
     <col min="18" max="18" width="12" style="1" customWidth="1"/>
     <col min="19" max="19" width="14" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:8" ht="45" x14ac:dyDescent="0.25">
       <c r="E1" s="16"/>
       <c r="F1" s="16" t="s">
         <v>46</v>
       </c>
       <c r="G1" s="15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="2" spans="2:8" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D2" s="9" t="s">
         <v>29</v>
       </c>
       <c r="E2" s="14" t="s">
         <v>41</v>
       </c>
       <c r="F2" s="14" t="s">
         <v>40</v>
       </c>
       <c r="G2" s="14" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="2:8" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D3" s="10" t="s">
         <v>30</v>