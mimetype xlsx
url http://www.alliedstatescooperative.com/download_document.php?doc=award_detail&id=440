--- v0 (2025-11-01)
+++ v1 (2025-12-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7492 Medical Supplies, Equipment and Related Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0359E27B-0DCA-4393-9655-43171A8E8806}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55EA6C56-B9DC-4C75-9AA7-22B3ED1870B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -502,51 +502,51 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>No Bid</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 
 0%</t>
     </r>
   </si>
   <si>
     <t>* 5/2/2024, 9/4/24, 2/6/25, 3/24/25, 6/26/25</t>
   </si>
   <si>
-    <t>*updated 2/7/25, 3/24/25, 8/28/25</t>
+    <t>*updated 2/7/25, 3/24/25, 8/28/25, 11/10/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1060,51 +1060,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Southwest%20First%20Aid%20Proce%20List.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Angel%20Medical%20Supply.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/School%20Nurse%20.xlsx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/MacGill%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Alert%20Services.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.anchoragemedicalsupplies.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/School%20Health.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Unipak%20-%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/El%20Paso%20Office%20Products%20Catalog%20RFP%23%2024-7492.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Spark%20Multinational-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/CBS%20DME.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Shelby.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Southwest%20First%20Aid%20Proce%20List.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Angel%20Medical%20Supply.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/School%20Nurse.xlsx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/MacGill%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Alert%20Services.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.anchoragemedicalsupplies.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/School%20Health.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Unipak%20-%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/El%20Paso%20Office%20Products%20Catalog%20RFP%23%2024-7492.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Spark%20Multinational-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/CBS%20DME.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Shelby.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:R16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
       <selection activeCell="D34" sqref="D34"/>
       <selection pane="topRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="2" customWidth="1"/>
     <col min="2" max="2" width="36" style="2" customWidth="1"/>
     <col min="3" max="3" width="6" style="2" customWidth="1"/>
     <col min="4" max="16" width="30.7109375" style="2" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="30" x14ac:dyDescent="0.25">
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="19"/>