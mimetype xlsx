--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7492 Medical Supplies, Equipment and Related Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{55EA6C56-B9DC-4C75-9AA7-22B3ED1870B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{633E69F5-AEE2-40B3-8AEF-BEBFA9BFE54F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -502,51 +502,51 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>No Bid</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 
 0%</t>
     </r>
   </si>
   <si>
     <t>* 5/2/2024, 9/4/24, 2/6/25, 3/24/25, 6/26/25</t>
   </si>
   <si>
-    <t>*updated 2/7/25, 3/24/25, 8/28/25, 11/10/25</t>
+    <t>*updated 2/7/25, 3/24/25, 8/28/25, 11/10/25, 1/20/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>