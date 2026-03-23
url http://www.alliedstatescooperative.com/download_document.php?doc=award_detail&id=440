--- v2 (2026-02-05)
+++ v3 (2026-03-23)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7492 Medical Supplies, Equipment and Related Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{633E69F5-AEE2-40B3-8AEF-BEBFA9BFE54F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94DAB57F-97B6-43C3-A3A5-3922ABB29412}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="132">
   <si>
     <t/>
   </si>
   <si>
     <t>Alert Services, Inc.</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>Anchorage Medical Equipment &amp; Supplies, LLC / Anchorage Unlimited</t>
   </si>
   <si>
     <t>Angel Medical Supply, LLC</t>
   </si>
   <si>
     <t>El Paso Office Products (El Paso Office Products, LLC.)</t>
   </si>
   <si>
     <t>School Health Corporation</t>
   </si>
   <si>
     <t>School Specialty Inc.</t>
   </si>
   <si>
@@ -197,53 +197,50 @@
     <t>Info@cbsdme.com</t>
   </si>
   <si>
     <t>sgrodin@elpasoop.com</t>
   </si>
   <si>
     <t>gbarca@schoolhealth.com</t>
   </si>
   <si>
     <t>jgiesel@schoolnursesupply.com</t>
   </si>
   <si>
     <t>bidnotices@schoolspecialty.com</t>
   </si>
   <si>
     <t>sninos@shelbydistributions.com</t>
   </si>
   <si>
     <t>horacio@sparkmultinational.com</t>
   </si>
   <si>
     <t>customercare@unipakcorp.net</t>
   </si>
   <si>
     <t>macgill@macgill.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>raun@swfirstaid.com</t>
   </si>
   <si>
     <t>(830) 372-3333</t>
   </si>
   <si>
     <t>(800) 981-8991</t>
   </si>
   <si>
     <t>(713) 856-9930</t>
   </si>
   <si>
     <t>(281) 419-5530</t>
   </si>
   <si>
     <t>(915) 593-9000 x222</t>
   </si>
   <si>
     <t>(866) 323-5465</t>
   </si>
   <si>
     <t>(800) 485-2737</t>
   </si>
   <si>
     <t>(888) 388-3224</t>
   </si>
@@ -459,94 +456,116 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Unifirst First Aid Corp (UniFirst First Aid + Safety)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>4915 Pershing Drive El Paso, TX 79903</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 3499 Rider Trail S St. Louis, MO 63045</t>
     </r>
   </si>
   <si>
-    <t>*updated 9/4/24, 11/20/24, 2/27/25</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>No</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> Yes</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>No Bid</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 
 0%</t>
     </r>
   </si>
   <si>
-    <t>* 5/2/2024, 9/4/24, 2/6/25, 3/24/25, 6/26/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 2/7/25, 3/24/25, 8/28/25, 11/10/25, 1/20/26</t>
+  </si>
+  <si>
+    <t>*updated 2/9/26</t>
+  </si>
+  <si>
+    <t>* 5/2/2024, 9/4/24, 2/6/25, 3/24/25, 6/26/25, 2/13/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>raun@swfirstaid.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+raul_aun@unifirst.com</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 9/4/24, 11/20/24, 2/27/25, 3/23/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1070,523 +1089,525 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/School%20Specialty.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Southwest%20First%20Aid%20Proce%20List.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Angel%20Medical%20Supply.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/School%20Nurse.xlsx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/MacGill%20Catalog.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Alert%20Services.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.anchoragemedicalsupplies.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/School%20Health.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Unipak%20-%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/El%20Paso%20Office%20Products%20Catalog%20RFP%23%2024-7492.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Spark%20Multinational-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/CBS%20DME.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7492/Shelby.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:R16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
       <selection activeCell="D34" sqref="D34"/>
-      <selection pane="topRight"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="2" customWidth="1"/>
     <col min="2" max="2" width="36" style="2" customWidth="1"/>
     <col min="3" max="3" width="6" style="2" customWidth="1"/>
     <col min="4" max="16" width="30.7109375" style="2" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="30" x14ac:dyDescent="0.25">
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="19"/>
       <c r="G1" s="20"/>
       <c r="H1" s="16"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="K1" s="1"/>
+        <v>127</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>128</v>
+      </c>
       <c r="L1" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="M1" s="20" t="s">
         <v>129</v>
       </c>
       <c r="N1" s="19"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="2" spans="1:18" ht="60" x14ac:dyDescent="0.25">
       <c r="C2" s="3" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D2" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="13" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="13" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H2" s="13" t="s">
         <v>5</v>
       </c>
       <c r="I2" s="13" t="s">
         <v>6</v>
       </c>
       <c r="J2" s="21" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="K2" s="13" t="s">
         <v>7</v>
       </c>
       <c r="L2" s="13" t="s">
         <v>8</v>
       </c>
       <c r="M2" s="21" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="N2" s="13" t="s">
         <v>9</v>
       </c>
       <c r="O2" s="13" t="s">
         <v>10</v>
       </c>
       <c r="P2" s="13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="C3" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="11" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="K3" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="11" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="11" t="s">
         <v>32</v>
       </c>
       <c r="N3" s="11" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="11" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="45" x14ac:dyDescent="0.25">
       <c r="C4" s="4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="11" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>35</v>
       </c>
       <c r="G4" s="11" t="s">
         <v>36</v>
       </c>
       <c r="H4" s="11" t="s">
         <v>37</v>
       </c>
       <c r="I4" s="11" t="s">
         <v>38</v>
       </c>
       <c r="J4" s="11" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K4" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="25" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M4" s="25" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N4" s="11" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="11" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:18" ht="30" x14ac:dyDescent="0.25">
       <c r="C5" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>43</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>44</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>45</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>46</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>47</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>48</v>
       </c>
       <c r="J5" s="11" t="s">
         <v>49</v>
       </c>
       <c r="K5" s="11" t="s">
         <v>50</v>
       </c>
       <c r="L5" s="11" t="s">
         <v>51</v>
       </c>
-      <c r="M5" s="11" t="s">
-        <v>55</v>
+      <c r="M5" s="25" t="s">
+        <v>130</v>
       </c>
       <c r="N5" s="11" t="s">
         <v>52</v>
       </c>
       <c r="O5" s="11" t="s">
         <v>53</v>
       </c>
       <c r="P5" s="11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="C6" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D6" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" s="11" t="s">
         <v>56</v>
       </c>
-      <c r="E6" s="11" t="s">
+      <c r="F6" s="11" t="s">
         <v>57</v>
       </c>
-      <c r="F6" s="11" t="s">
+      <c r="G6" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="G6" s="11" t="s">
+      <c r="H6" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="H6" s="11" t="s">
+      <c r="I6" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="I6" s="11" t="s">
+      <c r="J6" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="J6" s="11" t="s">
+      <c r="K6" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="K6" s="11" t="s">
+      <c r="L6" s="11" t="s">
         <v>63</v>
       </c>
-      <c r="L6" s="11" t="s">
+      <c r="M6" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" s="11" t="s">
         <v>64</v>
       </c>
-      <c r="M6" s="11" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="11" t="s">
+      <c r="O6" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="O6" s="11" t="s">
+      <c r="P6" s="11" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:18" ht="30" x14ac:dyDescent="0.25">
       <c r="C7" s="4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D7" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" s="11" t="s">
         <v>69</v>
       </c>
-      <c r="E7" s="11" t="s">
+      <c r="F7" s="11" t="s">
         <v>70</v>
       </c>
-      <c r="F7" s="11" t="s">
+      <c r="G7" s="11" t="s">
         <v>71</v>
       </c>
-      <c r="G7" s="11" t="s">
+      <c r="H7" s="11" t="s">
         <v>72</v>
       </c>
-      <c r="H7" s="11" t="s">
+      <c r="I7" s="11" t="s">
         <v>73</v>
       </c>
-      <c r="I7" s="11" t="s">
+      <c r="J7" s="11" t="s">
         <v>74</v>
       </c>
-      <c r="J7" s="11" t="s">
+      <c r="K7" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="K7" s="11" t="s">
+      <c r="L7" s="11" t="s">
         <v>76</v>
       </c>
-      <c r="L7" s="11" t="s">
+      <c r="M7" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N7" s="11" t="s">
         <v>77</v>
       </c>
-      <c r="M7" s="11" t="s">
-[...2 lines deleted...]
-      <c r="N7" s="11" t="s">
+      <c r="O7" s="11" t="s">
         <v>78</v>
       </c>
-      <c r="O7" s="11" t="s">
+      <c r="P7" s="11" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="C8" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D8" s="11" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E8" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F8" s="11" t="s">
         <v>82</v>
       </c>
-      <c r="F8" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="11" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="H8" s="11" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I8" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="J8" s="11" t="s">
         <v>82</v>
       </c>
-      <c r="J8" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K8" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="L8" s="11" t="s">
         <v>82</v>
       </c>
-      <c r="L8" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M8" s="11" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="N8" s="11" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O8" s="11" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="P8" s="11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:18" ht="105" x14ac:dyDescent="0.25">
       <c r="C9" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D9" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" s="11" t="s">
         <v>85</v>
       </c>
-      <c r="E9" s="11" t="s">
+      <c r="F9" s="11" t="s">
         <v>86</v>
       </c>
-      <c r="F9" s="11" t="s">
+      <c r="G9" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="I9" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="J9" s="11" t="s">
         <v>87</v>
       </c>
-      <c r="G9" s="11" t="s">
-[...8 lines deleted...]
-      <c r="J9" s="11" t="s">
+      <c r="K9" s="11" t="s">
         <v>88</v>
       </c>
-      <c r="K9" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L9" s="11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M9" s="11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="N9" s="11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="O9" s="11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="P9" s="17" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="10" spans="1:18" ht="105" x14ac:dyDescent="0.25">
       <c r="C10" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D10" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" s="11" t="s">
         <v>90</v>
       </c>
-      <c r="E10" s="11" t="s">
+      <c r="F10" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="G10" s="11" t="s">
         <v>91</v>
       </c>
-      <c r="F10" s="11" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="11" t="s">
+      <c r="H10" s="11" t="s">
         <v>92</v>
       </c>
-      <c r="H10" s="11" t="s">
+      <c r="I10" s="11" t="s">
         <v>93</v>
       </c>
-      <c r="I10" s="11" t="s">
+      <c r="J10" s="11" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="K10" s="11" t="s">
         <v>2</v>
       </c>
       <c r="L10" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M10" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="M10" s="11" t="s">
-[...2 lines deleted...]
-      <c r="N10" s="11" t="s">
+      <c r="O10" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="O10" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P10" s="11" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:18" ht="30" x14ac:dyDescent="0.25">
       <c r="C11" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D11" s="23" t="s">
         <v>111</v>
       </c>
-      <c r="D11" s="23" t="s">
+      <c r="E11" s="24" t="s">
         <v>112</v>
       </c>
-      <c r="E11" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="K11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="L11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="M11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="N11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="O11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="P11" s="22" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="8" t="s">
@@ -1645,181 +1666,181 @@
       <c r="H13" s="12">
         <v>0.25</v>
       </c>
       <c r="I13" s="12">
         <v>0.12</v>
       </c>
       <c r="J13" s="12">
         <v>0.1</v>
       </c>
       <c r="K13" s="12">
         <v>0.27</v>
       </c>
       <c r="L13" s="12">
         <v>0.25</v>
       </c>
       <c r="M13" s="12">
         <v>0</v>
       </c>
       <c r="N13" s="12">
         <v>0</v>
       </c>
       <c r="O13" s="12">
         <v>0.21</v>
       </c>
       <c r="P13" s="18" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="10"/>
       <c r="B14" s="11" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C14" s="11"/>
       <c r="D14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="E14" s="15" t="s">
+      <c r="G14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="F14" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="15" t="s">
+      <c r="I14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="K14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="L14" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="M14" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="H14" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="15" t="s">
+      <c r="N14" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="J14" s="15" t="s">
+      <c r="O14" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="K14" s="15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P14" s="26" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="11">
         <v>1</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>20</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>20</v>
       </c>
       <c r="F15" s="12" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>20</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>20</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>20</v>
       </c>
       <c r="J15" s="15" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="15" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="12">
         <v>8.3299999999999999E-2</v>
       </c>
       <c r="M15" s="27" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="N15" s="12" t="s">
         <v>20</v>
       </c>
       <c r="O15" s="15" t="s">
         <v>20</v>
       </c>
       <c r="P15" s="15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C16" s="14" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>0</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>0</v>
       </c>
       <c r="J16" s="15" t="s">
         <v>0</v>
       </c>
       <c r="K16" s="15" t="s">
         <v>0</v>
       </c>
       <c r="L16" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M16" s="15"/>
       <c r="N16" s="15"/>
       <c r="O16" s="15" t="s">
         <v>0</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="D1:Q16">
     <sortCondition ref="D2:Q2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E11" r:id="rId1" display="http://www.anchoragemedicalsupplies.com/" xr:uid="{C496BCC3-CDEB-4DAF-BE44-E4A7CAC261D0}"/>
     <hyperlink ref="D11" r:id="rId2" xr:uid="{509A660B-A17C-4C42-94A7-5EE070B9936C}"/>
     <hyperlink ref="F11" r:id="rId3" xr:uid="{2D2D9265-2014-4758-ADBB-5B7FE68B254F}"/>
     <hyperlink ref="G11" r:id="rId4" xr:uid="{7676AF4B-1246-4FFE-84B6-257004BD8878}"/>
     <hyperlink ref="H11" r:id="rId5" xr:uid="{415BE68A-59CC-43C8-A551-2E04F4320CBA}"/>
     <hyperlink ref="I11" r:id="rId6" xr:uid="{2E448F80-4C33-4C8E-8911-6B2A5C4F2984}"/>
     <hyperlink ref="J11" r:id="rId7" xr:uid="{F0724B4E-7169-4EB4-B8C3-0BC343C970AF}"/>
     <hyperlink ref="K11" r:id="rId8" xr:uid="{51A69869-3F3A-41B8-916E-14579A39D310}"/>
     <hyperlink ref="L11" r:id="rId9" xr:uid="{A3B71352-4120-40F8-AFCF-8AE95C426165}"/>
     <hyperlink ref="N11" r:id="rId10" xr:uid="{74F431BC-67B3-4A70-B802-1B10D9554EBF}"/>