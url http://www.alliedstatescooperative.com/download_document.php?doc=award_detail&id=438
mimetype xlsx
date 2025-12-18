--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7488 Audio Visual, Fire, Safety, Security and Surveillance Products &amp; Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D735642-2029-4CE5-B184-0A4B66CD3E81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{729FC68A-8E67-4F55-B3A5-AC210B4CDA85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="568" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="316">
   <si>
     <t/>
   </si>
   <si>
     <t>A/V Concepts &amp; Security, LLC</t>
   </si>
   <si>
     <t>Intraworks Inc.</t>
   </si>
   <si>
     <t>L &amp; L Special Systems LLC</t>
   </si>
   <si>
     <t>Plan B Networks, Inc</t>
   </si>
   <si>
     <t>Pyrocom System Inc. (PyroCom systems Inc.)</t>
   </si>
   <si>
     <t>Saucedo Lock Co. (DACAMA LLC)</t>
   </si>
   <si>
     <t>Sound &amp; Signal Systems of Texas</t>
   </si>
   <si>
@@ -1090,72 +1090,78 @@
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> Texas and New Mexico</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1200 Old HWY 8 NW, New Brighton, MN 55112 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t>5931 Rice Creek Parkway Shoreview, MN 55126</t>
     </r>
   </si>
   <si>
-    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25</t>
-[...4 lines deleted...]
-  <si>
     <t>*updated 11/22/2024, 6/3/2025, 8/7/25</t>
   </si>
   <si>
     <t>*updated 12/17/24, 4/23/25, 8/14/25</t>
   </si>
   <si>
     <t>*updated 9/17/25</t>
   </si>
   <si>
-    <t>*updated 11/1/24, 2/6/25, 5/14/25, 5/21/25, 5/22/25, 6/5/25, 6/16/25, 6/24/25, 6/30/25, 8/5/25, 10/6/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 10/15/25</t>
   </si>
   <si>
     <t>*updated 5/29/24, 2/17/25, 3/17/25, 5/30/25, 6/23/25, 9/3/25, 10/15/25, 10/22/25</t>
+  </si>
+  <si>
+    <t>*updated 11/18/25</t>
+  </si>
+  <si>
+    <t>*updated 8/6/25, 12/2/25</t>
+  </si>
+  <si>
+    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25, 11/6/25, 12/4/25</t>
+  </si>
+  <si>
+    <t>*updated 12/4/25, 12/12/25</t>
+  </si>
+  <si>
+    <t>*updated 11/1/24, 2/6/25, 5/14/25, 5/21/25, 5/22/25, 6/5/25, 6/16/25, 6/24/25, 6/30/25, 8/5/25, 10/6/25, 12/1/25, 12/16/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1663,106 +1669,111 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Car-Mac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Garcom%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Plan%20B%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Technology%20World%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/APIC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Saucedo%20Security%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Black%20Fire%20Compiled%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/EP%20Trident%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/L%26L%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Team%201st%20R19%20RFP%20Pricing%20Guide%204-9-24.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/API%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Intraworks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Resident%20Technology%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AV%20Concepts%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/American%20Surveillance.xls" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVX%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Electripro%20Pricelists%20Combined.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/System%20Integrations%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES%20SECURITY%20CATALOG%202024.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Henderson%20Fire%20Protection%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Southwest%20Sonitrol%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual%20Technology%20Region%2019%20bid%20Pricing-Final.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Dantek%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Pyrocom%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Assurance%20Fire%20Protection-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Century%20Fire.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/HB%20Pro%20Sound%20Combined.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound%20and%20Signal.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Cable%20Source%20MSRP.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Advanced%20Sec%20Contractors%20Pricing.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AI21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="D9" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="3" customWidth="1"/>
     <col min="2" max="2" width="36" style="3" customWidth="1"/>
     <col min="3" max="3" width="6" style="3" customWidth="1"/>
     <col min="4" max="34" width="30.7109375" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" s="22" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:35" s="22" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="D1" s="22" t="s">
         <v>301</v>
       </c>
       <c r="E1" s="19" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19" t="s">
+        <v>313</v>
+      </c>
+      <c r="I1" s="22" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="J1" s="19"/>
       <c r="K1" s="19"/>
       <c r="L1" s="19" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="M1" s="22" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="N1" s="19"/>
       <c r="O1" s="22" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="P1" s="19" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="Q1" s="19"/>
       <c r="S1" s="19" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="T1" s="19"/>
+      <c r="U1" s="22" t="s">
+        <v>314</v>
+      </c>
       <c r="W1" s="19"/>
       <c r="X1" s="22" t="s">
         <v>302</v>
       </c>
       <c r="Y1" s="22" t="s">
         <v>303</v>
       </c>
       <c r="AB1" s="22" t="s">
         <v>297</v>
       </c>
       <c r="AC1" s="22" t="s">
         <v>268</v>
       </c>
       <c r="AD1" s="22" t="s">
         <v>295</v>
       </c>
       <c r="AE1" s="22" t="s">
         <v>271</v>
       </c>
       <c r="AF1" s="19"/>
-      <c r="AH1" s="19"/>
+      <c r="AH1" s="19" t="s">
+        <v>311</v>
+      </c>
     </row>
     <row r="2" spans="1:35" s="17" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="C2" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>298</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="18" t="s">
         <v>243</v>
       </c>
       <c r="H2" s="18" t="s">
         <v>244</v>
       </c>
       <c r="I2" s="18" t="s">
         <v>296</v>
       </c>
       <c r="J2" s="18" t="s">
         <v>14</v>