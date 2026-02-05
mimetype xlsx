--- v1 (2025-12-18)
+++ v2 (2026-02-05)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7488 Audio Visual, Fire, Safety, Security and Surveillance Products &amp; Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{729FC68A-8E67-4F55-B3A5-AC210B4CDA85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E529DB1-EC72-43AB-8A6A-88F10007382E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="317">
   <si>
     <t/>
   </si>
   <si>
     <t>A/V Concepts &amp; Security, LLC</t>
   </si>
   <si>
     <t>Intraworks Inc.</t>
   </si>
   <si>
     <t>L &amp; L Special Systems LLC</t>
   </si>
   <si>
     <t>Plan B Networks, Inc</t>
   </si>
   <si>
     <t>Pyrocom System Inc. (PyroCom systems Inc.)</t>
   </si>
   <si>
     <t>Saucedo Lock Co. (DACAMA LLC)</t>
   </si>
   <si>
     <t>Sound &amp; Signal Systems of Texas</t>
   </si>
   <si>
@@ -1051,53 +1051,50 @@
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>virginia@ascsecure.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> service@ascsecure.com</t>
     </r>
   </si>
   <si>
     <t>*updated 4/10/2025</t>
   </si>
   <si>
     <t>*updated 8/7/24, 8/28/24, 9/19/24, 10/18/24, 11/8/24, 11/12/24, 12/12/24, 5/12/25</t>
   </si>
   <si>
-    <t>*updated 5/13/25</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>West</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> Texas and New Mexico</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
@@ -1111,57 +1108,63 @@
       <t>5931 Rice Creek Parkway Shoreview, MN 55126</t>
     </r>
   </si>
   <si>
     <t>*updated 11/22/2024, 6/3/2025, 8/7/25</t>
   </si>
   <si>
     <t>*updated 12/17/24, 4/23/25, 8/14/25</t>
   </si>
   <si>
     <t>*updated 9/17/25</t>
   </si>
   <si>
     <t>*updated 10/15/25</t>
   </si>
   <si>
     <t>*updated 5/29/24, 2/17/25, 3/17/25, 5/30/25, 6/23/25, 9/3/25, 10/15/25, 10/22/25</t>
   </si>
   <si>
     <t>*updated 11/18/25</t>
   </si>
   <si>
     <t>*updated 8/6/25, 12/2/25</t>
   </si>
   <si>
-    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25, 11/6/25, 12/4/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 12/4/25, 12/12/25</t>
   </si>
   <si>
-    <t>*updated 11/1/24, 2/6/25, 5/14/25, 5/21/25, 5/22/25, 6/5/25, 6/16/25, 6/24/25, 6/30/25, 8/5/25, 10/6/25, 12/1/25, 12/16/25</t>
+    <t>*updated 11/1/24, 2/6/25, 5/14/25, 5/21/25, 5/22/25, 6/5/25, 6/16/25, 6/24/25, 6/30/25, 8/5/25, 10/6/25, 12/1/25, 12/16/25, 1/14/26</t>
+  </si>
+  <si>
+    <t>*updated 1/21/26</t>
+  </si>
+  <si>
+    <t>*updated 5/13/25, 1/29/26</t>
+  </si>
+  <si>
+    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25, 11/6/25, 12/4/25, 1/5/26, 1/6/26, 1/27/26, 2/3/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1646,133 +1649,138 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Car-Mac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Garcom%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Plan%20B%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Technology%20World%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/APIC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Saucedo%20Security%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Black%20Fire%20Compiled%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/EP%20Trident%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/L%26L%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Team%201st%20R19%20RFP%20Pricing%20Guide%204-9-24.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/API%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Intraworks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Resident%20Technology%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AV%20Concepts%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/American%20Surveillance.xls" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVX%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Electripro%20Pricelists%20Combined.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/System%20Integrations%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES%20SECURITY%20CATALOG%202024.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Henderson%20Fire%20Protection%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Southwest%20Sonitrol%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual%20Technology%20Region%2019%20bid%20Pricing-Final.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Dantek%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Pyrocom%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Assurance%20Fire%20Protection-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Century%20Fire.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/HB%20Pro%20Sound%20Combined.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound%20and%20Signal.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Cable%20Source%20MSRP.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Advanced%20Sec%20Contractors%20Pricing.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Car-Mac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Garcom%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Plan%20B%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Cable%20Source%20MSRP.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/APIC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound%20and%20Signal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Black%20Fire%20Compiled%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/EP%20Trident%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/L%26L%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Technology%20World%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/API%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Intraworks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Saucedo%20Security%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Advanced%20Sec%20Contractors%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/American%20Surveillance.xls" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVX%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Electripro%20Pricelists%20Combined.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Team%201st%20R19%20RFP%20Pricing%20Guide%204-9-24.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES%20SECURITY%20CATALOG%202024.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Henderson%20Fire%20Protection%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/System%20Integrations%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AV%20Concepts%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Dantek%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Resident%20Technology%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Assurance%20Fire%20Protection-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Century%20Fire.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/HB%20Pro%20Sound%20Combined.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Southwest%20Sonitrol%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual%20Technology%20Region%2019%20bid%20Pricing-Final.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AI21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="3" ySplit="2" topLeftCell="D9" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="3" customWidth="1"/>
     <col min="2" max="2" width="36" style="3" customWidth="1"/>
     <col min="3" max="3" width="6" style="3" customWidth="1"/>
     <col min="4" max="34" width="30.7109375" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" s="22" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="D1" s="22" t="s">
         <v>301</v>
       </c>
       <c r="E1" s="19" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="I1" s="22" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="J1" s="19"/>
+        <v>305</v>
+      </c>
+      <c r="J1" s="19" t="s">
+        <v>314</v>
+      </c>
       <c r="K1" s="19"/>
       <c r="L1" s="19" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="M1" s="22" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="N1" s="19"/>
       <c r="O1" s="22" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="P1" s="19" t="s">
+        <v>306</v>
+      </c>
+      <c r="Q1" s="19"/>
+      <c r="R1" s="22" t="s">
+        <v>314</v>
+      </c>
+      <c r="S1" s="19" t="s">
         <v>307</v>
-      </c>
-[...2 lines deleted...]
-        <v>308</v>
       </c>
       <c r="T1" s="19"/>
       <c r="U1" s="22" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="W1" s="19"/>
       <c r="X1" s="22" t="s">
         <v>302</v>
       </c>
       <c r="Y1" s="22" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="AB1" s="22" t="s">
         <v>297</v>
       </c>
       <c r="AC1" s="22" t="s">
         <v>268</v>
       </c>
       <c r="AD1" s="22" t="s">
         <v>295</v>
       </c>
       <c r="AE1" s="22" t="s">
         <v>271</v>
       </c>
       <c r="AF1" s="19"/>
       <c r="AH1" s="19" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2" spans="1:35" s="17" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="C2" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>298</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="18" t="s">
         <v>243</v>
       </c>
       <c r="H2" s="18" t="s">
         <v>244</v>
       </c>
       <c r="I2" s="18" t="s">
         <v>296</v>
       </c>
       <c r="J2" s="18" t="s">
@@ -1944,51 +1952,51 @@
       </c>
       <c r="AG3" s="4" t="s">
         <v>60</v>
       </c>
       <c r="AH3" s="4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:35" ht="60" x14ac:dyDescent="0.25">
       <c r="C4" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>78</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>79</v>
       </c>
       <c r="H4" s="10" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>257</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>80</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>251</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P4" s="4" t="s">
         <v>252</v>
       </c>
@@ -2523,51 +2531,51 @@
       </c>
       <c r="AD9" s="4" t="s">
         <v>164</v>
       </c>
       <c r="AE9" s="4" t="s">
         <v>165</v>
       </c>
       <c r="AF9" s="4" t="s">
         <v>166</v>
       </c>
       <c r="AG9" s="4" t="s">
         <v>155</v>
       </c>
       <c r="AH9" s="4" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="10" spans="1:35" ht="75" x14ac:dyDescent="0.25">
       <c r="C10" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>180</v>
       </c>
       <c r="E10" s="10" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>192</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>157</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>193</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>186</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>194</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>196</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>197</v>
       </c>
@@ -2778,52 +2786,52 @@
       </c>
       <c r="Q12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="R12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="S12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="T12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="U12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="V12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="W12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="X12" s="20" t="s">
         <v>254</v>
       </c>
-      <c r="Y12" s="20" t="s">
-        <v>254</v>
+      <c r="Y12" s="21" t="s">
+        <v>272</v>
       </c>
       <c r="Z12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AA12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AB12" s="20" t="s">
         <v>262</v>
       </c>
       <c r="AC12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AD12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AE12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AF12" s="20" t="s">
         <v>254</v>
       </c>
       <c r="AG12" s="20" t="s">
         <v>254</v>
       </c>
@@ -3709,65 +3717,64 @@
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="D1:AH23">
     <sortCondition ref="D2:AH2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="G12" r:id="rId1" xr:uid="{F765C092-8BE2-46BF-9EC0-4F0283CB3AD8}"/>
     <hyperlink ref="H12" r:id="rId2" xr:uid="{892F8BDE-B698-4C05-8D5B-BE73BA0E403C}"/>
     <hyperlink ref="I12" r:id="rId3" xr:uid="{11C03A95-8977-41F9-894C-4C13457623AA}"/>
     <hyperlink ref="J12" r:id="rId4" xr:uid="{35A95B03-9237-41C0-B7D0-D5C36A4073F1}"/>
     <hyperlink ref="K12" r:id="rId5" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES SECURITY CATALOG 2024.xlsx" xr:uid="{4404A786-A559-4134-AE94-DB32CAA3FE4A}"/>
     <hyperlink ref="L12" r:id="rId6" xr:uid="{5429FABB-E8CB-4966-9AA8-588944851FD1}"/>
     <hyperlink ref="M12" r:id="rId7" xr:uid="{135CDF31-9836-491B-9D41-FCED5035D868}"/>
     <hyperlink ref="N12" r:id="rId8" xr:uid="{AA92FE32-AAD8-48BC-8F9D-34B1E1D6BB9F}"/>
     <hyperlink ref="O12" r:id="rId9" xr:uid="{066FC85D-4F84-4F64-865E-8B4B64BA4261}"/>
     <hyperlink ref="P12" r:id="rId10" xr:uid="{7048B0EC-3153-4828-971C-E97D9F148659}"/>
     <hyperlink ref="Q12" r:id="rId11" xr:uid="{D7FD614B-2C45-41F0-B55C-9A7D839D4EA6}"/>
     <hyperlink ref="R12" r:id="rId12" xr:uid="{3159A3BB-2552-4A03-B26C-B9769D826918}"/>
     <hyperlink ref="S12" r:id="rId13" xr:uid="{AFB616C8-A6CC-410A-97D8-0D286C2CDACE}"/>
     <hyperlink ref="T12" r:id="rId14" xr:uid="{800802DC-D497-4108-A36B-20C6D24A4722}"/>
     <hyperlink ref="U12" r:id="rId15" xr:uid="{60168AAD-CB9D-42C5-9143-6C2F1AFCD976}"/>
     <hyperlink ref="V12" r:id="rId16" xr:uid="{9A02EC6C-8DE3-4A34-92DD-90BA4CA8DD7D}"/>
     <hyperlink ref="W12" r:id="rId17" xr:uid="{F74089C5-8D45-439D-819B-1BEFB41635EE}"/>
     <hyperlink ref="X12" r:id="rId18" xr:uid="{D873FC31-16E8-4EA8-8935-824F12C65B7E}"/>
-    <hyperlink ref="Y12" r:id="rId19" xr:uid="{C9B16A66-2698-4A8D-99EA-B88BA8251EDC}"/>
-[...10 lines deleted...]
-    <hyperlink ref="E12" r:id="rId30" xr:uid="{A1079DF5-1E51-43E2-877A-17DC5E195FA4}"/>
+    <hyperlink ref="Z12" r:id="rId19" xr:uid="{C71DE0C0-F50D-4306-AA46-A9F50CB07360}"/>
+    <hyperlink ref="AA12" r:id="rId20" xr:uid="{E012886B-3BB5-4AAD-8F54-5AA560262C51}"/>
+    <hyperlink ref="AB12" r:id="rId21" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound and Signal.pdf" xr:uid="{8CC8D1AA-881A-4D04-9FD3-24A522B43D1A}"/>
+    <hyperlink ref="AC12" r:id="rId22" xr:uid="{F7C3B4E0-16F5-418D-BF86-2DBE024D4D22}"/>
+    <hyperlink ref="AD12" r:id="rId23" xr:uid="{0B0A4224-E9EE-4584-AFD8-0E015DE257FC}"/>
+    <hyperlink ref="AE12" r:id="rId24" xr:uid="{A11C9863-3050-4D46-B1B9-3204D34FC05F}"/>
+    <hyperlink ref="AF12" r:id="rId25" xr:uid="{2BC5727D-685B-4560-8FEE-2626B69BD8E4}"/>
+    <hyperlink ref="AG12" r:id="rId26" xr:uid="{D35AC613-C3CE-4C03-BE56-42A52E2843CE}"/>
+    <hyperlink ref="AH12" r:id="rId27" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual Technology Region 19 bid Pricing-Final.pdf" xr:uid="{5A3DC8CC-BFB7-49DD-8D14-F7751E601AD9}"/>
+    <hyperlink ref="D12" r:id="rId28" xr:uid="{98AD6DAD-3406-4A44-A59B-DC329B1A36E7}"/>
+    <hyperlink ref="E12" r:id="rId29" xr:uid="{A1079DF5-1E51-43E2-877A-17DC5E195FA4}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId31"/>
+  <pageSetup orientation="landscape" r:id="rId30"/>
   <headerFooter>
     <oddFooter>&amp;R24-7488 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>