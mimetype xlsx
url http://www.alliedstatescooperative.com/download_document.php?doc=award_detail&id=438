--- v2 (2026-02-05)
+++ v3 (2026-03-31)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2024\24-7488 Audio Visual, Fire, Safety, Security and Surveillance Products &amp; Services\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E529DB1-EC72-43AB-8A6A-88F10007382E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8FAAD503-C8FB-49F2-A1C5-B88D5CCCA6F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="573" uniqueCount="319">
   <si>
     <t/>
   </si>
   <si>
     <t>A/V Concepts &amp; Security, LLC</t>
   </si>
   <si>
     <t>Intraworks Inc.</t>
   </si>
   <si>
     <t>L &amp; L Special Systems LLC</t>
   </si>
   <si>
     <t>Plan B Networks, Inc</t>
   </si>
   <si>
     <t>Pyrocom System Inc. (PyroCom systems Inc.)</t>
   </si>
   <si>
     <t>Saucedo Lock Co. (DACAMA LLC)</t>
   </si>
   <si>
     <t>Sound &amp; Signal Systems of Texas</t>
   </si>
   <si>
@@ -245,53 +245,50 @@
   <si>
     <t>10456 Brian Mooney Ave., El Paso TX 79935</t>
   </si>
   <si>
     <t>7618 Boeing Dr Ste C El Paso, TX 79925</t>
   </si>
   <si>
     <t>12584 Flora Alba Dr El paso TX 79928</t>
   </si>
   <si>
     <t>6501 Boeing Drive, Bldg E, El Paso, TX 79925</t>
   </si>
   <si>
     <t>1025 Texas Avenue, El Paso, Texas  79901</t>
   </si>
   <si>
     <t>711 N Copia St., El Paso, TX 79903</t>
   </si>
   <si>
     <t>9200 Mayflower Ave,  El Paso, TX 79925</t>
   </si>
   <si>
     <t>4042 Doniphan Drive, El Paso, Texas 79922</t>
   </si>
   <si>
-    <t>3465 Lee Blvd. Ste. C El Paso, TX 79936</t>
-[...1 lines deleted...]
-  <si>
     <t>4500 Anaheim Ave. NE Building B suite 1 Albuquerque NM 87113</t>
   </si>
   <si>
     <t>2200 N. Yarbrough Dr. Ste E8, El Paso, TX. 79925</t>
   </si>
   <si>
     <t>3465 Lee Blvd. Suite 245, El Paso TX 79936</t>
   </si>
   <si>
     <t>5240 Gunter Ave  El Paso, TX 79904</t>
   </si>
   <si>
     <t>6000 Gateway Blvd E, El Paso, TX  79905-2003</t>
   </si>
   <si>
     <t>1008 Diesel Drive, El Paso, TX  79907</t>
   </si>
   <si>
     <t>135 Rio West Drive, El Paso TX, 79932</t>
   </si>
   <si>
     <t>12305 Mercantile Ave. Ste. 3-S, El Paso, TX 79928</t>
   </si>
   <si>
     <t>55 Galonsky Street, Brownsville, TX 78521</t>
@@ -320,53 +317,50 @@
   <si>
     <t>152 Bluffs Court, Canton, GA 30114</t>
   </si>
   <si>
     <t>avconceptsandsecurity@gmail.com</t>
   </si>
   <si>
     <t>srenteria@intraworksusa.com</t>
   </si>
   <si>
     <t>luis@landlspecialsystemsep.com</t>
   </si>
   <si>
     <t>jmares@planbnet.com</t>
   </si>
   <si>
     <t>aduron@pyrocomsystems.com</t>
   </si>
   <si>
     <t>DavidE@saucedocompany.com</t>
   </si>
   <si>
     <t>mlacroix@ssstx.com</t>
   </si>
   <si>
-    <t>mlaporte@sieptx.com</t>
-[...1 lines deleted...]
-  <si>
     <t>accounts@team1sttech.com</t>
   </si>
   <si>
     <t>alberto@go-sentry.com</t>
   </si>
   <si>
     <t>dave@resident-technology.com</t>
   </si>
   <si>
     <t>hendfireep@aol.com</t>
   </si>
   <si>
     <t>alberto@hbprosound.com</t>
   </si>
   <si>
     <t>jesse@garcominc.com</t>
   </si>
   <si>
     <t>sfierro@aegis-ss.com</t>
   </si>
   <si>
     <t>ecamarillo@americansurveillanceco.com</t>
   </si>
   <si>
     <t>Co-ops@api-nsg.us</t>
@@ -777,53 +771,50 @@
     <t>S&amp;H included in pricing…</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>American Surveillance Co (American Surveillance Company Inc.)</t>
   </si>
   <si>
     <t>APi National Service Group (API National Service Group Inc.)</t>
   </si>
   <si>
     <t>Car-Mac Special Systems LLC (Carlos L Macias)</t>
   </si>
   <si>
     <t>Dantek Systems (Dantek Systems Inc.)</t>
   </si>
   <si>
     <t>Southwest Sonitrol (Southwest Sonitrol Inc.); (Sonitrol of El Paso)</t>
-  </si>
-[...1 lines deleted...]
-    <t>System Integrations (MJAMPL Inc.)</t>
   </si>
   <si>
     <t>Technology World LLC (DBA Sentry)</t>
   </si>
   <si>
     <t xml:space="preserve">Yes, additional fees if overnight, 2/3 day shipping or additional needs requested by the customer.  Alicia Hernandez. </t>
   </si>
   <si>
     <t>6600 Montana Ave. Suite Q, El Paso, Texas 79925</t>
   </si>
   <si>
     <t>1462 Vanderbilt Drive, El Paso, Texas 79935</t>
   </si>
   <si>
     <t>No bid</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>Price Link
 May only purchase security related items.</t>
   </si>
   <si>
     <t>25% off MSRP on Reliable, Victaulic, Viking and Silent Knight materials only. Any other manuf. provided will not be subject to a discount.</t>
@@ -954,53 +945,50 @@
     <t>https://www.pyrocomsystems.com</t>
   </si>
   <si>
     <t>https://www.Resident-Technology.com</t>
   </si>
   <si>
     <t>https://www.saucedocompany.com</t>
   </si>
   <si>
     <t>https://www.gosonitrol.com</t>
   </si>
   <si>
     <t>https://www.systemintegrationsep.com</t>
   </si>
   <si>
     <t>https://team1sttech.com</t>
   </si>
   <si>
     <t>https://www.go-sentry.com</t>
   </si>
   <si>
     <t>https://www.thecablesource.net</t>
   </si>
   <si>
     <t>https://www.vtiusa.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 9/10/24</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>APIC Solutions, Inc (</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>APIC Solutions Texas, LLC</t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -1108,63 +1096,127 @@
       <t>5931 Rice Creek Parkway Shoreview, MN 55126</t>
     </r>
   </si>
   <si>
     <t>*updated 11/22/2024, 6/3/2025, 8/7/25</t>
   </si>
   <si>
     <t>*updated 12/17/24, 4/23/25, 8/14/25</t>
   </si>
   <si>
     <t>*updated 9/17/25</t>
   </si>
   <si>
     <t>*updated 10/15/25</t>
   </si>
   <si>
     <t>*updated 5/29/24, 2/17/25, 3/17/25, 5/30/25, 6/23/25, 9/3/25, 10/15/25, 10/22/25</t>
   </si>
   <si>
     <t>*updated 11/18/25</t>
   </si>
   <si>
     <t>*updated 8/6/25, 12/2/25</t>
   </si>
   <si>
-    <t>*updated 12/4/25, 12/12/25</t>
-[...4 lines deleted...]
-  <si>
     <t>*updated 1/21/26</t>
   </si>
   <si>
-    <t>*updated 5/13/25, 1/29/26</t>
-[...2 lines deleted...]
-    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25, 11/6/25, 12/4/25, 1/5/26, 1/6/26, 1/27/26, 2/3/26</t>
+    <t>*updated 5/13/25, 1/29/26, 2/20/26</t>
+  </si>
+  <si>
+    <t>*updated 7/1/2024, 9/24/24, 6/11/25, 6/25/25, 11/6/25, 12/4/25, 1/5/26, 1/6/26, 1/27/26, 2/3/26; 3/3/26</t>
+  </si>
+  <si>
+    <t>*updated 1/21/26, 3/6/26</t>
+  </si>
+  <si>
+    <t>*updated 9/10/24, 3/25/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>System Integrations (MJAMPL Inc.)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Jericho - Technology for the Gospel</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>3465 Lee Blvd. Ste. C El Paso, TX 79936</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> 10830 Martin Luther King Jr. Blvd Ste. 104 El Paso, TX 79934</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>mlaporte@sieptx.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> michael@jericho-tech.org</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 3/26/26</t>
+  </si>
+  <si>
+    <t>*updated 12/4/25, 12/12/25, 3/23/26, 3/27/26</t>
+  </si>
+  <si>
+    <t>*updated 11/1/24, 2/6/25, 5/14/25, 5/21/25, 5/22/25, 6/5/25, 6/16/25, 6/24/25, 6/30/25, 8/5/25, 10/6/25, 12/1/25, 12/16/25, 1/14/26, 3/23/26, 3/30/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1672,1193 +1724,1196 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Car-Mac.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Garcom%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Plan%20B%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Cable%20Source%20MSRP.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/APIC.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Sound%20and%20Signal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Black%20Fire%20Compiled%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/EP%20Trident%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/L%26L%20Special%20Systems.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Technology%20World%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/API%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Intraworks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Saucedo%20Security%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Advanced%20Sec%20Contractors%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/American%20Surveillance.xls" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVX%20pricing%20combined.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Electripro%20Pricelists%20Combined.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Team%201st%20R19%20RFP%20Pricing%20Guide%204-9-24.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES%20SECURITY%20CATALOG%202024.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Henderson%20Fire%20Protection%20Combined%20Pricelists.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/System%20Integrations%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AV%20Concepts%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Dantek%20Combined%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Resident%20Technology%20Combined%20pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Assurance%20Fire%20Protection-Pricing%20Combined.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Century%20Fire.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/HB%20Pro%20Sound%20Combined.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Southwest%20Sonitrol%20Combined%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/Virtual%20Technology%20Region%2019%20bid%20Pricing-Final.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AI21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="3" customWidth="1"/>
     <col min="2" max="2" width="36" style="3" customWidth="1"/>
     <col min="3" max="3" width="6" style="3" customWidth="1"/>
     <col min="4" max="34" width="30.7109375" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" s="22" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:35" s="22" customFormat="1" ht="90" x14ac:dyDescent="0.25">
       <c r="D1" s="22" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="E1" s="19" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="I1" s="22" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="J1" s="19" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="K1" s="19"/>
       <c r="L1" s="19" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="M1" s="22" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="N1" s="19"/>
       <c r="O1" s="22" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="P1" s="19" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="Q1" s="19"/>
       <c r="R1" s="22" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="S1" s="19" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="T1" s="19"/>
       <c r="U1" s="22" t="s">
-        <v>312</v>
+        <v>317</v>
+      </c>
+      <c r="V1" s="22" t="s">
+        <v>316</v>
       </c>
       <c r="W1" s="19"/>
       <c r="X1" s="22" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="Y1" s="22" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="AB1" s="22" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="AC1" s="22" t="s">
+        <v>265</v>
+      </c>
+      <c r="AD1" s="22" t="s">
+        <v>312</v>
+      </c>
+      <c r="AE1" s="22" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
       <c r="AF1" s="19"/>
       <c r="AH1" s="19" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="2" spans="1:35" s="17" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="C2" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D2" s="18" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="18" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="18" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="H2" s="18" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="I2" s="18" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="J2" s="18" t="s">
         <v>14</v>
       </c>
       <c r="K2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="L2" s="18" t="s">
         <v>16</v>
       </c>
       <c r="M2" s="18" t="s">
         <v>17</v>
       </c>
       <c r="N2" s="18" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="O2" s="18" t="s">
         <v>18</v>
       </c>
       <c r="P2" s="18" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="Q2" s="18" t="s">
         <v>19</v>
       </c>
       <c r="R2" s="18" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="S2" s="18" t="s">
         <v>12</v>
       </c>
       <c r="T2" s="18" t="s">
         <v>11</v>
       </c>
       <c r="U2" s="18" t="s">
         <v>10</v>
       </c>
       <c r="V2" s="18" t="s">
         <v>2</v>
       </c>
       <c r="W2" s="18" t="s">
         <v>3</v>
       </c>
       <c r="X2" s="18" t="s">
         <v>4</v>
       </c>
       <c r="Y2" s="18" t="s">
         <v>5</v>
       </c>
       <c r="Z2" s="18" t="s">
         <v>9</v>
       </c>
       <c r="AA2" s="18" t="s">
         <v>6</v>
       </c>
       <c r="AB2" s="18" t="s">
         <v>7</v>
       </c>
       <c r="AC2" s="18" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="AD2" s="18" t="s">
-        <v>248</v>
+        <v>313</v>
       </c>
       <c r="AE2" s="18" t="s">
         <v>8</v>
       </c>
       <c r="AF2" s="18" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="AG2" s="18" t="s">
         <v>20</v>
       </c>
       <c r="AH2" s="18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:35" ht="45" x14ac:dyDescent="0.25">
       <c r="C3" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>35</v>
       </c>
       <c r="E3" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>49</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>50</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>51</v>
       </c>
       <c r="I3" s="4" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>52</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P3" s="4" t="s">
         <v>58</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>59</v>
       </c>
       <c r="R3" s="4" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="S3" s="4" t="s">
         <v>48</v>
       </c>
       <c r="T3" s="4" t="s">
         <v>47</v>
       </c>
       <c r="U3" s="4" t="s">
         <v>46</v>
       </c>
       <c r="V3" s="4" t="s">
         <v>36</v>
       </c>
       <c r="W3" s="4" t="s">
         <v>37</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>38</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>39</v>
       </c>
       <c r="Z3" s="4" t="s">
         <v>45</v>
       </c>
       <c r="AA3" s="4" t="s">
         <v>40</v>
       </c>
       <c r="AB3" s="4" t="s">
         <v>41</v>
       </c>
       <c r="AC3" s="10" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="AD3" s="4" t="s">
         <v>42</v>
       </c>
       <c r="AE3" s="4" t="s">
         <v>43</v>
       </c>
       <c r="AF3" s="4" t="s">
         <v>44</v>
       </c>
       <c r="AG3" s="4" t="s">
         <v>60</v>
       </c>
       <c r="AH3" s="4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:35" ht="60" x14ac:dyDescent="0.25">
       <c r="C4" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F4" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="G4" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="H4" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="J4" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="H4" s="10" t="s">
-[...5 lines deleted...]
-      <c r="J4" s="4" t="s">
+      <c r="K4" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="M4" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="L4" s="4" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="O4" s="4" t="s">
+      <c r="P4" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="Q4" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="P4" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R4" s="4" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="S4" s="4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T4" s="4" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="U4" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="V4" s="4" t="s">
         <v>63</v>
       </c>
       <c r="W4" s="4" t="s">
         <v>64</v>
       </c>
       <c r="X4" s="4" t="s">
         <v>65</v>
       </c>
       <c r="Y4" s="4" t="s">
         <v>66</v>
       </c>
       <c r="Z4" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AA4" s="4" t="s">
         <v>67</v>
       </c>
       <c r="AB4" s="4" t="s">
         <v>68</v>
       </c>
       <c r="AC4" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="AD4" s="4" t="s">
+      <c r="AD4" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="AE4" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="AE4" s="4" t="s">
+      <c r="AF4" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="AF4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG4" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="AH4" s="4" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="5" spans="1:35" ht="30" x14ac:dyDescent="0.25">
       <c r="C5" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D5" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>296</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="I5" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="P5" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q5" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="R5" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="S5" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="T5" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="U5" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="V5" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="E5" s="10" t="s">
-[...35 lines deleted...]
-      <c r="Q5" s="4" t="s">
+      <c r="W5" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="X5" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y5" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="Z5" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA5" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB5" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC5" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="AD5" s="10" t="s">
+        <v>315</v>
+      </c>
+      <c r="AE5" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="AF5" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="AG5" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="R5" s="4" t="s">
+      <c r="AH5" s="4" t="s">
         <v>114</v>
-      </c>
-[...46 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="6" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C6" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D6" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="I6" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="P6" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q6" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="R6" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="S6" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="T6" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="U6" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="V6" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="W6" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="E6" s="4" t="s">
-[...35 lines deleted...]
-      <c r="Q6" s="4" t="s">
+      <c r="X6" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y6" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="Z6" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="AA6" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="AB6" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="AC6" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD6" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="AE6" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF6" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="AG6" s="4" t="s">
         <v>144</v>
       </c>
-      <c r="R6" s="4" t="s">
+      <c r="AH6" s="4" t="s">
         <v>145</v>
-      </c>
-[...46 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="7" spans="1:35" ht="30" x14ac:dyDescent="0.25">
       <c r="C7" s="1" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D7" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="J7" s="4" t="s">
         <v>273</v>
       </c>
-      <c r="E7" s="4" t="s">
+      <c r="K7" s="4" t="s">
         <v>274</v>
       </c>
-      <c r="F7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="4" t="s">
+      <c r="L7" s="4" t="s">
         <v>275</v>
       </c>
-      <c r="H7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>151</v>
       </c>
-      <c r="I7" s="4" t="s">
+      <c r="N7" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="O7" s="4" t="s">
         <v>152</v>
       </c>
-      <c r="J7" s="4" t="s">
+      <c r="P7" s="4" t="s">
         <v>276</v>
       </c>
-      <c r="K7" s="4" t="s">
+      <c r="Q7" s="4" t="s">
         <v>277</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="R7" s="4" t="s">
         <v>278</v>
       </c>
-      <c r="M7" s="4" t="s">
-[...8 lines deleted...]
-      <c r="P7" s="4" t="s">
+      <c r="S7" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="T7" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="U7" s="4" t="s">
         <v>279</v>
       </c>
-      <c r="Q7" s="4" t="s">
+      <c r="V7" s="4" t="s">
         <v>280</v>
       </c>
-      <c r="R7" s="4" t="s">
+      <c r="W7" s="4" t="s">
         <v>281</v>
       </c>
-      <c r="S7" s="4" t="s">
-[...5 lines deleted...]
-      <c r="U7" s="4" t="s">
+      <c r="X7" s="4" t="s">
         <v>282</v>
       </c>
-      <c r="V7" s="4" t="s">
+      <c r="Y7" s="4" t="s">
         <v>283</v>
       </c>
-      <c r="W7" s="4" t="s">
+      <c r="Z7" s="4" t="s">
         <v>284</v>
       </c>
-      <c r="X7" s="4" t="s">
+      <c r="AA7" s="4" t="s">
         <v>285</v>
       </c>
-      <c r="Y7" s="4" t="s">
+      <c r="AB7" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="AC7" s="4" t="s">
         <v>286</v>
       </c>
-      <c r="Z7" s="4" t="s">
+      <c r="AD7" s="4" t="s">
         <v>287</v>
       </c>
-      <c r="AA7" s="4" t="s">
+      <c r="AE7" s="4" t="s">
         <v>288</v>
       </c>
-      <c r="AB7" s="10" t="s">
-[...2 lines deleted...]
-      <c r="AC7" s="4" t="s">
+      <c r="AF7" s="4" t="s">
         <v>289</v>
       </c>
-      <c r="AD7" s="4" t="s">
+      <c r="AG7" s="4" t="s">
         <v>290</v>
       </c>
-      <c r="AE7" s="4" t="s">
+      <c r="AH7" s="4" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="8" spans="1:35" ht="30" x14ac:dyDescent="0.25">
       <c r="C8" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="J8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="P8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="Q8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="R8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="T8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="U8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="V8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="W8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="X8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="Y8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="Z8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AA8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AB8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AC8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AD8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AE8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AF8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AG8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AH8" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="9" spans="1:35" ht="120" x14ac:dyDescent="0.25">
       <c r="C9" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D9" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="P9" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q9" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="R9" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="S9" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="T9" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="U9" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="V9" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="W9" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="E9" s="4" t="s">
-[...35 lines deleted...]
-      <c r="Q9" s="4" t="s">
+      <c r="X9" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="Y9" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="Z9" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="AA9" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="AB9" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="AC9" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="AD9" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="AE9" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="AF9" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="AG9" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="AH9" s="4" t="s">
         <v>177</v>
-      </c>
-[...49 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="10" spans="1:35" ht="75" x14ac:dyDescent="0.25">
       <c r="C10" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D10" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="P10" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="Q10" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="R10" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="S10" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="T10" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="U10" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="V10" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="W10" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="X10" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="Y10" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="Z10" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="AA10" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="AB10" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="AC10" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="AD10" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="AE10" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="AF10" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="AG10" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="E10" s="10" t="s">
-[...32 lines deleted...]
-      <c r="P10" s="4" t="s">
+      <c r="AH10" s="4" t="s">
         <v>199</v>
-      </c>
-[...52 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="11" spans="1:35" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C11" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="H11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="I11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="J11" s="4" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="P11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="Q11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="R11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="S11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="T11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="U11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="V11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="W11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="Y11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="Z11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AA11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="AB11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AC11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AD11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AE11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="AF11" s="4" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AG11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="AH11" s="4" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
     </row>
     <row r="12" spans="1:35" ht="45" x14ac:dyDescent="0.25">
       <c r="C12" s="2" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="E12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="F12" s="21" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="H12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="I12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="J12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="K12" s="20" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="L12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="M12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="N12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="O12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="P12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="Q12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="R12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="S12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="T12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="U12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="V12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="W12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="X12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="Y12" s="21" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="Z12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="AA12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="AB12" s="20" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="AC12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="AD12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="AE12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="AF12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="AG12" s="20" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="AH12" s="20" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
     </row>
     <row r="13" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="5" t="s">
@@ -2947,60 +3002,60 @@
       </c>
     </row>
     <row r="14" spans="1:35" ht="75" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="9">
         <v>1</v>
       </c>
       <c r="D14" s="11">
         <v>0.03</v>
       </c>
       <c r="E14" s="11">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="F14" s="11">
         <v>0.05</v>
       </c>
       <c r="G14" s="11">
         <v>0.1</v>
       </c>
       <c r="H14" s="11" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="I14" s="11">
         <v>0.1</v>
       </c>
       <c r="J14" s="11">
         <v>0.1</v>
       </c>
       <c r="K14" s="11" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="L14" s="11">
         <v>0</v>
       </c>
       <c r="M14" s="11">
         <v>0.1</v>
       </c>
       <c r="N14" s="11">
         <v>0.05</v>
       </c>
       <c r="O14" s="11">
         <v>0.15</v>
       </c>
       <c r="P14" s="11">
         <v>0.2</v>
       </c>
       <c r="Q14" s="11">
         <v>0</v>
       </c>
       <c r="R14" s="11">
         <v>0.1</v>
       </c>
       <c r="S14" s="11">
         <v>0.15</v>
       </c>
@@ -3031,145 +3086,145 @@
       <c r="AB14" s="11">
         <v>0.25</v>
       </c>
       <c r="AC14" s="11">
         <v>0.1</v>
       </c>
       <c r="AD14" s="11">
         <v>0.05</v>
       </c>
       <c r="AE14" s="11">
         <v>0.05</v>
       </c>
       <c r="AF14" s="11">
         <v>0.1</v>
       </c>
       <c r="AG14" s="11">
         <v>0.1</v>
       </c>
       <c r="AH14" s="11">
         <v>0.1</v>
       </c>
     </row>
     <row r="15" spans="1:35" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="16"/>
       <c r="B15" s="12" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="G15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="H15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="I15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="J15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="K15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="L15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="M15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="N15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="O15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="P15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="Q15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="R15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="S15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="T15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="U15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="V15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="W15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="X15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="Y15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="Z15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AA15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AB15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AC15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AD15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AE15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AF15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AG15" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AH15" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="16" spans="1:35" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="9">
         <v>1</v>
       </c>
       <c r="D16" s="11">
         <v>0.03</v>
       </c>
       <c r="E16" s="11">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="F16" s="11">
         <v>0.05</v>
       </c>
       <c r="G16" s="11">
         <v>0.1</v>
       </c>
       <c r="H16" s="11">
@@ -3229,145 +3284,145 @@
       <c r="Z16" s="11">
         <v>0.15</v>
       </c>
       <c r="AA16" s="11">
         <v>0.05</v>
       </c>
       <c r="AB16" s="11">
         <v>0</v>
       </c>
       <c r="AC16" s="11">
         <v>0.1</v>
       </c>
       <c r="AD16" s="11">
         <v>0.05</v>
       </c>
       <c r="AE16" s="11">
         <v>0.05</v>
       </c>
       <c r="AF16" s="11">
         <v>0.1</v>
       </c>
       <c r="AG16" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AH16" s="11" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="16"/>
       <c r="B17" s="12" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="F17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="H17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="I17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="J17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="K17" s="12" t="s">
         <v>0</v>
       </c>
       <c r="L17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="M17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="N17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="O17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="P17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="Q17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="R17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="S17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="T17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="U17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="V17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="W17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="X17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="Y17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="Z17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AA17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AB17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AC17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AD17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AE17" s="12" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="AF17" s="12" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="AG17" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AH17" s="12"/>
     </row>
     <row r="18" spans="1:34" ht="60" x14ac:dyDescent="0.25">
       <c r="A18" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="9">
         <v>1</v>
       </c>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="13"/>
       <c r="G18" s="9" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="9" t="s">
         <v>30</v>
       </c>
@@ -3407,143 +3462,143 @@
         <v>30</v>
       </c>
       <c r="Z18" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AA18" s="13"/>
       <c r="AB18" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AC18" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AD18" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AE18" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AF18" s="13"/>
       <c r="AG18" s="13"/>
       <c r="AH18" s="13"/>
     </row>
     <row r="19" spans="1:34" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="16"/>
       <c r="B19" s="12" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="12" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="12" t="s">
+        <v>207</v>
+      </c>
+      <c r="F19" s="12" t="s">
+        <v>208</v>
+      </c>
+      <c r="G19" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="H19" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="I19" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="J19" s="12" t="s">
         <v>209</v>
       </c>
-      <c r="F19" s="12" t="s">
+      <c r="K19" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="L19" s="12" t="s">
         <v>210</v>
       </c>
-      <c r="G19" s="12" t="s">
-[...8 lines deleted...]
-      <c r="J19" s="12" t="s">
+      <c r="M19" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="N19" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="O19" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="P19" s="12" t="s">
         <v>211</v>
       </c>
-      <c r="K19" s="12" t="s">
-[...2 lines deleted...]
-      <c r="L19" s="12" t="s">
+      <c r="Q19" s="12" t="s">
         <v>212</v>
       </c>
-      <c r="M19" s="12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="S19" s="12" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="T19" s="12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="U19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="V19" s="12" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="W19" s="12"/>
       <c r="X19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="Y19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="Z19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AA19" s="12" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="AB19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AC19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AD19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AE19" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AF19" s="12" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="AG19" s="12" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="AH19" s="12" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:34" ht="75" x14ac:dyDescent="0.25">
       <c r="A20" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C20" s="9">
         <v>1</v>
       </c>
       <c r="D20" s="11">
         <v>0.03</v>
       </c>
       <c r="E20" s="11">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="F20" s="11">
         <v>0.05</v>
       </c>
       <c r="G20" s="9" t="s">
         <v>0</v>
       </c>
       <c r="H20" s="9"/>
@@ -3597,145 +3652,145 @@
       <c r="AA20" s="11">
         <v>0.2</v>
       </c>
       <c r="AB20" s="9"/>
       <c r="AD20" s="9" t="s">
         <v>0</v>
       </c>
       <c r="AE20" s="9" t="s">
         <v>0</v>
       </c>
       <c r="AF20" s="11">
         <v>0.1</v>
       </c>
       <c r="AG20" s="11">
         <v>0</v>
       </c>
       <c r="AH20" s="11">
         <v>0.1</v>
       </c>
     </row>
     <row r="21" spans="1:34" ht="60" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="C21" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="F21" s="12" t="s">
+        <v>222</v>
+      </c>
+      <c r="G21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="H21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="I21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="J21" s="12" t="s">
+        <v>223</v>
+      </c>
+      <c r="K21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="L21" s="12" t="s">
+        <v>224</v>
+      </c>
+      <c r="M21" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="N21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="O21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="P21" s="12" t="s">
+        <v>226</v>
+      </c>
+      <c r="Q21" s="12" t="s">
+        <v>227</v>
+      </c>
+      <c r="R21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="S21" s="12" t="s">
+        <v>220</v>
+      </c>
+      <c r="T21" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="U21" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="V21" s="12" t="s">
         <v>216</v>
-      </c>
-[...58 lines deleted...]
-        <v>218</v>
       </c>
       <c r="W21" s="12"/>
       <c r="X21" s="12" t="s">
         <v>0</v>
       </c>
       <c r="Y21" s="12" t="s">
         <v>0</v>
       </c>
       <c r="Z21" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AA21" s="12" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="AB21" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AC21" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AD21" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AE21" s="12" t="s">
         <v>0</v>
       </c>
       <c r="AF21" s="12" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="AG21" s="12" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="AH21" s="12" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="D1:AH23">
     <sortCondition ref="D2:AH2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="G12" r:id="rId1" xr:uid="{F765C092-8BE2-46BF-9EC0-4F0283CB3AD8}"/>
     <hyperlink ref="H12" r:id="rId2" xr:uid="{892F8BDE-B698-4C05-8D5B-BE73BA0E403C}"/>
     <hyperlink ref="I12" r:id="rId3" xr:uid="{11C03A95-8977-41F9-894C-4C13457623AA}"/>
     <hyperlink ref="J12" r:id="rId4" xr:uid="{35A95B03-9237-41C0-B7D0-D5C36A4073F1}"/>
     <hyperlink ref="K12" r:id="rId5" display="http://www.alliedstatescooperative.com/asc_contracts/price_list/Patty/24-7488/AVES SECURITY CATALOG 2024.xlsx" xr:uid="{4404A786-A559-4134-AE94-DB32CAA3FE4A}"/>
     <hyperlink ref="L12" r:id="rId6" xr:uid="{5429FABB-E8CB-4966-9AA8-588944851FD1}"/>
     <hyperlink ref="M12" r:id="rId7" xr:uid="{135CDF31-9836-491B-9D41-FCED5035D868}"/>
     <hyperlink ref="N12" r:id="rId8" xr:uid="{AA92FE32-AAD8-48BC-8F9D-34B1E1D6BB9F}"/>
     <hyperlink ref="O12" r:id="rId9" xr:uid="{066FC85D-4F84-4F64-865E-8B4B64BA4261}"/>
     <hyperlink ref="P12" r:id="rId10" xr:uid="{7048B0EC-3153-4828-971C-E97D9F148659}"/>
     <hyperlink ref="Q12" r:id="rId11" xr:uid="{D7FD614B-2C45-41F0-B55C-9A7D839D4EA6}"/>
     <hyperlink ref="R12" r:id="rId12" xr:uid="{3159A3BB-2552-4A03-B26C-B9769D826918}"/>
     <hyperlink ref="S12" r:id="rId13" xr:uid="{AFB616C8-A6CC-410A-97D8-0D286C2CDACE}"/>
     <hyperlink ref="T12" r:id="rId14" xr:uid="{800802DC-D497-4108-A36B-20C6D24A4722}"/>
     <hyperlink ref="U12" r:id="rId15" xr:uid="{60168AAD-CB9D-42C5-9143-6C2F1AFCD976}"/>
     <hyperlink ref="V12" r:id="rId16" xr:uid="{9A02EC6C-8DE3-4A34-92DD-90BA4CA8DD7D}"/>
     <hyperlink ref="W12" r:id="rId17" xr:uid="{F74089C5-8D45-439D-819B-1BEFB41635EE}"/>
     <hyperlink ref="X12" r:id="rId18" xr:uid="{D873FC31-16E8-4EA8-8935-824F12C65B7E}"/>