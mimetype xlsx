--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7447 Emergency Vehicle Equipment and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DE3BB455-3EAD-415F-B259-20E239CA7FD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F49135C-96E2-46BC-978E-7AA1AF57EE28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId1"/>
     <sheet name="Lines" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -285,51 +285,51 @@
   <si>
     <t>Equipment. Percent discount from MSRP (manufacturer's suggested retail price).</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Services. Hourly Rate for Installation/Repair.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Percent discount on related items and/or services not listed above.</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
     <t>13783 Madero Dr. El Paso, TX 79928</t>
   </si>
   <si>
     <t>El Paso and surrounding area and Austin and surrounding area.</t>
   </si>
   <si>
-    <t>*updated 10/7/22, 10/17/22, 11/15/22, 12/1/22, 12/14/22, 12/16/22, 1/4/23, 1/6/23, 2/22/23, 5/4/23, 6/13/23, 9/7/23, 11/29/23, 2/14/24, 6/10/24, 7/16/24, 7/23/24, 8/22/24, 9/11/24, 12/4/24, 1/6/25, 1/10/25, 1/24/25, 2/18/25, 3/18/25, 4/30/25, 5/19/25, 5/27/25, 6/3/25, 6/9/25, 7/22/25, 8/26/25, 10/1/25</t>
+    <t>*updated 10/7/22, 10/17/22, 11/15/22, 12/1/22, 12/14/22, 12/16/22, 1/4/23, 1/6/23, 2/22/23, 5/4/23, 6/13/23, 9/7/23, 11/29/23, 2/14/24, 6/10/24, 7/16/24, 7/23/24, 8/22/24, 9/11/24, 12/4/24, 1/6/25, 1/10/25, 1/24/25, 2/18/25, 3/18/25, 4/30/25, 5/19/25, 5/27/25, 6/3/25, 6/9/25, 7/22/25, 8/26/25, 10/1/25, 12/8/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>