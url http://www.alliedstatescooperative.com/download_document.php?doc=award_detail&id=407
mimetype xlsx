--- v1 (2025-12-22)
+++ v2 (2026-02-14)
@@ -1,76 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7447 Emergency Vehicle Equipment and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F49135C-96E2-46BC-978E-7AA1AF57EE28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{64E748C9-3F19-4D89-9682-38F43B2C931C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId1"/>
     <sheet name="Lines" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="84">
   <si>
     <t>Event Number</t>
   </si>
   <si>
     <t>22-7447</t>
   </si>
   <si>
     <t>Organization</t>
   </si>
   <si>
     <t>Allied States Cooperative - Powered by ESC 19</t>
   </si>
   <si>
     <t>Event Title</t>
   </si>
   <si>
     <t>Emergency Vehicle Equipment and Related - ESC Region 19 Allied States Cooperative</t>
@@ -177,50 +181,53 @@
   <si>
     <t>7/19/2022 10:07:38 AM (CT)</t>
   </si>
   <si>
     <t>Please note: Lines Responded and Response Total only includes responses to specification.  No alternate response data is included.</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Richard Krasne</t>
   </si>
   <si>
     <t>Michael Keagle</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>5923 Gateway Blvd. W.  El Paso, TX  79925</t>
   </si>
   <si>
+    <t>13783 Madero Dr. El Paso, TX 79928</t>
+  </si>
+  <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>dkrasne@alamoauto.com</t>
   </si>
   <si>
     <t>mobilemike44@gmail.com</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>(915) 242-0203</t>
   </si>
   <si>
     <t>(915) 235-6050</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>HTTP://www.alamoauto.com</t>
   </si>
   <si>
     <t>HTTP://fleetservicesolutionsep.com</t>
@@ -234,102 +241,99 @@
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>Yes, where we get charged</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Products/Services Provided…</t>
   </si>
   <si>
     <t>Emergency equipment products</t>
   </si>
   <si>
     <t>Fleet Service Solutions, LLC. provides maintenance, installation, repair &amp; parts for all emergency lighting &amp; 12-volt accessories as well as heavy duty alignments, light duty &amp; heavy-duty repair/maintenance. All can be performed in shop or on-site.</t>
   </si>
   <si>
     <t>Areas Served…</t>
   </si>
   <si>
     <t>Texas and New Mexico</t>
   </si>
   <si>
+    <t>El Paso and surrounding area and Austin and surrounding area.</t>
+  </si>
+  <si>
     <t>Price Link…</t>
   </si>
   <si>
     <t>Price Link</t>
   </si>
   <si>
     <t>Line #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>QTY</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Emergency Vehicle Equipment to include but not limited to emergency lighting and sound warning equipment, vehicle passenger restraint equipment (such as: partitions and seating), push bumpers and related vehicle outer protection, mounting equipment (such as: computer mounts, equipment consoles and trunk trays), video and speed enforcement equipment (such as: radar and license plate recognition), and fuel catalyst enhancement products.</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>Equipment. Percent discount from MSRP (manufacturer's suggested retail price).</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>Services. Hourly Rate for Installation/Repair.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Percent discount on related items and/or services not listed above.</t>
   </si>
   <si>
     <t>No Bid</t>
   </si>
   <si>
-    <t>13783 Madero Dr. El Paso, TX 79928</t>
-[...5 lines deleted...]
-    <t>*updated 10/7/22, 10/17/22, 11/15/22, 12/1/22, 12/14/22, 12/16/22, 1/4/23, 1/6/23, 2/22/23, 5/4/23, 6/13/23, 9/7/23, 11/29/23, 2/14/24, 6/10/24, 7/16/24, 7/23/24, 8/22/24, 9/11/24, 12/4/24, 1/6/25, 1/10/25, 1/24/25, 2/18/25, 3/18/25, 4/30/25, 5/19/25, 5/27/25, 6/3/25, 6/9/25, 7/22/25, 8/26/25, 10/1/25, 12/8/25</t>
+    <t>*updated 10/7/22, 10/17/22, 11/15/22, 12/1/22, 12/14/22, 12/16/22, 1/4/23, 1/6/23, 2/22/23, 5/4/23, 6/13/23, 9/7/23, 11/29/23, 2/14/24, 6/10/24, 7/16/24, 7/23/24, 8/22/24, 9/11/24, 12/4/24, 1/6/25, 1/10/25, 1/24/25, 2/18/25, 3/18/25, 4/30/25, 5/19/25, 5/27/25, 6/3/25, 6/9/25, 7/22/25, 8/26/25, 10/1/25, 12/8/25, 1/5/26, 1/23/26, 1/26/26, 2/11/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -1098,258 +1102,258 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="17" customWidth="1"/>
     <col min="2" max="2" width="8" style="17" customWidth="1"/>
     <col min="3" max="3" width="74.42578125" style="17" customWidth="1"/>
     <col min="4" max="4" width="6" style="17" customWidth="1"/>
     <col min="5" max="5" width="30.7109375" style="17" customWidth="1"/>
     <col min="6" max="6" width="33.140625" style="17" customWidth="1"/>
     <col min="7" max="7" width="12" style="17" customWidth="1"/>
     <col min="8" max="8" width="14" style="17" customWidth="1"/>
     <col min="9" max="9" width="12" style="17" customWidth="1"/>
     <col min="10" max="10" width="14" style="17" customWidth="1"/>
     <col min="11" max="11" width="12" style="17" customWidth="1"/>
     <col min="12" max="12" width="14" style="17" customWidth="1"/>
     <col min="13" max="13" width="12" style="17" customWidth="1"/>
     <col min="14" max="14" width="14" style="17" customWidth="1"/>
     <col min="15" max="15" width="12" style="17" customWidth="1"/>
     <col min="16" max="16" width="14" style="17" customWidth="1"/>
     <col min="17" max="17" width="12" style="17" customWidth="1"/>
     <col min="18" max="18" width="14" style="17" customWidth="1"/>
     <col min="19" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:7" ht="165" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:7" ht="180" x14ac:dyDescent="0.25">
       <c r="E1" s="29" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="2" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="D2" s="14" t="s">
         <v>41</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>36</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D3" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>43</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="D4" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E4" s="13" t="s">
         <v>46</v>
       </c>
       <c r="F4" s="13" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D5" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E5" s="13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F5" s="13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D6" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E6" s="13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F6" s="13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E7" s="13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F7" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D8" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E8" s="13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F8" s="13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D9" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E9" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F9" s="13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="120" x14ac:dyDescent="0.25">
       <c r="D10" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E10" s="13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F10" s="13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="D11" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E11" s="13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F11" s="13" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D12" s="16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E12" s="30" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F12" s="30" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B13" s="19" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C13" s="19" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D13" s="19" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E13" s="20" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F13" s="20" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G13" s="21" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="90" x14ac:dyDescent="0.25">
       <c r="B14" s="22" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D14" s="23">
         <v>1</v>
       </c>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
     </row>
     <row r="15" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B15" s="22" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D15" s="23">
         <v>1</v>
       </c>
       <c r="E15" s="25">
         <v>0</v>
       </c>
       <c r="F15" s="25">
         <v>0.4</v>
       </c>
     </row>
     <row r="16" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B16" s="22" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D16" s="23">
         <v>1</v>
       </c>
       <c r="E16" s="26">
         <v>109.25</v>
       </c>
       <c r="F16" s="26">
         <v>120</v>
       </c>
     </row>
     <row r="17" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B17" s="22" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C17" s="13" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D17" s="23">
         <v>1</v>
       </c>
       <c r="E17" s="27" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F17" s="27" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B18" s="28" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="28" t="s">
         <v>23</v>
       </c>
       <c r="D18" s="28" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="28" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="28" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:F18">
     <sortCondition ref="E2:F2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F12" r:id="rId1" xr:uid="{8414377C-5A1B-4EFC-8DEC-8AFD937EACB9}"/>