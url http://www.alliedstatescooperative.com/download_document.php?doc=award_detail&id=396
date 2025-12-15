--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7434 Maintenance, Repair and Operation\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{855080F5-D1BA-42EE-B71A-7F6A18AC1387}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{32654821-AEC9-49A2-8708-295ABB2DF39C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1249" uniqueCount="814">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1250" uniqueCount="815">
   <si>
     <t>*updated 9/8/22</t>
   </si>
   <si>
     <t>*updated 6/8/22</t>
   </si>
   <si>
     <t>*updated 8/18/22</t>
   </si>
   <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>ABM Building Services, LLC (ABM Industries Incorporated)</t>
   </si>
   <si>
     <t>Accents and Accessories (Stella Hasegawa)</t>
   </si>
   <si>
     <t>ACO Remodeling &amp; Construction, Inc.</t>
   </si>
   <si>
     <t>All Trades Electrical Contractors Inc.</t>
   </si>
   <si>
@@ -2336,53 +2336,50 @@
         <family val="2"/>
       </rPr>
       <t>Heating Ventilating Air Conditioning Products and water heaters</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 HVAC Equipment &amp; System supply house. Furnace and air conditioner parts for maintenance, repair, and operations. Rheem water heaters.</t>
     </r>
   </si>
   <si>
     <t>*updated 9/5/23</t>
   </si>
   <si>
     <t>April Schoor</t>
   </si>
   <si>
     <t>aschoor@germblast.com</t>
   </si>
   <si>
     <t>*updated 10/4/23</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 6/28/22, 8/31/22, 9/8/22, 9/15/22, 10/17/22, 10/19/22, 11/4/22, 1/23/23, 11/2/23</t>
   </si>
   <si>
     <t>*updated 12/7/2023</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Paul  Sahagun</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Charles Elwes</t>
     </r>
   </si>
   <si>
@@ -2678,75 +2675,81 @@
   <si>
     <t>updated 5/21/24</t>
   </si>
   <si>
     <t>*updated 5/29/25</t>
   </si>
   <si>
     <t>updated 8/16/22, 7/25/23, 3/19/24, 11/8/24, 1/14/25, 2/14/25, 6/4/25</t>
   </si>
   <si>
     <t>*updated 4/18/24, 6/12/25</t>
   </si>
   <si>
     <t>*updated 4/29/22, 12/2/22, 12/7/22, 5/14/24, 4/8/25, 4/30/25, 5/13/25, 5/20/25, 6/30/25</t>
   </si>
   <si>
     <t>*updated 5/13/22, 10/31/22, 1/11/23, 5/31/23, 12/5/24, 8/6/25</t>
   </si>
   <si>
     <t>*updated 9/21/22, 6/29/23, 3/18/24, 8/8/24, 9/18/24, 1/28/25, 5/16/25, 8/21/25</t>
   </si>
   <si>
     <t>*updated 9/8/25</t>
   </si>
   <si>
-    <t>*updated 5/2/24, 3/25/25, 3/28/25, 6/30/25, 8/27/25, 9/5/25, 9/22/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 5/11/22, 2/7/24, 4/21/25, 10/6/25</t>
   </si>
   <si>
-    <t>*updated 3/18/25, 4/3/25, 4/17/25, 4/29/25, 5/15/25, 6/10/25, 7/9/25, 7/21/25, 10/6/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 11/14/22, 3/25/25, 4/9/25, 7/7/25, 10/7/25</t>
   </si>
   <si>
     <t>*updated 3/18/24, 7/22/25, 10/7/25</t>
   </si>
   <si>
     <t>*updated 11/13/23, 1/13/25, 10/10/25</t>
   </si>
   <si>
     <t>*updated 9/8/25, 9/10/25, 10/1/25, 10/10/25</t>
   </si>
   <si>
-    <t>*updated 12/1/22, 8/31/23, 2/9/24, 6/5/2025, 6/30/25, 10/20/25</t>
-[...2 lines deleted...]
-    <t>*updated 10/25/22, 10/26/22, 2/8/23, 2/21/23, 3/28/23, 3/31/23, 5/15/23, 9/27/23, 11/16/23, 1/5/24, 6/10/24, 7/1/24, 7/8/24, 8/30/24, 12/2/24, 12/20/24, 2/14/25, 2/24/25, 4/7/25, 5/21/25, 7/16/25, 8/22/25, 10/30/25</t>
+    <t>*updated 6/28/22, 8/31/22, 9/8/22, 9/15/22, 10/17/22, 10/19/22, 11/4/22, 1/23/23, 11/2/23, 11/3/25</t>
+  </si>
+  <si>
+    <t>*updated 11/4/25</t>
+  </si>
+  <si>
+    <t>*updated 10/25/22, 10/26/22, 2/8/23, 2/21/23, 3/28/23, 3/31/23, 5/15/23, 9/27/23, 11/16/23, 1/5/24, 6/10/24, 7/1/24, 7/8/24, 8/30/24, 12/2/24, 12/20/24, 2/14/25, 2/24/25, 4/7/25, 5/21/25, 7/16/25, 8/22/25, 10/30/25, 11/19/25</t>
+  </si>
+  <si>
+    <t>*updated 3/18/25, 4/3/25, 4/17/25, 4/29/25, 5/15/25, 6/10/25, 7/9/25, 7/21/25, 10/6/25, 12/1/25</t>
+  </si>
+  <si>
+    <t>*updated 12/1/22, 8/31/23, 2/9/24, 6/5/2025, 6/30/25, 10/20/25, 12/2/25</t>
+  </si>
+  <si>
+    <t>*updated 5/2/24, 3/25/25, 3/28/25, 6/30/25, 8/27/25, 9/5/25, 9/22/25, 11/4/25, 12/1/25, 12/8/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3267,233 +3270,235 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/GAP%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ESA%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Nova%20Safety%20Products%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Southwest%20Water%20Supplies%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/The%20Carpet%20Pile%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Total%20Maintenance%20Solutions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Westside%20Welding%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Complete%20Parking%20Solutions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Border%20States%20Electric%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ABM%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Desert%20Electrical%20Supply%20Pricelist.xlsx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Harrington%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Cleaver%20Brooks%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Frank%27s%20Supply%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/MARKS%20Plumbing%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Quality%20Commercial%20Services%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Shelby%20Distributions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Tarkett%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Veliz%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Wyler%20Industrial%20Works%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Baker%20Glass%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aschoor@germblast.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Electric%20Supply%20Source%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/DADefense%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Exodo%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/GermBlast%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Holts%20Mechanical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/One%20Stop%20Glass%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Summit%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/The%20Sherwin-Williams%20Company%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/WinSupply%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/All%20Trades%20Electrical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/CL%20NORTH%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Triple-S%20Janitorial%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Accents%20and%20Accessories%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Commercial%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/El%20Paso%20Bolt%20%26%20Screw%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/G%26E%20Industrial%20Supplies%2C%20Inc.%20PRICELIST.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/MasterServInc%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/RotoRooter%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Technical%20Building%20Services%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Innovation%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Epic%20Solar%20Control%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Southwest%20Decor%20El%20Paso%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/VOLTER%20PRICING.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/TraneLabor%20Rates%202022.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://winsupplyofsouthelpaso.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Beltran%20Electrical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Desert%20Contracting%20pricing.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Fastsigns%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Grass%20Masters%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Phoenix%20General%20Contractors%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Three%20O%20Machine%20Shop%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Winsupply%20S%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Chemsearch%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/M%20Squared%20%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/SUN%20CITY%20WINNELSON%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Unipak%20Corp.%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Gilbert%27s%20Plumbing%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ACO%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Americhoice%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/CED%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Copper%20State%20Bolt%20and%20Nut%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/El%20Paso%20Tinting%202%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Saucedo%20Lock%20Pricelist.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/GAP%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ESA%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Nova%20Safety%20Products%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Southwest%20Water%20Supplies%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/The%20Carpet%20Pile%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Total%20Maintenance%20Solutions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Westside%20Welding%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Complete%20Parking%20Solutions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Border%20States%20Electric%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ABM%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Desert%20Electrical%20Supply%20Pricelist.xlsx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Harrington%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Cleaver%20Brooks%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Frank%27s%20Supply%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/MARKS%20Plumbing%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Quality%20Commercial%20Services%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Shelby%20Distributions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Tarkett%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Veliz%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Wyler%20Industrial%20Works%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Baker%20Glass%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aschoor@germblast.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Electric%20Supply%20Source%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/DADefense%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Exodo%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/GermBlast%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Holts%20Mechanical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/One%20Stop%20Glass%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Summit%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/The%20Sherwin-Williams%20Company%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/WinSupply%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/All%20Trades%20Electrical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/CL%20NORTH%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Triple-S%20Janitorial%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Accents%20and%20Accessories%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Commercial%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/El%20Paso%20Bolt%20%26%20Screw%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/G%26E%20Industrial%20Supplies%2C%20Inc.%20PRICELIST.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/MasterServInc%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/RotoRooter%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Technical%20Building%20Services%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Innovation%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Epic%20Solar%20Control%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Southwest%20Decor%20El%20Paso%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/VOLTER%20PRICING.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Trane.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://winsupplyofsouthelpaso.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Beltran%20Electrical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Desert%20Contracting%20pricing.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Fastsigns%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Grass%20Masters%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Phoenix%20General%20Contractors%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Three%20O%20Machine%20Shop%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Winsupply%20S%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Chemsearch%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/M%20Squared%20%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/SUN%20CITY%20WINNELSON%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Unipak%20Corp.%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Gilbert%27s%20Plumbing%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ACO%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Americhoice%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/CED%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Copper%20State%20Bolt%20and%20Nut%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/El%20Paso%20Tinting%202%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Saucedo%20Lock%20Pricelist.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:CH18"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="E10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="8" style="5" customWidth="1"/>
     <col min="3" max="3" width="36" style="5" customWidth="1"/>
     <col min="4" max="4" width="6" style="5" customWidth="1"/>
     <col min="5" max="79" width="30.7109375" style="5" customWidth="1"/>
     <col min="80" max="80" width="31.28515625" style="5" customWidth="1"/>
     <col min="81" max="85" width="30.7109375" style="5" customWidth="1"/>
     <col min="86" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:86" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="E1" s="19"/>
       <c r="G1" s="21" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="H1" s="19" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="I1" s="20" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="J1" s="19" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="K1" s="19" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="L1" s="19" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="M1" s="21" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>805</v>
+        <v>814</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="Q1" s="19" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="R1" s="23" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="T1" s="21"/>
       <c r="U1" s="19"/>
       <c r="W1" s="19" t="s">
         <v>0</v>
       </c>
       <c r="X1" s="19"/>
       <c r="Z1" s="21" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="AA1" s="19"/>
       <c r="AC1" s="1" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="AE1" s="21" t="s">
         <v>1</v>
       </c>
       <c r="AF1" s="19" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="AG1" s="19" t="s">
         <v>2</v>
       </c>
       <c r="AH1" s="19"/>
       <c r="AJ1" s="21" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="AK1" s="21" t="s">
         <v>757</v>
       </c>
       <c r="AL1" s="19" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="AM1" s="19" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="AN1" s="19"/>
       <c r="AO1" s="19" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="AP1" s="19" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="AR1" s="19" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="AS1" s="1" t="s">
         <v>751</v>
       </c>
       <c r="AU1" s="21"/>
       <c r="AX1" s="19"/>
       <c r="AY1" s="19"/>
       <c r="AZ1" s="1" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="BA1" s="21" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="BB1" s="38" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="BC1" s="21" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="BD1" s="19"/>
       <c r="BE1" s="21"/>
       <c r="BF1" s="21" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="BG1" s="21" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="BH1" s="20" t="s">
         <v>754</v>
       </c>
       <c r="BI1" s="19" t="s">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="BJ1" s="21" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="BK1" s="19" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="BL1" s="21" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="BM1" s="19"/>
       <c r="BN1" s="21" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="BO1" s="19"/>
       <c r="BP1" s="21"/>
       <c r="BQ1" s="1" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="BR1" s="19" t="s">
-        <v>758</v>
+        <v>809</v>
       </c>
       <c r="BS1" s="7" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="BU1" s="1" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="BV1" s="19"/>
-      <c r="BW1" s="21"/>
+      <c r="BW1" s="21" t="s">
+        <v>810</v>
+      </c>
       <c r="BX1" s="21" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="BY1" s="19"/>
       <c r="BZ1" s="21"/>
       <c r="CB1" s="19" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="CC1" s="19"/>
       <c r="CD1" s="19"/>
       <c r="CF1" s="19"/>
       <c r="CG1" s="21" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
     </row>
     <row r="2" spans="2:86" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="24" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="16" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="16" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="16" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="16" t="s">
         <v>9</v>
       </c>
       <c r="K2" s="16" t="s">
@@ -3538,51 +3543,51 @@
       <c r="X2" s="16" t="s">
         <v>23</v>
       </c>
       <c r="Y2" s="16" t="s">
         <v>24</v>
       </c>
       <c r="Z2" s="16" t="s">
         <v>25</v>
       </c>
       <c r="AA2" s="16" t="s">
         <v>26</v>
       </c>
       <c r="AB2" s="16" t="s">
         <v>27</v>
       </c>
       <c r="AC2" s="16" t="s">
         <v>28</v>
       </c>
       <c r="AD2" s="16" t="s">
         <v>29</v>
       </c>
       <c r="AE2" s="16" t="s">
         <v>30</v>
       </c>
       <c r="AF2" s="16" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="AG2" s="30" t="s">
         <v>31</v>
       </c>
       <c r="AH2" s="16" t="s">
         <v>32</v>
       </c>
       <c r="AI2" s="16" t="s">
         <v>33</v>
       </c>
       <c r="AJ2" s="16" t="s">
         <v>34</v>
       </c>
       <c r="AK2" s="16" t="s">
         <v>35</v>
       </c>
       <c r="AL2" s="16" t="s">
         <v>36</v>
       </c>
       <c r="AM2" s="16" t="s">
         <v>37</v>
       </c>
       <c r="AN2" s="16" t="s">
         <v>38</v>
       </c>
@@ -3616,54 +3621,54 @@
       <c r="AX2" s="16" t="s">
         <v>48</v>
       </c>
       <c r="AY2" s="16" t="s">
         <v>49</v>
       </c>
       <c r="AZ2" s="16" t="s">
         <v>50</v>
       </c>
       <c r="BA2" s="16" t="s">
         <v>51</v>
       </c>
       <c r="BB2" s="16" t="s">
         <v>52</v>
       </c>
       <c r="BC2" s="16" t="s">
         <v>53</v>
       </c>
       <c r="BD2" s="16" t="s">
         <v>54</v>
       </c>
       <c r="BE2" s="16" t="s">
         <v>55</v>
       </c>
       <c r="BF2" s="16" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="BG2" s="16" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="BH2" s="16" t="s">
         <v>56</v>
       </c>
       <c r="BI2" s="16" t="s">
         <v>57</v>
       </c>
       <c r="BJ2" s="16" t="s">
         <v>58</v>
       </c>
       <c r="BK2" s="16" t="s">
         <v>59</v>
       </c>
       <c r="BL2" s="16" t="s">
         <v>60</v>
       </c>
       <c r="BM2" s="16" t="s">
         <v>61</v>
       </c>
       <c r="BN2" s="16" t="s">
         <v>62</v>
       </c>
       <c r="BO2" s="16" t="s">
         <v>63</v>
       </c>
@@ -3817,171 +3822,171 @@
       <c r="AH3" s="2" t="s">
         <v>112</v>
       </c>
       <c r="AI3" s="2" t="s">
         <v>113</v>
       </c>
       <c r="AJ3" s="2" t="s">
         <v>114</v>
       </c>
       <c r="AK3" s="22" t="s">
         <v>755</v>
       </c>
       <c r="AL3" s="2" t="s">
         <v>115</v>
       </c>
       <c r="AM3" s="2" t="s">
         <v>116</v>
       </c>
       <c r="AN3" s="2" t="s">
         <v>117</v>
       </c>
       <c r="AO3" s="2" t="s">
         <v>118</v>
       </c>
       <c r="AP3" s="22" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="AQ3" s="2" t="s">
         <v>119</v>
       </c>
       <c r="AR3" s="2" t="s">
         <v>120</v>
       </c>
       <c r="AS3" s="2" t="s">
         <v>121</v>
       </c>
       <c r="AT3" s="2" t="s">
         <v>122</v>
       </c>
       <c r="AU3" s="2" t="s">
         <v>123</v>
       </c>
       <c r="AV3" s="2" t="s">
         <v>124</v>
       </c>
       <c r="AW3" s="2" t="s">
         <v>125</v>
       </c>
       <c r="AX3" s="2" t="s">
         <v>126</v>
       </c>
       <c r="AY3" s="2" t="s">
         <v>127</v>
       </c>
       <c r="AZ3" s="2" t="s">
         <v>128</v>
       </c>
       <c r="BA3" s="2" t="s">
         <v>129</v>
       </c>
       <c r="BB3" s="2" t="s">
         <v>130</v>
       </c>
       <c r="BC3" s="2" t="s">
         <v>131</v>
       </c>
       <c r="BD3" s="2" t="s">
         <v>132</v>
       </c>
       <c r="BE3" s="2" t="s">
         <v>133</v>
       </c>
       <c r="BF3" s="22" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="BG3" s="2" t="s">
         <v>134</v>
       </c>
       <c r="BH3" s="2" t="s">
         <v>135</v>
       </c>
       <c r="BI3" s="2" t="s">
         <v>136</v>
       </c>
       <c r="BJ3" s="2" t="s">
         <v>137</v>
       </c>
       <c r="BK3" s="2" t="s">
         <v>138</v>
       </c>
       <c r="BL3" s="2" t="s">
         <v>139</v>
       </c>
       <c r="BM3" s="2" t="s">
         <v>140</v>
       </c>
       <c r="BN3" s="2" t="s">
         <v>141</v>
       </c>
       <c r="BO3" s="2" t="s">
         <v>142</v>
       </c>
       <c r="BP3" s="2" t="s">
         <v>143</v>
       </c>
       <c r="BQ3" s="2" t="s">
         <v>144</v>
       </c>
       <c r="BR3" s="2" t="s">
         <v>145</v>
       </c>
       <c r="BS3" s="22" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="BT3" s="2" t="s">
         <v>146</v>
       </c>
       <c r="BU3" s="2" t="s">
         <v>147</v>
       </c>
       <c r="BV3" s="2" t="s">
         <v>148</v>
       </c>
       <c r="BW3" s="2" t="s">
         <v>149</v>
       </c>
       <c r="BX3" s="2" t="s">
         <v>150</v>
       </c>
       <c r="BY3" s="2" t="s">
         <v>151</v>
       </c>
       <c r="BZ3" s="2" t="s">
         <v>152</v>
       </c>
       <c r="CA3" s="2" t="s">
         <v>153</v>
       </c>
       <c r="CB3" s="2" t="s">
         <v>154</v>
       </c>
       <c r="CC3" s="2" t="s">
         <v>155</v>
       </c>
       <c r="CD3" s="2" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="CE3" s="2" t="s">
         <v>156</v>
       </c>
       <c r="CF3" s="2" t="s">
         <v>157</v>
       </c>
       <c r="CG3" s="2" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="4" spans="2:86" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="3" t="s">
         <v>159</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>162</v>
       </c>
       <c r="H4" s="2" t="s">
@@ -4122,51 +4127,51 @@
       <c r="BA4" s="2" t="s">
         <v>208</v>
       </c>
       <c r="BB4" s="2" t="s">
         <v>209</v>
       </c>
       <c r="BC4" s="2" t="s">
         <v>210</v>
       </c>
       <c r="BD4" s="2" t="s">
         <v>211</v>
       </c>
       <c r="BE4" s="2" t="s">
         <v>212</v>
       </c>
       <c r="BF4" s="2" t="s">
         <v>213</v>
       </c>
       <c r="BG4" s="2" t="s">
         <v>214</v>
       </c>
       <c r="BH4" s="2" t="s">
         <v>215</v>
       </c>
       <c r="BI4" s="22" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="BJ4" s="2" t="s">
         <v>216</v>
       </c>
       <c r="BK4" s="2" t="s">
         <v>217</v>
       </c>
       <c r="BL4" s="2" t="s">
         <v>218</v>
       </c>
       <c r="BM4" s="2" t="s">
         <v>219</v>
       </c>
       <c r="BN4" s="2" t="s">
         <v>220</v>
       </c>
       <c r="BO4" s="2" t="s">
         <v>221</v>
       </c>
       <c r="BP4" s="2" t="s">
         <v>222</v>
       </c>
       <c r="BQ4" s="2" t="s">
         <v>223</v>
       </c>
@@ -4226,252 +4231,252 @@
       <c r="E5" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>243</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>244</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>245</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>246</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>247</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>248</v>
       </c>
       <c r="M5" s="22" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>249</v>
       </c>
       <c r="O5" s="2" t="s">
         <v>250</v>
       </c>
       <c r="P5" s="2" t="s">
         <v>251</v>
       </c>
       <c r="Q5" s="2" t="s">
         <v>252</v>
       </c>
       <c r="R5" s="2" t="s">
         <v>253</v>
       </c>
       <c r="S5" s="2" t="s">
         <v>254</v>
       </c>
       <c r="T5" s="2" t="s">
         <v>255</v>
       </c>
       <c r="U5" s="2" t="s">
         <v>256</v>
       </c>
       <c r="V5" s="2" t="s">
         <v>257</v>
       </c>
       <c r="W5" s="2" t="s">
         <v>258</v>
       </c>
       <c r="X5" s="2" t="s">
         <v>259</v>
       </c>
       <c r="Y5" s="2" t="s">
         <v>260</v>
       </c>
       <c r="Z5" s="2" t="s">
         <v>261</v>
       </c>
       <c r="AA5" s="2" t="s">
         <v>262</v>
       </c>
       <c r="AB5" s="2" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="AC5" s="2" t="s">
         <v>263</v>
       </c>
       <c r="AD5" s="2" t="s">
         <v>264</v>
       </c>
       <c r="AE5" s="2" t="s">
         <v>265</v>
       </c>
       <c r="AF5" s="2" t="s">
         <v>266</v>
       </c>
       <c r="AG5" s="31" t="s">
         <v>267</v>
       </c>
       <c r="AH5" s="2" t="s">
         <v>268</v>
       </c>
       <c r="AI5" s="2" t="s">
         <v>269</v>
       </c>
       <c r="AJ5" s="2" t="s">
         <v>270</v>
       </c>
       <c r="AK5" s="2" t="s">
         <v>756</v>
       </c>
       <c r="AL5" s="2" t="s">
         <v>271</v>
       </c>
       <c r="AM5" s="2" t="s">
         <v>272</v>
       </c>
       <c r="AN5" s="2" t="s">
         <v>273</v>
       </c>
       <c r="AO5" s="2" t="s">
         <v>274</v>
       </c>
       <c r="AP5" s="22" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="AQ5" s="2" t="s">
         <v>275</v>
       </c>
       <c r="AR5" s="2" t="s">
         <v>276</v>
       </c>
       <c r="AS5" s="2" t="s">
         <v>277</v>
       </c>
       <c r="AT5" s="2" t="s">
         <v>278</v>
       </c>
       <c r="AU5" s="2" t="s">
         <v>279</v>
       </c>
       <c r="AV5" s="2" t="s">
         <v>280</v>
       </c>
       <c r="AW5" s="2" t="s">
         <v>281</v>
       </c>
       <c r="AX5" s="2" t="s">
         <v>282</v>
       </c>
       <c r="AY5" s="2" t="s">
         <v>283</v>
       </c>
       <c r="AZ5" s="2" t="s">
         <v>284</v>
       </c>
       <c r="BA5" s="2" t="s">
         <v>285</v>
       </c>
       <c r="BB5" s="2" t="s">
         <v>286</v>
       </c>
       <c r="BC5" s="2" t="s">
         <v>287</v>
       </c>
       <c r="BD5" s="2" t="s">
         <v>288</v>
       </c>
       <c r="BE5" s="2" t="s">
         <v>289</v>
       </c>
       <c r="BF5" s="22" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="BG5" s="22" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="BH5" s="2" t="s">
         <v>290</v>
       </c>
       <c r="BI5" s="2" t="s">
         <v>291</v>
       </c>
       <c r="BJ5" s="2" t="s">
         <v>292</v>
       </c>
       <c r="BK5" s="2" t="s">
         <v>293</v>
       </c>
       <c r="BL5" s="2" t="s">
         <v>294</v>
       </c>
       <c r="BM5" s="2" t="s">
         <v>295</v>
       </c>
       <c r="BN5" s="2" t="s">
         <v>296</v>
       </c>
       <c r="BO5" s="2" t="s">
         <v>297</v>
       </c>
       <c r="BP5" s="2" t="s">
         <v>298</v>
       </c>
       <c r="BQ5" s="2" t="s">
         <v>299</v>
       </c>
       <c r="BR5" s="2" t="s">
         <v>300</v>
       </c>
       <c r="BS5" s="22" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="BT5" s="2" t="s">
         <v>301</v>
       </c>
       <c r="BU5" s="2" t="s">
         <v>302</v>
       </c>
       <c r="BV5" s="2" t="s">
         <v>303</v>
       </c>
       <c r="BW5" s="2" t="s">
         <v>304</v>
       </c>
       <c r="BX5" s="2" t="s">
         <v>305</v>
       </c>
       <c r="BY5" s="2" t="s">
         <v>306</v>
       </c>
       <c r="BZ5" s="2" t="s">
         <v>307</v>
       </c>
       <c r="CA5" s="2" t="s">
         <v>308</v>
       </c>
       <c r="CB5" s="22" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="CC5" s="2" t="s">
         <v>309</v>
       </c>
       <c r="CD5" s="2" t="s">
         <v>310</v>
       </c>
       <c r="CE5" s="2" t="s">
         <v>311</v>
       </c>
       <c r="CF5" s="2" t="s">
         <v>312</v>
       </c>
       <c r="CG5" s="2" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="6" spans="2:86" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D6" s="3" t="s">
         <v>314</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F6" s="2" t="s">
@@ -4570,51 +4575,51 @@
       <c r="AK6" s="2" t="s">
         <v>347</v>
       </c>
       <c r="AL6" s="2" t="s">
         <v>348</v>
       </c>
       <c r="AM6" s="2" t="s">
         <v>349</v>
       </c>
       <c r="AN6" s="2" t="s">
         <v>350</v>
       </c>
       <c r="AO6" s="2" t="s">
         <v>351</v>
       </c>
       <c r="AP6" s="2" t="s">
         <v>352</v>
       </c>
       <c r="AQ6" s="2" t="s">
         <v>353</v>
       </c>
       <c r="AR6" s="2" t="s">
         <v>354</v>
       </c>
       <c r="AS6" s="2" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="AT6" s="2" t="s">
         <v>355</v>
       </c>
       <c r="AU6" s="2" t="s">
         <v>356</v>
       </c>
       <c r="AV6" s="2" t="s">
         <v>357</v>
       </c>
       <c r="AW6" s="2" t="s">
         <v>358</v>
       </c>
       <c r="AX6" s="2" t="s">
         <v>359</v>
       </c>
       <c r="AY6" s="2" t="s">
         <v>360</v>
       </c>
       <c r="AZ6" s="2" t="s">
         <v>361</v>
       </c>
       <c r="BA6" s="2" t="s">
         <v>362</v>
       </c>
@@ -5514,51 +5519,51 @@
       <c r="U10" s="2" t="s">
         <v>534</v>
       </c>
       <c r="V10" s="2" t="s">
         <v>535</v>
       </c>
       <c r="W10" s="2" t="s">
         <v>536</v>
       </c>
       <c r="X10" s="2" t="s">
         <v>537</v>
       </c>
       <c r="Y10" s="2" t="s">
         <v>538</v>
       </c>
       <c r="Z10" s="2" t="s">
         <v>539</v>
       </c>
       <c r="AA10" s="2" t="s">
         <v>540</v>
       </c>
       <c r="AB10" s="2" t="s">
         <v>541</v>
       </c>
       <c r="AC10" s="2" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="AD10" s="2" t="s">
         <v>542</v>
       </c>
       <c r="AE10" s="2" t="s">
         <v>543</v>
       </c>
       <c r="AF10" s="2" t="s">
         <v>544</v>
       </c>
       <c r="AG10" s="31" t="s">
         <v>545</v>
       </c>
       <c r="AH10" s="2" t="s">
         <v>546</v>
       </c>
       <c r="AI10" s="2" t="s">
         <v>547</v>
       </c>
       <c r="AJ10" s="2" t="s">
         <v>548</v>
       </c>
       <c r="AK10" s="2" t="s">
         <v>549</v>
       </c>