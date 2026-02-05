--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -1,93 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7434 Maintenance, Repair and Operation\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{32654821-AEC9-49A2-8708-295ABB2DF39C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5D1F3DB-4321-4A54-A06C-DEA46E0617A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1250" uniqueCount="815">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1235" uniqueCount="805">
+  <si>
+    <t>*updated 12/1/22, 8/31/23, 2/9/24, 6/5/2025, 6/30/25, 10/20/25, 12/2/25</t>
+  </si>
+  <si>
+    <t>*updated 8/25/22, 9/18/24</t>
+  </si>
+  <si>
+    <t>*updated 9/15/23, 8/7/24</t>
+  </si>
+  <si>
+    <t>*updated 3/24/23, 1/12/24, 1/16/24</t>
+  </si>
+  <si>
+    <t>*updated 9/8/25, 1/13/26</t>
+  </si>
+  <si>
+    <t>*updated 2/27/2025</t>
+  </si>
+  <si>
+    <t>*updated 2/18/25</t>
+  </si>
+  <si>
+    <t>*updated 11/13/23, 1/13/25, 10/10/25, 1/9/26, 1/28/26</t>
+  </si>
+  <si>
+    <t>*updated 4/29/22, 12/2/22, 12/7/22, 5/14/24, 4/8/25, 4/30/25, 5/13/25, 5/20/25, 6/30/25</t>
+  </si>
+  <si>
+    <t>*updated 9/21/22, 6/29/23, 3/18/24, 8/8/24, 9/18/24, 1/28/25, 5/16/25, 8/21/25, 1/20/26</t>
+  </si>
   <si>
     <t>*updated 9/8/22</t>
   </si>
   <si>
+    <t>*updated 4/18/24, 6/12/25, 1/16/25</t>
+  </si>
+  <si>
+    <t>*updated 3/18/24, 7/22/25, 10/7/25</t>
+  </si>
+  <si>
     <t>*updated 6/8/22</t>
   </si>
   <si>
     <t>*updated 8/18/22</t>
   </si>
   <si>
+    <t>*updated 11/14/22, 3/25/25, 4/9/25, 7/7/25, 10/7/25</t>
+  </si>
+  <si>
+    <t>*updated 10/4/23</t>
+  </si>
+  <si>
+    <t>*updated 7/12/22, 8/11/22, 9/21/22, 2/10/23, 4/5/23, 6/7/23, 11/29/23, 4/26/24, 9/26/24, 5/8/25</t>
+  </si>
+  <si>
+    <t>*updated 12/15/22, 1/24/23, 2/24/23, 2/27/23, 3/7/23, 3/30/23, 4/17/23, 5/2/23, 5/3/23, 5/9/23, 10/13/23, 10/18/23, 10/31/23, 12/6/23, 1/8/24, 1/30/24, 1/31/24, 2/14/24</t>
+  </si>
+  <si>
+    <t>*updated 8/30/22, 5/22/24</t>
+  </si>
+  <si>
+    <t>*updated 12/7/2023</t>
+  </si>
+  <si>
+    <t>*updated 2/16/23, 2/17/23, 4/28/23, 5/10/23, 5/22/23, 6/2/23, 4/8/24</t>
+  </si>
+  <si>
+    <t>*updated 2/28/23</t>
+  </si>
+  <si>
+    <t>updated 5/21/24</t>
+  </si>
+  <si>
+    <t>updated 8/16/22, 7/25/23, 3/19/24, 11/8/24, 1/14/25, 2/14/25, 6/4/25, 1/8/26</t>
+  </si>
+  <si>
+    <t>updated 5/19/2025</t>
+  </si>
+  <si>
+    <t>*updated 9/8/25, 9/10/25, 10/1/25, 10/10/25</t>
+  </si>
+  <si>
+    <t>*updated 5/11/22, 2/7/24, 4/21/25, 10/6/25</t>
+  </si>
+  <si>
+    <t>*updated 1/6/23, 2/7/24, 4/22/24, 9/4/24</t>
+  </si>
+  <si>
+    <t>*updated 9/5/23</t>
+  </si>
+  <si>
+    <t>*updated 9/10/24, 4/16/25</t>
+  </si>
+  <si>
+    <t>*updated 10/21/24</t>
+  </si>
+  <si>
+    <t>*updated 8/19/22, 11/14/22, 11/30/22, 1/9/23, 2/6/23, 2/14/23, 2/15/23, 5/8/23, 10/14/24</t>
+  </si>
+  <si>
+    <t>*updated 3/18/25, 4/3/25, 4/17/25, 4/29/25, 5/15/25, 6/10/25, 7/9/25, 7/21/25, 10/6/25, 12/1/25</t>
+  </si>
+  <si>
+    <t>*updated 5/13/22, 10/31/22, 1/11/23, 5/31/23, 12/5/24, 8/6/25</t>
+  </si>
+  <si>
+    <t>*updated 6/28/22, 8/31/22, 9/8/22, 9/15/22, 10/17/22, 10/19/22, 11/4/22, 1/23/23, 11/2/23, 11/3/25</t>
+  </si>
+  <si>
+    <t>*updated 1/30/24</t>
+  </si>
+  <si>
+    <t>*updated 5/29/25</t>
+  </si>
+  <si>
+    <t>*updated 11/4/25, 1/26/26</t>
+  </si>
+  <si>
+    <t>*updated 12/14/22, 2/7/24, 2/12/24</t>
+  </si>
+  <si>
+    <t>*updated 1/22/24</t>
+  </si>
+  <si>
+    <t>*updated 4/16/25</t>
+  </si>
+  <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>ABM Building Services, LLC (ABM Industries Incorporated)</t>
   </si>
   <si>
     <t>Accents and Accessories (Stella Hasegawa)</t>
   </si>
   <si>
     <t>ACO Remodeling &amp; Construction, Inc.</t>
   </si>
   <si>
     <t>All Trades Electrical Contractors Inc.</t>
   </si>
   <si>
     <t>AmeriChoice Construction LLC</t>
   </si>
   <si>
     <t>Baker Glass Co Inc</t>
   </si>
   <si>
     <t>Beltran Electrical Contractor</t>
   </si>
   <si>
     <t>Border States Electric Supply (Border States Industries, Inc.) (Chapman Metering)</t>
@@ -201,2604 +321,2577 @@
     <t>MARKS PLUMBING PARTS (John W Gasparini Inc)</t>
   </si>
   <si>
     <t>MasterServ Inc (AAA MasterServ Inc)</t>
   </si>
   <si>
     <t>Nova Safety Products, Inc.</t>
   </si>
   <si>
     <t>One Stop Glass</t>
   </si>
   <si>
     <t>PC Automated Controls, Inc.</t>
   </si>
   <si>
     <t>Phoenix General Contractors, LLC</t>
   </si>
   <si>
     <t>PSI Bearing and Hydraulic Service LLC</t>
   </si>
   <si>
     <t>Qannex Corp.</t>
   </si>
   <si>
     <t>Quality Commercial Services (James Lopez)</t>
-  </si>
-[...2298 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Roto-Rooter </t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(CDM Plumbing Inc)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (D &amp; K Plumbing Inc)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
+      <t>RTC INC</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Mobile Communications America Inc.</t>
+    </r>
+  </si>
+  <si>
+    <t>Saucedo Lock Co. (DACAMA LLC)</t>
+  </si>
+  <si>
+    <t>Shelby Distributions Inc. (Express Office Products)</t>
+  </si>
+  <si>
+    <t>Southern Tire Mart, LLC</t>
+  </si>
+  <si>
+    <t>Southwest Decor El Paso Corp</t>
+  </si>
+  <si>
+    <t>Southwest Water Supplies and Services (Alejandro Franco)</t>
+  </si>
+  <si>
+    <t>Summit Electric Supply</t>
+  </si>
+  <si>
+    <t>Sun City Communications, LLC</t>
+  </si>
+  <si>
+    <t>SUN CITY WINNELSON Co.</t>
+  </si>
+  <si>
+    <t>SWIFCO (SOUTHWESTERN INDUSTRIAL FASTENERS)</t>
+  </si>
+  <si>
+    <t>Tarkett USA Inc.</t>
+  </si>
+  <si>
+    <t>Technical Building Services (JiVG Enterprises LLC)</t>
+  </si>
+  <si>
+    <t>THE CARPET PILE OF TEXAS,INC</t>
+  </si>
+  <si>
+    <t>The Sherwin-Williams Company</t>
+  </si>
+  <si>
+    <t>THREE O MACHINE SHOP, INC (Felix Sanchez)</t>
+  </si>
+  <si>
+    <t>Total Maintenance Solutions (TMS-SOUTH)</t>
+  </si>
+  <si>
+    <t>Trane U.S. Inc</t>
+  </si>
+  <si>
+    <t>Triple-S Janitorial Supplies (Third Gen LLC)</t>
+  </si>
+  <si>
+    <t>Unipak Corp.</t>
+  </si>
+  <si>
+    <t>Veliz Construction (Veliz Company, LLC)</t>
+  </si>
+  <si>
+    <t>Volter Electrical (Volter Electrical Construction Corp.)</t>
+  </si>
+  <si>
+    <t>Westside Welding Inc</t>
+  </si>
+  <si>
+    <t>WINSTON WATER COOLER (Winston Water Cooler of Las Cruces, LTD)</t>
+  </si>
+  <si>
+    <t>Winsupply El Paso TX (Winsupply El Paso TX Co.)</t>
+  </si>
+  <si>
+    <t>Winsupply S El Paso TX Co.</t>
+  </si>
+  <si>
+    <t>Wyler Industrial Works Inc</t>
+  </si>
+  <si>
+    <t>Company Contact…</t>
+  </si>
+  <si>
+    <t>John Yeats</t>
+  </si>
+  <si>
+    <t>Stella Hasegawa</t>
+  </si>
+  <si>
+    <t>Arturo Cervantes</t>
+  </si>
+  <si>
+    <t>Rafael Gutierrez</t>
+  </si>
+  <si>
+    <t>Omar Favella</t>
+  </si>
+  <si>
+    <t>Naomi Baker</t>
+  </si>
+  <si>
+    <t>Gabriel Perez</t>
+  </si>
+  <si>
+    <t>Rito Olivas</t>
+  </si>
+  <si>
+    <t>Francisco Aguilar - Estimator</t>
+  </si>
+  <si>
+    <t>Joe Cruz</t>
+  </si>
+  <si>
+    <t>ERIC SOTOMAYOR</t>
+  </si>
+  <si>
+    <t>TONI BOYD</t>
+  </si>
+  <si>
+    <t>Steve Dunaway</t>
+  </si>
+  <si>
+    <t>David F. Adame</t>
+  </si>
+  <si>
+    <t>DIANE CONTI</t>
+  </si>
+  <si>
+    <t>Jason Gill</t>
+  </si>
+  <si>
+    <t>Ivan Mendiola</t>
+  </si>
+  <si>
+    <t>david granado</t>
+  </si>
+  <si>
+    <t>Pablo Ornelas</t>
+  </si>
+  <si>
+    <t>Juan Diaz</t>
+  </si>
+  <si>
+    <t>AL   HERNANDEZ</t>
+  </si>
+  <si>
+    <t>Holly Terhune</t>
+  </si>
+  <si>
+    <t>Robert Salome</t>
+  </si>
+  <si>
+    <t>Luis Marquez</t>
+  </si>
+  <si>
+    <t>ALEX SANCHEZ</t>
+  </si>
+  <si>
+    <t>KELLY EDER</t>
+  </si>
+  <si>
+    <t>Thomas W. Preckett</t>
+  </si>
+  <si>
+    <t>Monica Velasco</t>
+  </si>
+  <si>
+    <t>AL CASTILLO</t>
+  </si>
+  <si>
+    <t>Brandy Hardin</t>
+  </si>
+  <si>
+    <t>Jorge Gutierrez</t>
+  </si>
+  <si>
+    <t>April Schoor</t>
+  </si>
+  <si>
+    <t>Gilbert  Hernandez</t>
+  </si>
+  <si>
+    <t>Freddy Medrano</t>
+  </si>
+  <si>
+    <t>Azzam Askar</t>
+  </si>
+  <si>
+    <t>Veronica Gantt</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Paul  Sahagun</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Charles Elwes</t>
+    </r>
+  </si>
+  <si>
+    <t>Jacob Holt</t>
+  </si>
+  <si>
+    <t>Tony Khoury</t>
+  </si>
+  <si>
+    <t>EDDIE SALAZAR</t>
+  </si>
+  <si>
+    <t>JERRY CHAVEZ</t>
+  </si>
+  <si>
+    <t>Lisa Castanon</t>
+  </si>
+  <si>
+    <t>Michael A Zuniga</t>
+  </si>
+  <si>
+    <t>RIC DIRTING</t>
+  </si>
+  <si>
+    <t>Thomas F Andrews</t>
+  </si>
+  <si>
+    <t>Charlie Intebi</t>
+  </si>
+  <si>
+    <t>Humberto Munoz Jr.</t>
+  </si>
+  <si>
+    <t>Bob Linzey</t>
+  </si>
+  <si>
+    <t>Peter Regalado</t>
+  </si>
+  <si>
+    <t>Juan J Cabral</t>
+  </si>
+  <si>
+    <t>Rick Salinas</t>
+  </si>
+  <si>
+    <t>James Lopez</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
       <t xml:space="preserve">Diana Castillo </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Kristina Jackson</t>
     </r>
+  </si>
+  <si>
+    <t>Tiffany Lamb</t>
+  </si>
+  <si>
+    <t>David Saucedo</t>
+  </si>
+  <si>
+    <t>Spiros Ninos</t>
+  </si>
+  <si>
+    <t>Richard Conwill</t>
+  </si>
+  <si>
+    <t>Catherine Lee</t>
+  </si>
+  <si>
+    <t>Alejandro Franco</t>
+  </si>
+  <si>
+    <t>JUAN ALCANTARA</t>
+  </si>
+  <si>
+    <t>Amoreena Garcia</t>
+  </si>
+  <si>
+    <t>Adam Portillo</t>
+  </si>
+  <si>
+    <t>Robin Barron</t>
+  </si>
+  <si>
+    <t>Andy Green</t>
+  </si>
+  <si>
+    <t>Joe Gardea</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Rudy Enriquez</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Jeff Karlsruher</t>
+    </r>
+  </si>
+  <si>
+    <t>Joe Guzman</t>
+  </si>
+  <si>
+    <t>Felix Sanchez</t>
+  </si>
+  <si>
+    <t>MIKE RITTER / MARY NAVA</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Marco Marquez</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+George Hernandez</t>
+    </r>
+  </si>
+  <si>
+    <t>TREY PLUMMER</t>
+  </si>
+  <si>
+    <t>Brian Marcus</t>
+  </si>
+  <si>
+    <t>Omar Veliz</t>
+  </si>
+  <si>
+    <t>Erik Tijerina</t>
+  </si>
+  <si>
+    <t>Miguel Arzate</t>
+  </si>
+  <si>
+    <t>Ismael Hernandez</t>
+  </si>
+  <si>
+    <t>Rebecca Valdespino</t>
+  </si>
+  <si>
+    <t>John Castro</t>
+  </si>
+  <si>
+    <t>Andrea Tolliver</t>
+  </si>
+  <si>
+    <t>Company Address…</t>
+  </si>
+  <si>
+    <t>4221 Freidrich Lane, Suite 170, Austin, TX 78744</t>
+  </si>
+  <si>
+    <t>P.O. BOX 371075, El Paso, Texas 79937</t>
+  </si>
+  <si>
+    <t>2222 Texas Ave. El Paso, TX 79901</t>
+  </si>
+  <si>
+    <t>11005 Argal Court, El Paso, Texas  79935</t>
+  </si>
+  <si>
+    <t>811 Sierra St., El Paso, TX 79903</t>
+  </si>
+  <si>
+    <t>4015 Montana Ave., El Paso, TX  79903</t>
+  </si>
+  <si>
+    <t>860 Kastrin St., El Paso, Texas 79907</t>
+  </si>
+  <si>
+    <t>8101 Lockheed Dr. El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>204 N. Eucalyptus St., El Paso, TX 79901</t>
+  </si>
+  <si>
+    <t>6820 Industrial Ave., El Paso, TX 79915</t>
+  </si>
+  <si>
+    <t>11500 ROJAS DR SUITE S EL PASO TX 79936</t>
+  </si>
+  <si>
+    <t>2727 CHEMSEARCH BLVD, IRVING, TX 75062</t>
+  </si>
+  <si>
+    <t>1956 Singleton Blvd  Dallas, TX  75212</t>
+  </si>
+  <si>
+    <t>13261 Allemande Rd. El Paso Texas 79938</t>
+  </si>
+  <si>
+    <t>9319 N 94TH WAY, SUITE 1000, SCOTTSDALE, AZ 85258</t>
+  </si>
+  <si>
+    <t>2001 E. Yandell Dr., El Paso, TX 79903</t>
+  </si>
+  <si>
+    <t>11129 Pellicano Dr. El Paso TX, 79935</t>
+  </si>
+  <si>
+    <t>9501 Gateway W. Bldg D, El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>6802 Commerce ave bld.9A El Paso TX 79915</t>
+  </si>
+  <si>
+    <t>PO Box 11158, El Paso TX 79995</t>
+  </si>
+  <si>
+    <t>831 PENDALE ROAD , EL PASO, TEXAS 79907</t>
+  </si>
+  <si>
+    <t>1901 E119th St, Olathe, Kansas 66061</t>
+  </si>
+  <si>
+    <t>7058 Alameda Avenue, El Paso, Texas 79915</t>
+  </si>
+  <si>
+    <t>1421 Lee Trevino Ste D8 El Paso, Texas 79936</t>
+  </si>
+  <si>
+    <t>3650 BUCKNER STREET, EL PASO, TX 79925</t>
+  </si>
+  <si>
+    <t>180 INDUSTRIAL BLVD, STE R, MCKINNEY, TX 75069</t>
+  </si>
+  <si>
+    <t>120 Paragon Ln. Suite 103 El Paso, TX 79912</t>
+  </si>
+  <si>
+    <t>1201 Airway Suite D3 El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>1211 BARRANCA DR.  EL PASO, TEXAS 79935</t>
+  </si>
+  <si>
+    <t>857 Pendale Road, El Paso, TX  79907</t>
+  </si>
+  <si>
+    <t>1225 Barranca Dr. El Paso, TX 79935</t>
+  </si>
+  <si>
+    <t>1414 Avenue J Lubbock, TX 79401</t>
+  </si>
+  <si>
+    <t>4513 Monahans Dr.  El Paso, Texas 79924</t>
+  </si>
+  <si>
+    <t>3651 Bull Moose Ct., El Paso, TX 79938</t>
+  </si>
+  <si>
+    <t>PO Box 2016 Las Cruces, NM 88004</t>
+  </si>
+  <si>
+    <t>3550 Lee Blvd, Suite C, El Paso, TX 79936</t>
+  </si>
+  <si>
+    <t>830 Kastrin Ste. "A", El Paso Tx 79907</t>
+  </si>
+  <si>
+    <t>5522 Rittiman Rd, San Antonio TX 78218</t>
+  </si>
+  <si>
+    <t>13421 Montana Ave El Paso Texas 79938</t>
+  </si>
+  <si>
+    <t>800 TONY LAMA ST BLDG B EL PASO,TX 79915</t>
+  </si>
+  <si>
+    <t>2050 W. AMADOR AVE. LAS CRUCES, NM 88005</t>
+  </si>
+  <si>
+    <t>8770 W. Bryn Mawr Ave Suite 900 Chicago IL 60631</t>
+  </si>
+  <si>
+    <t>PO Box 1703 Deming, NM 88031</t>
+  </si>
+  <si>
+    <t>PO BOX 121554, FORT WORTH, TX 76121</t>
+  </si>
+  <si>
+    <t>MasterServ Inc, 14308 Desert Crest Way, Horizon City, TX  79928</t>
+  </si>
+  <si>
+    <t>2112 Wyoming Avenue, El Paso, Texas 79903</t>
+  </si>
+  <si>
+    <t>11444 Rojas Drive Suite C-7 El Paso, TX 79936</t>
+  </si>
+  <si>
+    <t>10274 Dyer St. El Paso, TX. 79924</t>
+  </si>
+  <si>
+    <t>P. O. Box 961477 El Paso, Texas 79996</t>
+  </si>
+  <si>
+    <t>1145 Barranca Dr. El Paso Texas 79935</t>
+  </si>
+  <si>
+    <t>1490A George Dieter Dr. Ste 221., El Paso, TX 79936</t>
+  </si>
+  <si>
+    <t>14617 Tierra Oviedo, El Paso, Texas 79938</t>
+  </si>
+  <si>
+    <t>1111 Sunland Park Dr El Paso TX 79922</t>
+  </si>
+  <si>
+    <t>300 E Sunset Rd El Paso Texas 79922</t>
+  </si>
+  <si>
+    <t>711 N. Copia St. El Paso, TX 79903</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>29 A Butterfield Trail  El Paso, TX. 79906</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 1616 Bassett Ave El Paso, TX 79901</t>
+    </r>
+  </si>
+  <si>
+    <t>800 Highway 98 Columbia, MS 39429</t>
+  </si>
+  <si>
+    <t>10855 Pellicano Drive El Paso, Texas 79935</t>
+  </si>
+  <si>
+    <t>11394 James Watt Suite 303, El Paso, TX 79936</t>
+  </si>
+  <si>
+    <t>7701 Lockheed Dr. El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>1155 Larry Mahan Dr., Ste. A, El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>7179 Copperqueen, El Paso, TX 79915</t>
+  </si>
+  <si>
+    <t>924 Tony Lama, El Paso, Texas  79915</t>
+  </si>
+  <si>
+    <t>30000 Aurora Road, Solon OH 44139</t>
+  </si>
+  <si>
+    <t>1712 Wyoming, El Paso, TX 79902</t>
+  </si>
+  <si>
+    <t>1141 Larry Mahan El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>1015 Eastside Rd,El Paso, TX 79915-1003</t>
+  </si>
+  <si>
+    <t>2412 Texas Avenue, El Paso, Texas, 79901</t>
+  </si>
+  <si>
+    <t>4155 W BELLFORT AVE  HOUSTON, TX 77025</t>
+  </si>
+  <si>
+    <t>1405 Vanderbilt Dr El Paso, TX 79935</t>
+  </si>
+  <si>
+    <t>10015 CARNEGIE EL PASO, TX 79925</t>
+  </si>
+  <si>
+    <t>PO Box 332 West Long Branch, NJ 07764</t>
+  </si>
+  <si>
+    <t>2910 Gateway East, El Paso, TX 79905</t>
+  </si>
+  <si>
+    <t>9431 Carnegie Dr. El Paso Texas 79925</t>
+  </si>
+  <si>
+    <t>141 Chanate Dr, Canuillo, TX, 79835</t>
+  </si>
+  <si>
+    <t>1734 Buildtek Ct, Las Cruces, NM 88005</t>
+  </si>
+  <si>
+    <t>1465 Henry Brennan Ste E, El Paso, TX 79936</t>
+  </si>
+  <si>
+    <t>8888 Sandhill Ct., El Paso, TX, 79907</t>
+  </si>
+  <si>
+    <t>711 South Saint Vrain St., El Paso, TX  79901</t>
+  </si>
+  <si>
+    <t>Contact Email Address…</t>
+  </si>
+  <si>
+    <t>john.yeats@abm.com</t>
+  </si>
+  <si>
+    <t>Aaaaccents@aol.com</t>
+  </si>
+  <si>
+    <t>artcervantes@aco-inc.com</t>
+  </si>
+  <si>
+    <t>rgutierrez@alltradeselectrical.com</t>
+  </si>
+  <si>
+    <t>americhoiceconstruction@gmail.com</t>
+  </si>
+  <si>
+    <t>naomi@bakerglass.com</t>
+  </si>
+  <si>
+    <t>melissa@beltranelp.com</t>
+  </si>
+  <si>
+    <t>rolivas@borderstates.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>francisco@burman.us.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+estimating@burmanep.com</t>
+    </r>
+  </si>
+  <si>
+    <t>joecruz@clnorth.com</t>
+  </si>
+  <si>
+    <t>sotomayore@ced-elp.com</t>
+  </si>
+  <si>
+    <t>FE.BIDS@NCH.COM</t>
+  </si>
+  <si>
+    <t>sdunaway@cbservice.com</t>
+  </si>
+  <si>
+    <t>completeparkinglotsolutionsllc@gmail.com</t>
+  </si>
+  <si>
+    <t>DCONTI@CONTINENTALFLOORING.COM</t>
+  </si>
+  <si>
+    <t>jason@controlandequipment.com</t>
+  </si>
+  <si>
+    <t>elpsales@copperstate.com</t>
+  </si>
+  <si>
+    <t>david@defenselogisticshq.com</t>
+  </si>
+  <si>
+    <t>americopa@aol.com</t>
+  </si>
+  <si>
+    <t>ddrywall@ddincep.com</t>
+  </si>
+  <si>
+    <t>descelp@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>Holly.Terhune@dhpace.com</t>
+  </si>
+  <si>
+    <t>epbolt@aol.com</t>
+  </si>
+  <si>
+    <t>elpasotinting@yahoo.com</t>
+  </si>
+  <si>
+    <t>alexsanchez@electricsupplysource.com</t>
+  </si>
+  <si>
+    <t>KELLY@EPICSOLARCONTROL.COM</t>
+  </si>
+  <si>
+    <t>esatpreckett@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>monica.velasco@fastsigns.com</t>
+  </si>
+  <si>
+    <t>elpaso@franks-supply.com</t>
+  </si>
+  <si>
+    <t>brandy@geindustrialsupplies.com</t>
+  </si>
+  <si>
+    <t>Gtz11832@yahoo.com</t>
+  </si>
+  <si>
+    <t>aschoor@germblast.com</t>
+  </si>
+  <si>
+    <t>gps57@outlook.com</t>
+  </si>
+  <si>
+    <t>globalonlinesalesllc@gmail.com</t>
+  </si>
+  <si>
+    <t>customerservice@nmgrassmasters.com</t>
+  </si>
+  <si>
+    <t>veronica@hagray.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>psahagun@hipco.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+celwes@hipco.com</t>
+    </r>
+  </si>
+  <si>
+    <t>nathan@holtsmechanical.com</t>
+  </si>
+  <si>
+    <t>innovationfloors@outlook.com</t>
+  </si>
+  <si>
+    <t>EDDIE.SALAZAR@JOHNSTONESUPPLY.COM</t>
+  </si>
+  <si>
+    <t>JERRY.CHAVEZ@JOHNSTONESUPPLY.COM</t>
+  </si>
+  <si>
+    <t>government.sales@lawsonproducts.com</t>
+  </si>
+  <si>
+    <t>mzuniga99@gmail.com</t>
+  </si>
+  <si>
+    <t>R.DIRTING@MARKSPP.COM</t>
+  </si>
+  <si>
+    <t>tfaandrews@gmail.com</t>
+  </si>
+  <si>
+    <t>cintebi@novasafety.com</t>
+  </si>
+  <si>
+    <t>beto@glasselpaso.com</t>
+  </si>
+  <si>
+    <t>blinzey@pcautomatedcontrols.com</t>
+  </si>
+  <si>
+    <t>Peter@phoenix-gc.com</t>
+  </si>
+  <si>
+    <t>info@psibearing.com</t>
+  </si>
+  <si>
+    <t>ricks@qannex.com</t>
+  </si>
+  <si>
+    <t>qcselp@gmail.com</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>mike.merz@rrsc.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> kristina.pretzsch@rrsc.com</t>
     </r>
   </si>
   <si>
-    <t>*updated 12/14/22, 2/7/24, 2/12/24</t>
-[...19 lines deleted...]
-  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>29 A Butterfield Trail  El Paso, TX. 79906</t>
+      <t>Tiffany@rtcinc.org</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> 1616 Bassett Ave El Paso, TX 79901</t>
+      <t xml:space="preserve"> tiffanylamb@callmc.com</t>
     </r>
   </si>
   <si>
-    <t>*updated 9/11/24</t>
-[...11 lines deleted...]
-    <t>*updated 2/18/25</t>
+    <t>davide@saucedocompany.com</t>
+  </si>
+  <si>
+    <t>sninos@shelbydistributions.com</t>
+  </si>
+  <si>
+    <t>richard.conwill@stmtires.com</t>
+  </si>
+  <si>
+    <t>swdep@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>southwestwaterservice@outlook.com</t>
+  </si>
+  <si>
+    <t>Andy.Moran@SUMMIT.COM</t>
+  </si>
+  <si>
+    <t>amor@suncitycomm.com</t>
+  </si>
+  <si>
+    <t>caportillo@winnelson.com</t>
+  </si>
+  <si>
+    <t>swifco924@aol.com</t>
+  </si>
+  <si>
+    <t>andy.green@tarkett.com</t>
+  </si>
+  <si>
+    <t>tbselp@sbcglobal.net</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>francisco@burman.us.com</t>
+      <t>rudycarpetpile@att.net</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> carpetpile@sbcglobal.net</t>
+    </r>
+  </si>
+  <si>
+    <t>Joe.Guzman@sherwin.com</t>
+  </si>
+  <si>
+    <t>threeomachine@hotmail.com</t>
+  </si>
+  <si>
+    <t>mary@tmssouth.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>m.marquez@tranetechnologies.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve">
-estimating@burmanep.com</t>
+ghernandez@trane.com</t>
     </r>
   </si>
   <si>
-    <t>*updated 2/27/2025</t>
-[...68 lines deleted...]
-    <t>*updated 5/2/24, 3/25/25, 3/28/25, 6/30/25, 8/27/25, 9/5/25, 9/22/25, 11/4/25, 12/1/25, 12/8/25</t>
+    <t>AMY@TRIPLESELPASO.COM</t>
+  </si>
+  <si>
+    <t>customercare@unipakcorp.net</t>
+  </si>
+  <si>
+    <t>oveliz@velizconstruction.com</t>
+  </si>
+  <si>
+    <t>tijerinae@volterelp.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>westsidewelding@sbcglobal.net</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+mike@westsideweldinginc.com 
+claudia@westsideweldinginc.com</t>
+    </r>
+  </si>
+  <si>
+    <t>ihernandez@winstonwatercooler.com</t>
+  </si>
+  <si>
+    <t>rvstoudt@winsupplyinc.com</t>
+  </si>
+  <si>
+    <t>jgcastro@winsupplyinc.com</t>
+  </si>
+  <si>
+    <t>andrea@wylerindustrial.com</t>
+  </si>
+  <si>
+    <t>Company Phone Number…</t>
+  </si>
+  <si>
+    <t>(512) 918-2781</t>
+  </si>
+  <si>
+    <t>(915) 740-7633</t>
+  </si>
+  <si>
+    <t>(915) 760-4767</t>
+  </si>
+  <si>
+    <t>(915) 629-0830 x1</t>
+  </si>
+  <si>
+    <t>(915) 345-9196</t>
+  </si>
+  <si>
+    <t>(915) 566-9461</t>
+  </si>
+  <si>
+    <t>(915) 599-8777</t>
+  </si>
+  <si>
+    <t>(915) 771-7767 x11106</t>
+  </si>
+  <si>
+    <t>(915) 444-8707</t>
+  </si>
+  <si>
+    <t>(915) 538-5864</t>
+  </si>
+  <si>
+    <t>(915) 592-8800</t>
+  </si>
+  <si>
+    <t>(800) 527-9921 x0563</t>
+  </si>
+  <si>
+    <t>(214) 819-5394</t>
+  </si>
+  <si>
+    <t>(915) 449-2923</t>
+  </si>
+  <si>
+    <t>(800) 825-1221</t>
+  </si>
+  <si>
+    <t>(915) 545-2256</t>
+  </si>
+  <si>
+    <t>(915) 595-3111</t>
+  </si>
+  <si>
+    <t>(915) 491-0886</t>
+  </si>
+  <si>
+    <t>(915) 595-4337</t>
+  </si>
+  <si>
+    <t>(191) 592-1896</t>
+  </si>
+  <si>
+    <t>(915) 594-1884</t>
+  </si>
+  <si>
+    <t>(913) 357-7090</t>
+  </si>
+  <si>
+    <t>(915) 772-7491</t>
+  </si>
+  <si>
+    <t>(915) 594-7181</t>
+  </si>
+  <si>
+    <t>(915) 217-2200</t>
+  </si>
+  <si>
+    <t>(469) 577-9933</t>
+  </si>
+  <si>
+    <t>(915) 845-4577</t>
+  </si>
+  <si>
+    <t>(915) 772-5700</t>
+  </si>
+  <si>
+    <t>(915) 592-9700</t>
+  </si>
+  <si>
+    <t>(915) 598-6137</t>
+  </si>
+  <si>
+    <t>(915) 355-8098</t>
+  </si>
+  <si>
+    <t>(877) 771-3558</t>
+  </si>
+  <si>
+    <t>(915) 588-1802</t>
+  </si>
+  <si>
+    <t>(915) 422-7210</t>
+  </si>
+  <si>
+    <t>(575) 571-7417</t>
+  </si>
+  <si>
+    <t>(915) 313-5244</t>
+  </si>
+  <si>
+    <t>(915) 599-1102</t>
+  </si>
+  <si>
+    <t>(210) 661-7500</t>
+  </si>
+  <si>
+    <t>(915) 740-3258</t>
+  </si>
+  <si>
+    <t>(915) 779-5736</t>
+  </si>
+  <si>
+    <t>(575) 523-8898 x104</t>
+  </si>
+  <si>
+    <t>(800) 890-8198</t>
+  </si>
+  <si>
+    <t>(575) 494-0127</t>
+  </si>
+  <si>
+    <t>(817) 710-2277</t>
+  </si>
+  <si>
+    <t>(915) 474-1190</t>
+  </si>
+  <si>
+    <t>(915) 778-9300</t>
+  </si>
+  <si>
+    <t>(915) 590-3070</t>
+  </si>
+  <si>
+    <t>(915) 751-0313 x106</t>
+  </si>
+  <si>
+    <t>(915) 202-3300</t>
+  </si>
+  <si>
+    <t>(915) 351-7400</t>
+  </si>
+  <si>
+    <t>(915) 791-0060</t>
+  </si>
+  <si>
+    <t>(915) 422-4393</t>
+  </si>
+  <si>
+    <t>(915) 842-8600</t>
+  </si>
+  <si>
+    <t>(915) 584-6646</t>
+  </si>
+  <si>
+    <t>(915) 566-7101</t>
+  </si>
+  <si>
+    <t>(191) 590-3050</t>
+  </si>
+  <si>
+    <t>(877) 786-4681</t>
+  </si>
+  <si>
+    <t>(915) 594-9240</t>
+  </si>
+  <si>
+    <t>(915) 803-5851</t>
+  </si>
+  <si>
+    <t>(915) 778-2600</t>
+  </si>
+  <si>
+    <t>(915) 356-7126</t>
+  </si>
+  <si>
+    <t>(915) 532-1600</t>
+  </si>
+  <si>
+    <t>(915) 592-5859</t>
+  </si>
+  <si>
+    <t>(800) 248-2878</t>
+  </si>
+  <si>
+    <t>(915) 351-8771</t>
+  </si>
+  <si>
+    <t>(915) 772-1416</t>
+  </si>
+  <si>
+    <t>(915) 479-9925</t>
+  </si>
+  <si>
+    <t>(915) 532-4560</t>
+  </si>
+  <si>
+    <t>(713) 664-3333</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(915) 407-6276</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">
+(915) 490-5301</t>
+    </r>
+  </si>
+  <si>
+    <t>(915) 598-1119</t>
+  </si>
+  <si>
+    <t>(888) 808-5120</t>
+  </si>
+  <si>
+    <t>(915) 219-4000 x101</t>
+  </si>
+  <si>
+    <t>(915) 307-5546</t>
+  </si>
+  <si>
+    <t>(915) 877-5345</t>
+  </si>
+  <si>
+    <t>(575) 222-1330</t>
+  </si>
+  <si>
+    <t>(915) 859-3817</t>
+  </si>
+  <si>
+    <t>(915) 858-8400</t>
+  </si>
+  <si>
+    <t>(915) 542-1771 x113</t>
+  </si>
+  <si>
+    <t>Company Website…</t>
+  </si>
+  <si>
+    <t>HTTP://www.abm.com</t>
+  </si>
+  <si>
+    <t>HTTP://Accent Interiors select Website</t>
+  </si>
+  <si>
+    <t>HTTP://www.aco-inc.com</t>
+  </si>
+  <si>
+    <t>HTTP://alltradeselectrical.com</t>
+  </si>
+  <si>
+    <t>https://www.americhoiceconstruction.net/</t>
+  </si>
+  <si>
+    <t>HTTP://www.bakerglass.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.beltranelp.com</t>
+  </si>
+  <si>
+    <t>https://www.borderstates.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.burmanep.com</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>HTTP://www.cedelpaso.portalced.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.chemsearchfe.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.cbservice.com</t>
+  </si>
+  <si>
+    <t>HTTP://WWW.CONTINENTALFLOORING.COM</t>
+  </si>
+  <si>
+    <t>HTTP://www.controlandequipment.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.copperstate.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.defenselogistics.com</t>
+  </si>
+  <si>
+    <t>HTTP://desertcontracting.org</t>
+  </si>
+  <si>
+    <t>https://www.dhpace.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.elpasobolt.com</t>
+  </si>
+  <si>
+    <t>HTTP://elpasotinting.net</t>
+  </si>
+  <si>
+    <t>HTTP://www.electricsupplysource.com</t>
+  </si>
+  <si>
+    <t>HTTP://WWW.EPICSOLARCONTROL.COM</t>
+  </si>
+  <si>
+    <t>HTTP://esaconstruction.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.exodoindustrial.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.fastsigns.com/144</t>
+  </si>
+  <si>
+    <t>HTTP://franks-supply.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.geindustrialsupplies.com</t>
+  </si>
+  <si>
+    <t>HTTP://Gapairep.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.germblast.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.gmellcusa.com</t>
+  </si>
+  <si>
+    <t>http://hagray.com/</t>
+  </si>
+  <si>
+    <t>HTTP://WWW.HIPCO.COM</t>
+  </si>
+  <si>
+    <t>HTTP://www.holtsmechanical.com</t>
+  </si>
+  <si>
+    <t>HTTP://WWW.JOHNSTONESUPPLY.COM</t>
+  </si>
+  <si>
+    <t>HTTP://www.lawsonproducts.com</t>
+  </si>
+  <si>
+    <t>HTTP://WWW.MARKSPP.COM</t>
+  </si>
+  <si>
+    <t>HTTP://Facebook:  MasterServ Inc</t>
+  </si>
+  <si>
+    <t>HTTP://www.NovaSafety.com</t>
+  </si>
+  <si>
+    <t>http://www.glasselpaso.com/</t>
+  </si>
+  <si>
+    <t>HTTP://www.pcautomatedcontrols.com</t>
+  </si>
+  <si>
+    <t>HTTP://Phoenixgeneralcontractorsllc.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.psibearing.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.qannex.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.rotorooter.com/elpaso</t>
+  </si>
+  <si>
+    <t>HTTP://www.rtcinc.org</t>
+  </si>
+  <si>
+    <t>HTTP://www.saucedocompany.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.shelbydistributions.com</t>
+  </si>
+  <si>
+    <t>HTTP://stmtires.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.summit.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.suncitycomm.com</t>
+  </si>
+  <si>
+    <t>HTTP://suncitywinnelson.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.swifco-ep.com</t>
+  </si>
+  <si>
+    <t>HTTP://tarkett.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.tbshvacsolutions.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.sherwin-williams.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.shoptmssouth.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.trane.com</t>
+  </si>
+  <si>
+    <t>HTTP://WWW.TRIPLESELPASO.COM</t>
+  </si>
+  <si>
+    <t>HTTP://www.unipakcorp.net</t>
+  </si>
+  <si>
+    <t>HTTP://www.velizconstruction.com</t>
+  </si>
+  <si>
+    <t>HTTP://volterelp.com</t>
+  </si>
+  <si>
+    <t>HTTP://westsidewelding.net</t>
+  </si>
+  <si>
+    <t>HTTP://winstonwatercooler.com</t>
+  </si>
+  <si>
+    <t>https://winsupplyelpaso.com/</t>
+  </si>
+  <si>
+    <t>HTTP://winsupplyofsouthelpaso.com</t>
+  </si>
+  <si>
+    <t>HTTP://wylerindustrial.com</t>
+  </si>
+  <si>
+    <t>S&amp;H included in pricing…</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>S&amp;H (expedite fees)…</t>
+  </si>
+  <si>
+    <t>ABM’s material quoted costs excludes taxes and shipping cost, and if there is a situation we have to expedite the shipments, we will pass the additional costs on to client without any markup.</t>
+  </si>
+  <si>
+    <t>Yes, an additional charge may be added on an Oversized Package, Quick Rush or Expedited Shipment that does not fall into Regular Shipping Times agreed upon.</t>
+  </si>
+  <si>
+    <t>Yes, contact person: Arturo Cervantes (915)920-0576</t>
+  </si>
+  <si>
+    <t>Yes, Would depend on the urgency to ship materials needed. Gabriel Perez (915)599-8777</t>
+  </si>
+  <si>
+    <t>Yes, Rito Olivas (915) 240-9788 or rolivas@borderstates.com</t>
+  </si>
+  <si>
+    <t>yes - some items may be special order requiring additional freight charges.</t>
+  </si>
+  <si>
+    <t>Yes and we charge expedite fees from manufacturer.</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>RUSH SHIPMENTS MAY INCLUDE EXTRA CHARGES, DETEREMINED AT TIME OF PLACING ORDER; FREIGHT/HANDLING INCLUDED FOR CHEMICALS ON PRICE LIST; EQUIPMENT OR DROP SHIP ITEMS WILL HAVE FREIGHT/HANDLING ON INVOICE.</t>
+  </si>
+  <si>
+    <t>Yes - expedited shipments will be PP&amp;Add Shipping Cost Plus 15%, Steve Paris - Aftermarket Specialist</t>
+  </si>
+  <si>
+    <t>If overnight or expedited services are requested, actual additional freight charges would be passed along to the customer.</t>
+  </si>
+  <si>
+    <t>Yes.  Our suppliers will charge us for expedited shipments if customer requests it.  We will also charge for after hours if customer requests for such emergency services.  Contact person is Aron Russell, aron@controlandequipment.com.</t>
+  </si>
+  <si>
+    <t>Expediting fees are only charged for non-stock items that are needed urgently. Customer quotations will always indicate expediting fees if they are applicable. Expediting fees are never charged due to Copper State error.</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>Yes for deliveries outside of the city of El Paso, Texas</t>
+  </si>
+  <si>
+    <t>Expedited freight and some products have additional charges from freight carriers and manufacturers. These would be applicable when additional costs are incurred for expediting services or shipping.</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>Yes, depending on the weight and urgency of equipment delivery</t>
+  </si>
+  <si>
+    <t>IF WE ARE CHARGED ADDITIONAL FEE, WE WILL PASS THAN ONTO CUSTOMER</t>
+  </si>
+  <si>
+    <t>Yes, depending on the time that the customer request the job done, we place other jobs aside, then we charge for giving priority to the job.</t>
+  </si>
+  <si>
+    <t>Depends on if it is a local delivery.  Out of city shipments will incur shipping costs.</t>
+  </si>
+  <si>
+    <t>Frank's Supply does bill for expedited freight requests such as UPS RED. It does not add any additional charges. There is no charge for same delivery requests for stock items.</t>
+  </si>
+  <si>
+    <t>Yes - only if additional fees are charged by vendor or manufacturer - Brandy Hardin</t>
+  </si>
+  <si>
+    <t>Yes.  Expedited shipping charges will be a pass through with no additional markup from GermBlast</t>
+  </si>
+  <si>
+    <t>Yes, Factory has expediting options if customer requires, Contact Freddy Medrano 915-422-7210</t>
+  </si>
+  <si>
+    <t>Yes. Any request to ship other than regular ground such as NDA, 2nd day, or 3rd day shipping inquire high cost and will not be covered by H.A. Gray &amp; Associates, these fees will be passed on if requested. Charges vary depending on parts or equipment weight and are available after shipping. Veronica Gantt.</t>
+  </si>
+  <si>
+    <t>ADDITIONAL FEE'S ON SPECIALTY/NON STOCK ITEMS ONLY.</t>
+  </si>
+  <si>
+    <t>YES,FEES WILL ADDED DEPENDING FROM WHICH FACTORY AND SERVICE NDA OR GROUND. EDDIE SALAZAR</t>
+  </si>
+  <si>
+    <t>YES - CONTACT: JERRY CHAVEZ</t>
+  </si>
+  <si>
+    <t>We do charge for expediting services. You can contact Lisa Castanon at 800-890-8198</t>
+  </si>
+  <si>
+    <t>Yes, overnight shipping Kyle Wright 575-680-0145</t>
+  </si>
+  <si>
+    <t>YES...FEDEX RATES... CUSTOMER SERVICE...SALES@MARKSPP.COM</t>
+  </si>
+  <si>
+    <t>Yes, any expedited shipping (overnight, 2 day air, etc) is charged for that shipment - Charlie Intebi</t>
+  </si>
+  <si>
+    <t>Yes, Overnight and second day and 3 day deliveries will have additional fee charges.</t>
+  </si>
+  <si>
+    <t>Yes., when other than standard freight or parcel service is requested (i.e overnight, 2nd day select, 3rd day guaranteed., LTL hot shot., service work performed outside of standard working hours (7:30am to 4:00pm))., Expedited service or shipment POC is Rick Salinas @ 915-791-0060</t>
+  </si>
+  <si>
+    <t>Yes, normal shipping 5 - 7 days, expedited shipping will be passed through at the cost of the new rate.</t>
+  </si>
+  <si>
+    <t>Yes. Depending on product charges for expedited shipping may occur.  POC Tiffany Lamb 915-584-6646</t>
+  </si>
+  <si>
+    <t>Yes - Depends on urgency and availability.</t>
+  </si>
+  <si>
+    <t>Yes, Only upon customers request</t>
+  </si>
+  <si>
+    <t>Freight charge  for special order items will be added into the price quoted</t>
+  </si>
+  <si>
+    <t>Yes - expedited shipping is an additional cost not included pricing.  Robin Barron - 915-592-5859</t>
+  </si>
+  <si>
+    <t>Yes, should a member request the product sooner they will be charge the additional cost associated with the express delivery.</t>
+  </si>
+  <si>
+    <t>No charge for standard freight 5-7 days.  Yes, additional charge for expedited freight such as next day or 2nd day air.  Contact person: Joe Gardea 915-351-8771</t>
+  </si>
+  <si>
+    <t>YES, INSIDE SALES TEAM, MIKE RITTER, CHARLES GORDON, MARY NAVA</t>
+  </si>
+  <si>
+    <t>Yes. We charge whatever the expediting service charges us.</t>
+  </si>
+  <si>
+    <t>Yes. Victor Serrano, vserrano@velizconstruction.com</t>
+  </si>
+  <si>
+    <t>Yes, Miguel Arzate</t>
+  </si>
+  <si>
+    <t>Yes.  There is a 4 hour minimum charge for emergency service calls.  Additionally, if we are asked to expedited material or equipment for installation, those costs are passed on to the customer.  Contact person is job foreman.</t>
+  </si>
+  <si>
+    <t>Products/Services Provided…</t>
+  </si>
+  <si>
+    <t>Our Technical Solutions Group is divided into HVAC &amp; Mechanical; Electrical &amp; Lighting; Electrical Power &amp; Mission Critical; Bundled Energy Solutions and eMobility &amp; Electrical Infrastructure.</t>
+  </si>
+  <si>
+    <t>Flooring Carpet, VCT Tile, VCT Laminate Planks, Ceramic Tile, Window Treatments Solar Shades, Blinds, Solar Window Tint, Painting, Wallcoverings, Office Furniture, Laminate Counter Tops, Custom Office Furnitures</t>
+  </si>
+  <si>
+    <t>With the support from our suppliers we are please to present you with a catalogue of Material for work divisions 8 and 10. Also, included a labor rate for installation and shipping.</t>
+  </si>
+  <si>
+    <t>We provide electrical work to include material</t>
+  </si>
+  <si>
+    <t>Flooring, tile, carpet, directional drilling, poth holes, concrete,  boring, cable pulling/installation, pipe fusing, trenching, roofing, remodeling, additions, ADA and other construction related services.</t>
+  </si>
+  <si>
+    <t>Glass and Glazing supplies/repair services</t>
+  </si>
+  <si>
+    <t>Electrical service work only. Repair electrical outages, relamp, retrofits, electrical addition work, remove electrical items not needed, electrical demolitions, replace receptacles/light switches, electrical new construction, Troubleshoot.</t>
+  </si>
+  <si>
+    <t>Supplier of Electrical materials for commercial / Industrial applications, and Automation Products</t>
+  </si>
+  <si>
+    <t>Commercial Construction Services</t>
+  </si>
+  <si>
+    <t>Pump Sales &amp; Service, Hydraulic Sales &amp; Service, Industrial Fabrication &amp; Machine Work, Welding Services, and HVAC sales &amp; Services.</t>
+  </si>
+  <si>
+    <t>ELECTRICAL PRODUCTS AND SUPPLIES</t>
+  </si>
+  <si>
+    <t>Industrial maintenance supplies, chemicals, HVAC Water &amp; Drain Treatment, Odor Control, Janitorial Chemicals/Cleaners, Aerosols, Lubricants, Oil, Greases, Fuel Treatment</t>
+  </si>
+  <si>
+    <t>Cleaver Brooks Authorized Representative; Complete Boiler Room Solutions, New Boilers - Commercial &amp; Industrial, Burners, Boiler Room Ancillary Equipment, Aftermarket Parts/Repairs, Emergency Service, Planned Maintenance Services, Boiler Rentals</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of small engines and Miscellaneous equipment, Such as Gas-powered engines and electrical power equipment .</t>
+  </si>
+  <si>
+    <t>We are offering the Armstrong line of flooring, ceiling and wall covering products. In addition, flooring and wall covering installation services have been presented.</t>
+  </si>
+  <si>
+    <t>CEC provides building automation, Test, Adjust and Balance, and HVAC services along with products to support the services offered.</t>
+  </si>
+  <si>
+    <t>traditional fasteners represent nearly half our business, yet we also offer construction products, industrial supplies, safety products, power tools &amp; accessories, cutting tools &amp; abrasives, kits &amp; assortments, fluid sealing products, and mfd products</t>
+  </si>
+  <si>
+    <t>Maintenance Repair and Operation (MRO) Equipment, Supplies, Materials and Services</t>
+  </si>
+  <si>
+    <t>Mechanical Contractor HVAC &amp; Plumbing (services, maintenance for any HVAC system and refrigeration</t>
+  </si>
+  <si>
+    <t>Paint, Coatings, Roof Coatings, Paint Tools, Abrasives, Brushes, Rollers, Solvents, Industrial Coatings, Construction Materials, Spray Equipment</t>
+  </si>
+  <si>
+    <t>ELECTRICAL AND SAFETY SUPPLIES INCLUDING PAINT PRODUCTS (MARKING PAINT AND SPRAY PAINT)</t>
+  </si>
+  <si>
+    <t>Sectional and Rolling Doors  Industrial, High Performance and Specialty Doors  Loading Dock Equipment  Entry Doors and accessories  Automatic Doors  Physical Security Barriers: High security applications  Electronic Security: Access Control and</t>
+  </si>
+  <si>
+    <t>Bolts, nuts, screws, hand tools, industrial supplies</t>
+  </si>
+  <si>
+    <t>Window tinting, solar energy saver film.</t>
+  </si>
+  <si>
+    <t>Electrical and instrumentation, System integrators, programmers and distributors of PLC's, Variable Speed Drives, flow meters, pressure and level indicators, wireless systems, SCADA systems, panel fabrication, calibrations and instrumentation, valves and actuators, safety ladders, air compressors</t>
+  </si>
+  <si>
+    <t>3M WINDOW FILM, WINDOW ATTACHMENT SYSTEM, ROLLER SHADES AND HORIZONTAL WINDOW BLINDS</t>
+  </si>
+  <si>
+    <t>General Construction specializing in renovations, additions and new builds</t>
+  </si>
+  <si>
+    <t>Industrial Machinery and Fabrication, Hydraulics, Welding and Motor Rewind/Coiling.</t>
+  </si>
+  <si>
+    <t>Signage and Installation of Signage.  To include banners, decals, parking signs, Decor signage, ADA signage, Site Signs, Consulting, Surveying, etc.</t>
+  </si>
+  <si>
+    <t>Frank's Supply is a distributor of industrial / construction tools, equipment and supplies. It is a rental equipment service company.</t>
+  </si>
+  <si>
+    <t>All types of Industrial supplies - motors, janitorial supplies, food service and related repair parts, HVAC &amp; Plumbing equipment and supplies, Steam products distributor, Pumps and pump parts, boilers and parts, compressors, and Service - pump repair</t>
+  </si>
+  <si>
+    <t>HVAC Sales and Services</t>
+  </si>
+  <si>
+    <t>Illness and Infection reduction products and services, including disinfection services, indoor air quality products in both HVAC mountable and mobile units</t>
+  </si>
+  <si>
+    <t>Plumbing Service, Repair and Installations</t>
+  </si>
+  <si>
+    <t>Industrial parts and service, Pumps, HVAC products, actuators, actuator valves, boiler parts, building materials</t>
+  </si>
+  <si>
+    <t>Provide maintenance, repairs and operation equipment, supplies, materials and services as needed.</t>
+  </si>
+  <si>
+    <t>Provide Evapco cooling towers, coolers equipment and cooling tower parts.</t>
+  </si>
+  <si>
+    <t>Wholesale PVF, pumps, filtration, tanks ,instrumentation, and misc. Local delivery typically with in the hour. No minimum purchase and no after hours opening fee or pricing.</t>
+  </si>
+  <si>
+    <t>HVAC Repair and Install</t>
+  </si>
+  <si>
+    <t>sale and installation services of floor coverings</t>
+  </si>
+  <si>
+    <t>HVAC-R- EQUIPMENT PARTS AND SUPPLYS</t>
+  </si>
+  <si>
+    <t>FILTERS, FURNACES, ICE MACHINES, REFRIGERATED A C UNITS COMMERCIAL RESIDENTIAL, SPECIALORDER HVAC PARTS AND EQUIPMENT, ACCESSORIES FOR THE HVAC INSDUSTRY</t>
+  </si>
+  <si>
+    <t>Lawson Products is an industrial distributor of maintenance and repair supplies, committed to helping customers improve their operating performance. Our high-performance products include:  Fastening Systems, Fluid Power, Abrasives, Cutting Tools, Che</t>
+  </si>
+  <si>
+    <t>All Electrical</t>
+  </si>
+  <si>
+    <t>PLUMBING REPAIR PARTS, FAUCETS, FIXTURES, FOUNTAINS, AND MRO PRODUCTS</t>
+  </si>
+  <si>
+    <t>Carpet Cleaning. Hard Surface cleaning, restoration, coating to include concrete, tile and grout, LVT, and VCT.  Wood floor refinishing.  Rubber floor cleaning and coating.  Anti-graffiti protection. Floor coverings/treatments sales and installation.</t>
+  </si>
+  <si>
+    <t>Safety Supplies and Personal Protective Equipment, PPE, Fire Extinguisher sales and service, First Aid Supplies, and other miscellaneous MRO Equipment, Supplies and Materials</t>
+  </si>
+  <si>
+    <t>Glass and Glazing Materials and related services, to include building window fronts, repairs on windows on doors, Covid 19- sneeze guards</t>
+  </si>
+  <si>
+    <t>PC Automated Controls, Inc. has furnished Utility Monitoring and Control Systems (UMCS), Building Automation Systems (BAS), and Direct Digital Control (DDC) systems for Federal Agencies, State and Municipal Entities and School Districts</t>
+  </si>
+  <si>
+    <t>Concrete Paving, Concrete Site Work, Building Restoration, Concrete Demolition, Forming, Elevation, Commercial Maintenance, Industrial Maintenance</t>
+  </si>
+  <si>
+    <t>We specialize in repairing all types of Hydraulic equipment that includes motors, pumps as well as resale all type of industrial supplies, Mro supplies, power transmission components, welding, machine shop, and on-site services.</t>
+  </si>
+  <si>
+    <t>Industrial Fab &amp; Machine (process equip repair; such as cooling towers, conveyor systems, ladders, lift station equip, HVAC pumps, motors, cat walks, mfg equipment, etc)., Sales and Service of: Water Circulation Pumps, Electric Motors up to 650HP</t>
+  </si>
+  <si>
+    <t>Light Bulbs and Ballasts</t>
+  </si>
+  <si>
+    <t>We are a full service residential and commercial plumbing company.  We also do excavation, high pressure jetting and water restoration</t>
+  </si>
+  <si>
+    <t>We provide Radio Communications Equipment, Accessories, Software and Licensing, Video Analytics, Microwave Links, Lights and Sirens, Vehicle Upfitting, Installation, Service, Troubleshooting, Maintenance and Site Lease</t>
+  </si>
+  <si>
+    <t>Locksmith Services, Access Control, Door Hardware, Security Products, CCTV, Doors &amp; Frames, Locksmith Supply, Safes</t>
+  </si>
+  <si>
+    <t>Shelby Distributions has been a premier retail supplier of full service office supplies, janitorial/sanitation, furniture consultation, design, sales &amp; installation since January 2000.</t>
+  </si>
+  <si>
+    <t>Tires and recap tires</t>
+  </si>
+  <si>
+    <t>window treatments</t>
+  </si>
+  <si>
+    <t>SALES AND SERVICES MRO Equipment, Laboratory Supplies, Maintenance Supplies and etc.  / General Commercial Construction Landscaping, Painting and etc.</t>
+  </si>
+  <si>
+    <t>Industrial electrical equipment and supplies.</t>
+  </si>
+  <si>
+    <t>Two Way Radio Communications, Installation of Two Way Radios and Radio Antenna Systems, Wireless Networking, Sales and Installation of Public Safety Emergency Lighting</t>
+  </si>
+  <si>
+    <t>Residential, Commercial, Industrial plumbing supplies. Pipe, Valves, fittings. Toilets, water coolers, commercial and residential water heaters, Backflow preventers etc...</t>
+  </si>
+  <si>
+    <t>Maintenance supplies including fasteners, tools, abrasives, paint, cutting tools etc...</t>
+  </si>
+  <si>
+    <t>Flooring products and installation services</t>
+  </si>
+  <si>
+    <t>All phases of mechanical HVAC service and construction. Energy Management Controls</t>
+  </si>
+  <si>
+    <t>All flooring related products</t>
+  </si>
+  <si>
+    <t>Paint and Paint Related Material</t>
+  </si>
+  <si>
+    <t>Industrial repair and fabrication of all kinds of metals and plastic. Industrial welding on all metals.</t>
+  </si>
+  <si>
+    <t>TMS-SOUTH WORKS WITH OVER 100 VENDORS FOR EXAMPLE, AMERICAN STANDARD, ACORN, DELTA, BEMIS, CHICAGO FAUCETS, WATTS, SLOAN AND ZURN TO NAME A FEW.</t>
+  </si>
+  <si>
+    <t>HVAC Equipment &amp; Services, Building Automation, Plumbing, Mechanical and Electrical Labor, General Construction Services</t>
+  </si>
+  <si>
+    <t>POOL SUPPLIES AND EQUIPMENT</t>
+  </si>
+  <si>
+    <t>Trash Can Liners, Gloves, Personal Protective Equipment (PPE)</t>
+  </si>
+  <si>
+    <t>Building Maintenance services to a wide range of governmental, commercial, and institutional clients.</t>
+  </si>
+  <si>
+    <t>Electrical, Plumbing &amp; HVAC</t>
+  </si>
+  <si>
+    <t>Specialize in aluminum and stainless steel fabrication and installation, we're equipped and qualified to handle all of your fabrication needs in stainless steel, aluminum, galvanized, and steel to a wide variety of industries</t>
+  </si>
+  <si>
+    <t>Plumbing, Appliances, HVAC, Utilities</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Heating Ventilating Air Conditioning Products and water heaters</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+HVAC Equipment &amp; System supply house. Furnace and air conditioner parts for maintenance, repair, and operations. Rheem water heaters.</t>
+    </r>
+  </si>
+  <si>
+    <t>Irrigation, landscape, and plumbing supplies</t>
+  </si>
+  <si>
+    <t>Welding Shop, Boiler Sales/Repair/Installation, Pressure Piping, Commercial Gas Lines, Backflow Preventer Installation/Certification, Machine Shop, Mechanical Department</t>
+  </si>
+  <si>
+    <t>Areas Served…</t>
+  </si>
+  <si>
+    <t>All 50 States</t>
+  </si>
+  <si>
+    <t>El Paso Texas</t>
+  </si>
+  <si>
+    <t>Texas</t>
+  </si>
+  <si>
+    <t>El Paso city limits; county of El Paso and NM</t>
+  </si>
+  <si>
+    <t>El Paso County, Hudspeth County, Otero County, Dona Ana County</t>
+  </si>
+  <si>
+    <t>Texas - El Paso County city limits, Horizon, Clint, San Elizario, Socorro, and  New Mexico - Chaparral NM, Sunland Park NM, and Las Cruces NM.</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>Southern NM and West Texas</t>
+  </si>
+  <si>
+    <t>Texas and New Mexico</t>
+  </si>
+  <si>
+    <t>USA-ALL STATES</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico,</t>
+  </si>
+  <si>
+    <t>El Paso County</t>
+  </si>
+  <si>
+    <t>Continental Flooring Company agrees to provide services to all 50 United States.</t>
+  </si>
+  <si>
+    <t>West Texas and all of New Mexico</t>
+  </si>
+  <si>
+    <t>Copper State Bolt and Nut Co has more than 30 locations throughout Arizona, California, Colorado, New Mexico, Nevada, Montana, Washington, Iowa, and Texas. But, we are capable of supplying products and service in the 50 states.</t>
+  </si>
+  <si>
+    <t>Texas, NM, AZ</t>
+  </si>
+  <si>
+    <t>Texas New Mexico</t>
+  </si>
+  <si>
+    <t>Texas &amp; New Mexico</t>
+  </si>
+  <si>
+    <t>TEXAS, NEW MEXICO</t>
+  </si>
+  <si>
+    <t>Continental United States</t>
+  </si>
+  <si>
+    <t>Any state</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico</t>
+  </si>
+  <si>
+    <t>El Paso County, Southern New Mexico and surrounding areas</t>
+  </si>
+  <si>
+    <t>NATIONWIDE</t>
+  </si>
+  <si>
+    <t>El Paso County, Dona Ana County</t>
+  </si>
+  <si>
+    <t>El Paso County, City Of El Paso, NMSU, Monahans, Pecos, Odessa, Las Cruces, New Mexico.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">El Paso, TX and surrounding area to include Southern NM, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Only location awarded is 1201 Airway, El Paso TX. Any other location is not awarded and cannot be used.</t>
+    </r>
+  </si>
+  <si>
+    <t>New Mexico and West Texas, i.e., Lubbock to El Paso</t>
+  </si>
+  <si>
+    <t>TX, NM</t>
+  </si>
+  <si>
+    <t>Texas, Oklahoma, New Mexico, Louisiana</t>
+  </si>
+  <si>
+    <t>New Mexico and Texas</t>
+  </si>
+  <si>
+    <t>New Mexico, West Texas.</t>
+  </si>
+  <si>
+    <t>El Paso Tx and Las Cruces NM</t>
+  </si>
+  <si>
+    <t>Texas, San Antonio and Surrounding Area</t>
+  </si>
+  <si>
+    <t>El Paso County and Hudspeth county</t>
+  </si>
+  <si>
+    <t>EL PASO, CULBERSON COUNTY,.HUDSETH COUNTY,</t>
+  </si>
+  <si>
+    <t>NEW MEXICO</t>
+  </si>
+  <si>
+    <t>Lawson Products, Inc. is licensed to sell in all 50 states with no restrictions.</t>
+  </si>
+  <si>
+    <t>SW New Mexico</t>
+  </si>
+  <si>
+    <t>ALL STATES</t>
+  </si>
+  <si>
+    <t>Texas, Oklahoma, Southern New Mexico</t>
+  </si>
+  <si>
+    <t>All States</t>
+  </si>
+  <si>
+    <t>El Paso Texas area</t>
+  </si>
+  <si>
+    <t>Texas: El Paso, Reeves, Jeff Davis, Pecos, Presidio, Brewster, Terrell, Hudspeth, Cuberson, Midland New Mexico: Dona Ana, Eddy, Grant, Hidalgo, Lea, Luna, Otero, Lincoln, Chavez, Socorro, Albuquerque</t>
+  </si>
+  <si>
+    <t>El Paso, El Paso County</t>
+  </si>
+  <si>
+    <t>El Paso and surrounding areas.  No work in New Mexico</t>
+  </si>
+  <si>
+    <t>Texas and New Mexico.</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico, Arizona</t>
+  </si>
+  <si>
+    <t>48 Continental States</t>
+  </si>
+  <si>
+    <t>AL, AR, AZ, CA, FL, GA, LA MS, NM, NV, OK, TN TX, UT</t>
+  </si>
+  <si>
+    <t>El Paso</t>
+  </si>
+  <si>
+    <t>Texas, Arizona and New Mexico</t>
+  </si>
+  <si>
+    <t>El Paso to Midland to Alpine</t>
+  </si>
+  <si>
+    <t>El Paso, TX, Las Cruces NM,</t>
+  </si>
+  <si>
+    <t>El Paso, TX</t>
+  </si>
+  <si>
+    <t>All 50 states</t>
+  </si>
+  <si>
+    <t>ALL USA STATES</t>
+  </si>
+  <si>
+    <t>EL PASO AND SURROUNDING AREAS.   LAS CRUCES AND SURROUNDING AREAS</t>
+  </si>
+  <si>
+    <t>AK, AL, AR, AZ, CA, CO, CT, DE, FL, GA, IA, ID, IL, IN, KS, KY, LA, MA, MD, ME, MI, MN, MO, MS, MT, NC, ND, NE, NH, NJ, NM, NV, NY, OH, OK, OR, PA, RI, SC, SD, TN, TX, UT, VA, VT, WA, WI, WV, WY</t>
+  </si>
+  <si>
+    <t>all of El Paso County TX</t>
+  </si>
+  <si>
+    <t>Price Link…</t>
+  </si>
+  <si>
+    <t>Price Link</t>
+  </si>
+  <si>
+    <t>Please contact Purchasing for pricing.</t>
+  </si>
+  <si>
+    <t>Line #</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>QTY</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Equipment/Supplies/Materials Percent Discount from Catalog/Pricelist</t>
+  </si>
+  <si>
+    <t>No Bid</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Services Percent Discount from Pricelist</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Percent Discount Off Walk-In Location</t>
+  </si>
+  <si>
+    <t>Store Front Address</t>
+  </si>
+  <si>
+    <t>1400 Lomaland Dr, El Paso, TX 79935</t>
+  </si>
+  <si>
+    <t>9801 Montwood El Paso Texas 79925</t>
+  </si>
+  <si>
+    <t>2222 Texas Ave El Paso, TX 79901</t>
+  </si>
+  <si>
+    <t>11005 Argal Court, El Paso, TX 79935</t>
+  </si>
+  <si>
+    <t>4015 Montana Ave, El Paso, TX  79903</t>
+  </si>
+  <si>
+    <t>8101 Lockheed Dr. El Paso Texas 79925</t>
+  </si>
+  <si>
+    <t>204 N Eucalyptus St., El Paso, TX 79901</t>
+  </si>
+  <si>
+    <t>11129 Pellicano El Paso TX. 79935</t>
+  </si>
+  <si>
+    <t>4411 Dyer St., El Paso TX 79930</t>
+  </si>
+  <si>
+    <t>831 PENDALE ROAD, EL PASO, TEXAS 79907</t>
+  </si>
+  <si>
+    <t>1421 Lee Trevino ste D8</t>
+  </si>
+  <si>
+    <t>12470 Gateway Blvd. E E l Paso Tx. 79928</t>
+  </si>
+  <si>
+    <t>1201 Airway Ste D3 El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>Frank's Supply Company 1211 Barranca Dr. El Paso, TX 79935</t>
+  </si>
+  <si>
+    <t>3651 Bull Moose Ct.</t>
+  </si>
+  <si>
+    <t>830 Kastrin  Ste. A, El Paso Tx, 79907</t>
+  </si>
+  <si>
+    <t>5522 Rittiman Rd, San Antonio, TX 78218</t>
+  </si>
+  <si>
+    <t>800 TONY LAMA ST BLDG B</t>
+  </si>
+  <si>
+    <t>3312 RAMONA DRIVE, FORT WORTH, TX 76116</t>
+  </si>
+  <si>
+    <t>2112 Wyoming Ave, El Paso, TX 79903</t>
+  </si>
+  <si>
+    <t>11444 Rojas Drive Ste. C-7 El Paso Texas 79936</t>
+  </si>
+  <si>
+    <t>1145 Barranca drive El Paso Texas 79935</t>
+  </si>
+  <si>
+    <t>8600 Gateway Blvd East., Dock No. 7., El Paso, TX 79907</t>
+  </si>
+  <si>
+    <t>711 N Copia St. El Paso TX 79903</t>
+  </si>
+  <si>
+    <t>11394 James Watt Ste. 303 El Paso, Texas 79936</t>
+  </si>
+  <si>
+    <t>7701 Lockheed Dr, El Paso, TX 79925</t>
+  </si>
+  <si>
+    <t>7179 Copperqueen dr. El Paso, TX 79915</t>
+  </si>
+  <si>
+    <t>1141 Larry Mahan El Paso,  TX 79925</t>
+  </si>
+  <si>
+    <t>2412 Texas Avenue, El Paso, TX, 79924</t>
+  </si>
+  <si>
+    <t>4155 W BELLFORT AVE. HOUSTON, TX 77025</t>
+  </si>
+  <si>
+    <t>1405 Vanderbilt Dr, El Paso, TX 79935</t>
+  </si>
+  <si>
+    <t>1734 Buildtek Ct., Las Cruces, NM 88005</t>
+  </si>
+  <si>
+    <t>Store Hours</t>
+  </si>
+  <si>
+    <t>7:30 am - 5:00 pm; M-F</t>
+  </si>
+  <si>
+    <t>9:00 am - 5:00 pm By Appointment Only</t>
+  </si>
+  <si>
+    <t>7:00 am to 4:00 pm</t>
+  </si>
+  <si>
+    <t>6:30 am to 4:00 pm</t>
+  </si>
+  <si>
+    <t>8:00am - 5:00pm, Monday - Friday</t>
+  </si>
+  <si>
+    <t>M-F from 7:00 AM to 4:30 PM</t>
+  </si>
+  <si>
+    <t>8am - 5 pm Monday thru Friday</t>
+  </si>
+  <si>
+    <t>Mon-Fri 7AM-5PM</t>
+  </si>
+  <si>
+    <t>M-F 8AM-4PM  24-Hour Emergency Service</t>
+  </si>
+  <si>
+    <t>M-F (7:00 AM - 4:00 PM)</t>
+  </si>
+  <si>
+    <t>Monday - Friday, 8:00 AM - 5:00 PM</t>
+  </si>
+  <si>
+    <t>8AM-5PM, MONDAY THRU FRIDAY</t>
+  </si>
+  <si>
+    <t>8:30-4:00  M-F</t>
+  </si>
+  <si>
+    <t>7am-5pm Monday-Friday 9:00am-3:00pm Saturday</t>
+  </si>
+  <si>
+    <t>8am - 4:30pm</t>
+  </si>
+  <si>
+    <t>8am-5pm Monday through Friday Weekends by Appt.</t>
+  </si>
+  <si>
+    <t>Monday through Friday 7:00 AM - 5:00 PM</t>
+  </si>
+  <si>
+    <t>8-5</t>
+  </si>
+  <si>
+    <t>7:30 am-5 pm M-F. Closed Saturday and Sunday. Open after hours at tel:1-800-213-4528. NO OPENING FEE OR AFTER HOURS PRICING.</t>
+  </si>
+  <si>
+    <t>8 am to 5 pm</t>
+  </si>
+  <si>
+    <t>8:00 am to 4:00 pm</t>
+  </si>
+  <si>
+    <t>7:30AM TO 5:00 PM</t>
+  </si>
+  <si>
+    <t>7:30AM - 5:00PM MONDAY - FRIDAY, 8:00AM - 12:00PM SATURDAY</t>
+  </si>
+  <si>
+    <t>7:00AM-5:00PM</t>
+  </si>
+  <si>
+    <t>8am-5pm, M-F</t>
+  </si>
+  <si>
+    <t>M-F 8am-5pm Sat 8-1pm</t>
+  </si>
+  <si>
+    <t>8:00 am to 5:00 pm</t>
+  </si>
+  <si>
+    <t>7:30a.m. to 4"00p.m.</t>
+  </si>
+  <si>
+    <t>9am - 4pm, daily</t>
+  </si>
+  <si>
+    <t>8:00-5:00</t>
+  </si>
+  <si>
+    <t>7 AM to 4 PM Monday to Friday</t>
+  </si>
+  <si>
+    <t>M-F 8:30am - 5:00 pm</t>
+  </si>
+  <si>
+    <t>Monday-Friday 6:30am - 4:30pm / Saturday- 7:30am-12:30pm</t>
+  </si>
+  <si>
+    <t>8 am to 5 pm Monday Thru Friday , 8 am to 1 pm Saturday</t>
+  </si>
+  <si>
+    <t>8am-5pm</t>
+  </si>
+  <si>
+    <t>M-F 7am-5pm Saturday 8am - 12pm Sunday closed</t>
+  </si>
+  <si>
+    <t>8am - 5pm</t>
+  </si>
+  <si>
+    <t>MON-FRI / 8-5 ... NO WEEKENDS</t>
+  </si>
+  <si>
+    <t>MON-FRI 8-4</t>
+  </si>
+  <si>
+    <t>7a.m.- 4 p.m.</t>
+  </si>
+  <si>
+    <t>7-5 Monday - Friday</t>
+  </si>
+  <si>
+    <t>7:00AM-4:00PM</t>
+  </si>
+  <si>
+    <t>Monday - Friday 7am - 4pm</t>
+  </si>
+  <si>
+    <t>*updated 10/25/22, 10/26/22, 2/8/23, 2/21/23, 3/28/23, 3/31/23, 5/15/23, 9/27/23, 11/16/23, 1/5/24, 6/10/24, 7/1/24, 7/8/24, 8/30/24, 12/2/24, 12/20/24, 2/14/25, 2/24/25, 4/7/25, 5/21/25, 7/16/25, 8/22/25, 10/30/25, 11/19/25, 1/5/26,l 2/2/26</t>
+  </si>
+  <si>
+    <t>*updated 9/11/24, 2/2/26</t>
+  </si>
+  <si>
+    <t>*updated 6/26/23, 1/10/2024, 2/3/26</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Exodo Industrial, LP.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> C &amp; C Industrial Solutions, LLC</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Carlos Camarena</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> Nohemi Tinajero</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>12470 Gateway Blvd. E. El Paso, tx. 79927</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> 8404 North Loop Apt. B6 El Paso TX 79907</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>eiaccounts@exodoindustrial.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> N.guzmanccis@gmail.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(915) 497-1874</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> 915-239-6538</t>
+    </r>
+  </si>
+  <si>
+    <t>*updated 5/2/24, 3/25/25, 3/28/25, 6/30/25, 8/27/25, 9/5/25, 9/22/25, 11/4/25, 12/1/25, 12/8/25, 1/5/26, 1/20/26, 2/4/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
-      <name val="Calibri"/>
-[...4 lines deleted...]
-      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <strike/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <u/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2928,73 +3021,71 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -3270,3318 +3361,3281 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/GAP%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ESA%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Nova%20Safety%20Products%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Southwest%20Water%20Supplies%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/The%20Carpet%20Pile%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Total%20Maintenance%20Solutions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Westside%20Welding%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Complete%20Parking%20Solutions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Border%20States%20Electric%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ABM%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Desert%20Electrical%20Supply%20Pricelist.xlsx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Harrington%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Cleaver%20Brooks%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Frank%27s%20Supply%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/MARKS%20Plumbing%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Quality%20Commercial%20Services%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Shelby%20Distributions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Tarkett%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Veliz%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Wyler%20Industrial%20Works%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Baker%20Glass%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aschoor@germblast.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Electric%20Supply%20Source%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/DADefense%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Exodo%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/GermBlast%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Holts%20Mechanical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/One%20Stop%20Glass%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Summit%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/The%20Sherwin-Williams%20Company%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/WinSupply%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/All%20Trades%20Electrical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/CL%20NORTH%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Triple-S%20Janitorial%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Accents%20and%20Accessories%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Commercial%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/El%20Paso%20Bolt%20%26%20Screw%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/G%26E%20Industrial%20Supplies%2C%20Inc.%20PRICELIST.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/MasterServInc%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/RotoRooter%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Technical%20Building%20Services%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Innovation%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Epic%20Solar%20Control%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Southwest%20Decor%20El%20Paso%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/VOLTER%20PRICING.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Trane.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://winsupplyofsouthelpaso.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Beltran%20Electrical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Desert%20Contracting%20pricing.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Fastsigns%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Grass%20Masters%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Phoenix%20General%20Contractors%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Three%20O%20Machine%20Shop%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Winsupply%20S%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Chemsearch%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/M%20Squared%20%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/SUN%20CITY%20WINNELSON%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Unipak%20Corp.%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Gilbert%27s%20Plumbing%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ACO%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Americhoice%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/CED%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Copper%20State%20Bolt%20and%20Nut%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/El%20Paso%20Tinting%202%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Saucedo%20Lock%20Pricelist.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/GermBlast%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Exodo%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/One%20Stop%20Glass%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Summit%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/The%20Sherwin-Williams%20Company%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Triple-S%20Janitorial%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/WinSupply%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/All%20Trades%20Electrical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/CL%20NORTH%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ABM%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/El%20Paso%20Bolt%20%26%20Screw%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Holts%20Mechanical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Continental%20Flooring.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/G%26E%20Industrial%20Supplies%2C%20Inc.%20PRICELIST.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/MasterServInc%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/RotoRooter%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Southwest%20Decor%20El%20Paso%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Technical%20Building%20Services%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/VOLTER%20PRICING.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Innovation%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.exodoindustrial.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Baker%20Glass%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Trane.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Epic%20Solar%20Control%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Desert%20Contracting%20pricing.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Fastsigns%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Grass%20Masters%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/M%20Squared%20%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Phoenix%20General%20Contractors%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/SUN%20CITY%20WINNELSON%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Three%20O%20Machine%20Shop%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Winsupply%20S%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ACO%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/CED%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Unipak%20Corp.%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Accents%20and%20Accessories%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Copper%20State%20Bolt%20and%20Nut%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/El%20Paso%20Tinting%202%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/GAP%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Nova%20Safety%20Products%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Saucedo%20Lock%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/The%20Carpet%20Pile%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Gilbert%27s%20Plumbing%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/ESA%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Southwest%20Water%20Supplies%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Westside%20Welding%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Complete%20Parking%20Solutions%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://winsupplyofsouthelpaso.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Beltran%20Electrical%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Desert%20Electrical%20Supply%20Pricelist.xlsx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Frank%27s%20Supply%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Harrington%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Quality%20Commercial%20Services%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Total%20Maintenance%20Solutions%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Wyler%20Industrial%20Works%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Cleaver%20Brooks%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/MARKS%20Plumbing%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Tarkett%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Veliz%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aschoor@germblast.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Border%20States%20Final.xlsx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Americhoice%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Chemsearch%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/DADefense%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Electric%20Supply%20Source%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/22-7434/Shelby%20Distributions%20Pricelist.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:CH18"/>
+  <dimension ref="B1:CG18"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="E10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="8" style="5" customWidth="1"/>
     <col min="3" max="3" width="36" style="5" customWidth="1"/>
     <col min="4" max="4" width="6" style="5" customWidth="1"/>
     <col min="5" max="79" width="30.7109375" style="5" customWidth="1"/>
     <col min="80" max="80" width="31.28515625" style="5" customWidth="1"/>
-    <col min="81" max="85" width="30.7109375" style="5" customWidth="1"/>
-    <col min="86" max="16384" width="9.140625" style="5"/>
+    <col min="81" max="84" width="30.7109375" style="5" customWidth="1"/>
+    <col min="85" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:86" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:85" s="1" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="E1" s="19"/>
       <c r="G1" s="21" t="s">
-        <v>813</v>
+        <v>0</v>
       </c>
       <c r="H1" s="19" t="s">
-        <v>811</v>
+        <v>796</v>
       </c>
       <c r="I1" s="20" t="s">
-        <v>786</v>
+        <v>1</v>
       </c>
       <c r="J1" s="19" t="s">
-        <v>782</v>
+        <v>2</v>
       </c>
       <c r="K1" s="19" t="s">
-        <v>763</v>
+        <v>3</v>
       </c>
       <c r="L1" s="19" t="s">
-        <v>803</v>
+        <v>4</v>
       </c>
       <c r="M1" s="21" t="s">
-        <v>791</v>
+        <v>5</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>814</v>
+        <v>804</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>789</v>
+        <v>6</v>
       </c>
       <c r="Q1" s="19" t="s">
-        <v>807</v>
+        <v>7</v>
       </c>
       <c r="R1" s="23" t="s">
-        <v>800</v>
+        <v>8</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>802</v>
+        <v>9</v>
       </c>
       <c r="T1" s="21"/>
       <c r="U1" s="19"/>
       <c r="W1" s="19" t="s">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="X1" s="19"/>
       <c r="Z1" s="21" t="s">
-        <v>799</v>
+        <v>11</v>
       </c>
       <c r="AA1" s="19"/>
       <c r="AC1" s="1" t="s">
-        <v>806</v>
+        <v>12</v>
       </c>
       <c r="AE1" s="21" t="s">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="AF1" s="19" t="s">
-        <v>761</v>
+        <v>798</v>
       </c>
       <c r="AG1" s="19" t="s">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="AH1" s="19"/>
       <c r="AJ1" s="21" t="s">
-        <v>805</v>
+        <v>15</v>
       </c>
       <c r="AK1" s="21" t="s">
-        <v>757</v>
+        <v>16</v>
       </c>
       <c r="AL1" s="19" t="s">
-        <v>794</v>
+        <v>17</v>
       </c>
       <c r="AM1" s="19" t="s">
-        <v>778</v>
+        <v>18</v>
       </c>
       <c r="AN1" s="19"/>
       <c r="AO1" s="19" t="s">
-        <v>781</v>
+        <v>19</v>
       </c>
       <c r="AP1" s="19" t="s">
-        <v>758</v>
+        <v>20</v>
       </c>
       <c r="AR1" s="19" t="s">
-        <v>780</v>
+        <v>21</v>
       </c>
       <c r="AS1" s="1" t="s">
-        <v>751</v>
+        <v>22</v>
       </c>
       <c r="AU1" s="21"/>
       <c r="AX1" s="19"/>
       <c r="AY1" s="19"/>
       <c r="AZ1" s="1" t="s">
-        <v>796</v>
+        <v>23</v>
       </c>
       <c r="BA1" s="21" t="s">
-        <v>798</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>24</v>
+      </c>
+      <c r="BB1" s="35" t="s">
+        <v>25</v>
       </c>
       <c r="BC1" s="21" t="s">
-        <v>808</v>
+        <v>26</v>
       </c>
       <c r="BD1" s="19"/>
       <c r="BE1" s="21"/>
       <c r="BF1" s="21" t="s">
-        <v>804</v>
+        <v>27</v>
       </c>
       <c r="BG1" s="21" t="s">
-        <v>783</v>
+        <v>28</v>
       </c>
       <c r="BH1" s="20" t="s">
-        <v>754</v>
+        <v>29</v>
       </c>
       <c r="BI1" s="19" t="s">
-        <v>793</v>
+        <v>30</v>
       </c>
       <c r="BJ1" s="21" t="s">
-        <v>788</v>
+        <v>31</v>
       </c>
       <c r="BK1" s="19" t="s">
-        <v>787</v>
+        <v>32</v>
       </c>
       <c r="BL1" s="21" t="s">
-        <v>812</v>
+        <v>33</v>
       </c>
       <c r="BM1" s="19"/>
       <c r="BN1" s="21" t="s">
-        <v>801</v>
+        <v>34</v>
       </c>
       <c r="BO1" s="19"/>
       <c r="BP1" s="21"/>
       <c r="BQ1" s="1" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="BR1" s="19" t="s">
-        <v>809</v>
+        <v>35</v>
       </c>
       <c r="BS1" s="7" t="s">
-        <v>769</v>
+        <v>36</v>
       </c>
       <c r="BU1" s="1" t="s">
-        <v>797</v>
+        <v>37</v>
       </c>
       <c r="BV1" s="19"/>
       <c r="BW1" s="21" t="s">
-        <v>810</v>
+        <v>38</v>
       </c>
       <c r="BX1" s="21" t="s">
-        <v>777</v>
+        <v>39</v>
       </c>
       <c r="BY1" s="19"/>
       <c r="BZ1" s="21"/>
       <c r="CB1" s="19" t="s">
-        <v>765</v>
+        <v>40</v>
       </c>
       <c r="CC1" s="19"/>
       <c r="CD1" s="19"/>
-      <c r="CF1" s="19"/>
-[...1 lines deleted...]
-        <v>792</v>
+      <c r="CF1" s="21" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="2" spans="2:86" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:85" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="24" t="s">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="E2" s="16" t="s">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="F2" s="16" t="s">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="G2" s="16" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="H2" s="16" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="I2" s="16" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="J2" s="16" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="K2" s="16" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="L2" s="16" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="M2" s="16" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="N2" s="16" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="O2" s="16" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="P2" s="16" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="Q2" s="16" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="R2" s="16" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="S2" s="16" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="T2" s="16" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="U2" s="16" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="V2" s="16" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="W2" s="16" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="X2" s="16" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="Y2" s="16" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="Z2" s="16" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="AA2" s="16" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="AB2" s="16" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="AC2" s="16" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="AD2" s="16" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="AE2" s="16" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="AF2" s="16" t="s">
-        <v>762</v>
+        <v>799</v>
       </c>
       <c r="AG2" s="30" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="AH2" s="16" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="AI2" s="16" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="AJ2" s="16" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="AK2" s="16" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
       <c r="AL2" s="16" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="AM2" s="16" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="AN2" s="16" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="AO2" s="16" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="AP2" s="16" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="AQ2" s="16" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="AR2" s="16" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="AS2" s="16" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="AT2" s="16" t="s">
-        <v>44</v>
+        <v>83</v>
       </c>
       <c r="AU2" s="16" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="AV2" s="16" t="s">
-        <v>46</v>
+        <v>85</v>
       </c>
       <c r="AW2" s="16" t="s">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="AX2" s="16" t="s">
-        <v>48</v>
+        <v>87</v>
       </c>
       <c r="AY2" s="16" t="s">
-        <v>49</v>
+        <v>88</v>
       </c>
       <c r="AZ2" s="16" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="BA2" s="16" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="BB2" s="16" t="s">
-        <v>52</v>
+        <v>91</v>
       </c>
       <c r="BC2" s="16" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="BD2" s="16" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="BE2" s="16" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="BF2" s="16" t="s">
-        <v>774</v>
+        <v>95</v>
       </c>
       <c r="BG2" s="16" t="s">
-        <v>772</v>
+        <v>96</v>
       </c>
       <c r="BH2" s="16" t="s">
-        <v>56</v>
+        <v>97</v>
       </c>
       <c r="BI2" s="16" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="BJ2" s="16" t="s">
-        <v>58</v>
+        <v>99</v>
       </c>
       <c r="BK2" s="16" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="BL2" s="16" t="s">
-        <v>60</v>
+        <v>101</v>
       </c>
       <c r="BM2" s="16" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="BN2" s="16" t="s">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="BO2" s="16" t="s">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="BP2" s="16" t="s">
-        <v>64</v>
+        <v>105</v>
       </c>
       <c r="BQ2" s="16" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="BR2" s="16" t="s">
-        <v>66</v>
+        <v>107</v>
       </c>
       <c r="BS2" s="16" t="s">
-        <v>67</v>
+        <v>108</v>
       </c>
       <c r="BT2" s="16" t="s">
-        <v>68</v>
+        <v>109</v>
       </c>
       <c r="BU2" s="16" t="s">
-        <v>69</v>
+        <v>110</v>
       </c>
       <c r="BV2" s="16" t="s">
-        <v>70</v>
+        <v>111</v>
       </c>
       <c r="BW2" s="16" t="s">
-        <v>71</v>
+        <v>112</v>
       </c>
       <c r="BX2" s="16" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="BY2" s="16" t="s">
-        <v>73</v>
+        <v>114</v>
       </c>
       <c r="BZ2" s="16" t="s">
-        <v>74</v>
+        <v>115</v>
       </c>
       <c r="CA2" s="16" t="s">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="CB2" s="16" t="s">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="CC2" s="16" t="s">
-        <v>77</v>
+        <v>118</v>
       </c>
       <c r="CD2" s="16" t="s">
-        <v>78</v>
+        <v>119</v>
       </c>
       <c r="CE2" s="16" t="s">
-        <v>79</v>
+        <v>120</v>
       </c>
       <c r="CF2" s="16" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="CH2" s="7"/>
+        <v>121</v>
+      </c>
+      <c r="CG2" s="7"/>
     </row>
-    <row r="3" spans="2:86" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:85" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="3" t="s">
-        <v>82</v>
+        <v>122</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>83</v>
+        <v>123</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>85</v>
+        <v>125</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="I3" s="2" t="s">
-        <v>87</v>
+        <v>127</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>88</v>
+        <v>128</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>89</v>
+        <v>129</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>91</v>
+        <v>131</v>
       </c>
       <c r="N3" s="2" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="O3" s="2" t="s">
-        <v>93</v>
+        <v>133</v>
       </c>
       <c r="P3" s="2" t="s">
-        <v>94</v>
+        <v>134</v>
       </c>
       <c r="Q3" s="2" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="R3" s="2" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="S3" s="2" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="T3" s="2" t="s">
-        <v>98</v>
+        <v>138</v>
       </c>
       <c r="U3" s="2" t="s">
-        <v>99</v>
+        <v>139</v>
       </c>
       <c r="V3" s="2" t="s">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="W3" s="2" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
       <c r="X3" s="2" t="s">
-        <v>102</v>
+        <v>142</v>
       </c>
       <c r="Y3" s="2" t="s">
-        <v>103</v>
+        <v>143</v>
       </c>
       <c r="Z3" s="2" t="s">
-        <v>104</v>
+        <v>144</v>
       </c>
       <c r="AA3" s="2" t="s">
-        <v>105</v>
+        <v>145</v>
       </c>
       <c r="AB3" s="2" t="s">
-        <v>106</v>
+        <v>146</v>
       </c>
       <c r="AC3" s="2" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="AD3" s="2" t="s">
-        <v>108</v>
+        <v>148</v>
       </c>
       <c r="AE3" s="2" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>149</v>
+      </c>
+      <c r="AF3" s="22" t="s">
+        <v>800</v>
       </c>
       <c r="AG3" s="31" t="s">
-        <v>111</v>
+        <v>150</v>
       </c>
       <c r="AH3" s="2" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="AI3" s="2" t="s">
-        <v>113</v>
+        <v>152</v>
       </c>
       <c r="AJ3" s="2" t="s">
-        <v>114</v>
+        <v>153</v>
       </c>
       <c r="AK3" s="22" t="s">
-        <v>755</v>
+        <v>154</v>
       </c>
       <c r="AL3" s="2" t="s">
-        <v>115</v>
+        <v>155</v>
       </c>
       <c r="AM3" s="2" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="AN3" s="2" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="AO3" s="2" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="AP3" s="22" t="s">
-        <v>759</v>
+        <v>159</v>
       </c>
       <c r="AQ3" s="2" t="s">
-        <v>119</v>
+        <v>160</v>
       </c>
       <c r="AR3" s="2" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="AS3" s="2" t="s">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="AT3" s="2" t="s">
-        <v>122</v>
+        <v>163</v>
       </c>
       <c r="AU3" s="2" t="s">
-        <v>123</v>
+        <v>164</v>
       </c>
       <c r="AV3" s="2" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="AW3" s="2" t="s">
-        <v>125</v>
+        <v>166</v>
       </c>
       <c r="AX3" s="2" t="s">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="AY3" s="2" t="s">
-        <v>127</v>
+        <v>168</v>
       </c>
       <c r="AZ3" s="2" t="s">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="BA3" s="2" t="s">
-        <v>129</v>
+        <v>170</v>
       </c>
       <c r="BB3" s="2" t="s">
-        <v>130</v>
+        <v>171</v>
       </c>
       <c r="BC3" s="2" t="s">
-        <v>131</v>
+        <v>172</v>
       </c>
       <c r="BD3" s="2" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="BE3" s="2" t="s">
-        <v>133</v>
+        <v>174</v>
       </c>
       <c r="BF3" s="22" t="s">
-        <v>775</v>
+        <v>175</v>
       </c>
       <c r="BG3" s="2" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="BH3" s="2" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="BI3" s="2" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="BJ3" s="2" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="BK3" s="2" t="s">
-        <v>138</v>
+        <v>180</v>
       </c>
       <c r="BL3" s="2" t="s">
-        <v>139</v>
+        <v>181</v>
       </c>
       <c r="BM3" s="2" t="s">
-        <v>140</v>
+        <v>182</v>
       </c>
       <c r="BN3" s="2" t="s">
-        <v>141</v>
+        <v>183</v>
       </c>
       <c r="BO3" s="2" t="s">
-        <v>142</v>
+        <v>184</v>
       </c>
       <c r="BP3" s="2" t="s">
-        <v>143</v>
+        <v>185</v>
       </c>
       <c r="BQ3" s="2" t="s">
-        <v>144</v>
+        <v>186</v>
       </c>
       <c r="BR3" s="2" t="s">
-        <v>145</v>
+        <v>187</v>
       </c>
       <c r="BS3" s="22" t="s">
-        <v>770</v>
+        <v>188</v>
       </c>
       <c r="BT3" s="2" t="s">
-        <v>146</v>
+        <v>189</v>
       </c>
       <c r="BU3" s="2" t="s">
-        <v>147</v>
+        <v>190</v>
       </c>
       <c r="BV3" s="2" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>191</v>
+      </c>
+      <c r="BW3" s="22" t="s">
+        <v>192</v>
       </c>
       <c r="BX3" s="2" t="s">
-        <v>150</v>
+        <v>193</v>
       </c>
       <c r="BY3" s="2" t="s">
-        <v>151</v>
+        <v>194</v>
       </c>
       <c r="BZ3" s="2" t="s">
-        <v>152</v>
+        <v>195</v>
       </c>
       <c r="CA3" s="2" t="s">
-        <v>153</v>
+        <v>196</v>
       </c>
       <c r="CB3" s="2" t="s">
-        <v>154</v>
+        <v>197</v>
       </c>
       <c r="CC3" s="2" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="CD3" s="2" t="s">
-        <v>767</v>
+        <v>199</v>
       </c>
       <c r="CE3" s="2" t="s">
-        <v>156</v>
+        <v>200</v>
       </c>
       <c r="CF3" s="2" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>201</v>
       </c>
     </row>
-    <row r="4" spans="2:86" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:85" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="3" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>160</v>
+        <v>203</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>161</v>
+        <v>204</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>162</v>
+        <v>205</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>163</v>
+        <v>206</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>164</v>
+        <v>207</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>165</v>
+        <v>208</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>166</v>
+        <v>209</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>167</v>
+        <v>210</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>168</v>
+        <v>211</v>
       </c>
       <c r="N4" s="2" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="O4" s="2" t="s">
-        <v>170</v>
+        <v>213</v>
       </c>
       <c r="P4" s="2" t="s">
-        <v>171</v>
+        <v>214</v>
       </c>
       <c r="Q4" s="2" t="s">
-        <v>172</v>
+        <v>215</v>
       </c>
       <c r="R4" s="2" t="s">
-        <v>173</v>
+        <v>216</v>
       </c>
       <c r="S4" s="2" t="s">
-        <v>174</v>
+        <v>217</v>
       </c>
       <c r="T4" s="2" t="s">
-        <v>175</v>
+        <v>218</v>
       </c>
       <c r="U4" s="2" t="s">
-        <v>176</v>
+        <v>219</v>
       </c>
       <c r="V4" s="2" t="s">
-        <v>177</v>
+        <v>220</v>
       </c>
       <c r="W4" s="2" t="s">
-        <v>178</v>
+        <v>221</v>
       </c>
       <c r="X4" s="2" t="s">
-        <v>179</v>
+        <v>222</v>
       </c>
       <c r="Y4" s="2" t="s">
-        <v>180</v>
+        <v>223</v>
       </c>
       <c r="Z4" s="2" t="s">
-        <v>181</v>
+        <v>224</v>
       </c>
       <c r="AA4" s="2" t="s">
-        <v>182</v>
+        <v>225</v>
       </c>
       <c r="AB4" s="2" t="s">
-        <v>183</v>
+        <v>226</v>
       </c>
       <c r="AC4" s="2" t="s">
-        <v>184</v>
+        <v>227</v>
       </c>
       <c r="AD4" s="2" t="s">
-        <v>185</v>
+        <v>228</v>
       </c>
       <c r="AE4" s="2" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>229</v>
+      </c>
+      <c r="AF4" s="22" t="s">
+        <v>801</v>
       </c>
       <c r="AG4" s="31" t="s">
-        <v>188</v>
+        <v>230</v>
       </c>
       <c r="AH4" s="2" t="s">
-        <v>189</v>
+        <v>231</v>
       </c>
       <c r="AI4" s="2" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="AJ4" s="2" t="s">
-        <v>191</v>
+        <v>233</v>
       </c>
       <c r="AK4" s="2" t="s">
-        <v>192</v>
+        <v>234</v>
       </c>
       <c r="AL4" s="2" t="s">
-        <v>193</v>
+        <v>235</v>
       </c>
       <c r="AM4" s="2" t="s">
-        <v>194</v>
+        <v>236</v>
       </c>
       <c r="AN4" s="2" t="s">
-        <v>195</v>
+        <v>237</v>
       </c>
       <c r="AO4" s="2" t="s">
-        <v>196</v>
+        <v>238</v>
       </c>
       <c r="AP4" s="2" t="s">
-        <v>197</v>
+        <v>239</v>
       </c>
       <c r="AQ4" s="2" t="s">
-        <v>198</v>
+        <v>240</v>
       </c>
       <c r="AR4" s="2" t="s">
-        <v>199</v>
+        <v>241</v>
       </c>
       <c r="AS4" s="2" t="s">
-        <v>200</v>
+        <v>242</v>
       </c>
       <c r="AT4" s="2" t="s">
-        <v>201</v>
+        <v>243</v>
       </c>
       <c r="AU4" s="2" t="s">
-        <v>202</v>
+        <v>244</v>
       </c>
       <c r="AV4" s="2" t="s">
-        <v>203</v>
+        <v>245</v>
       </c>
       <c r="AW4" s="2" t="s">
-        <v>204</v>
+        <v>246</v>
       </c>
       <c r="AX4" s="2" t="s">
-        <v>205</v>
+        <v>247</v>
       </c>
       <c r="AY4" s="2" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="AZ4" s="2" t="s">
-        <v>207</v>
+        <v>249</v>
       </c>
       <c r="BA4" s="2" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="BB4" s="2" t="s">
-        <v>209</v>
+        <v>251</v>
       </c>
       <c r="BC4" s="2" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="BD4" s="2" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="BE4" s="2" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="BF4" s="2" t="s">
-        <v>213</v>
+        <v>255</v>
       </c>
       <c r="BG4" s="2" t="s">
-        <v>214</v>
+        <v>256</v>
       </c>
       <c r="BH4" s="2" t="s">
-        <v>215</v>
+        <v>257</v>
       </c>
       <c r="BI4" s="22" t="s">
-        <v>784</v>
+        <v>258</v>
       </c>
       <c r="BJ4" s="2" t="s">
-        <v>216</v>
+        <v>259</v>
       </c>
       <c r="BK4" s="2" t="s">
-        <v>217</v>
+        <v>260</v>
       </c>
       <c r="BL4" s="2" t="s">
-        <v>218</v>
+        <v>261</v>
       </c>
       <c r="BM4" s="2" t="s">
-        <v>219</v>
+        <v>262</v>
       </c>
       <c r="BN4" s="2" t="s">
-        <v>220</v>
+        <v>263</v>
       </c>
       <c r="BO4" s="2" t="s">
-        <v>221</v>
+        <v>264</v>
       </c>
       <c r="BP4" s="2" t="s">
-        <v>222</v>
+        <v>265</v>
       </c>
       <c r="BQ4" s="2" t="s">
-        <v>223</v>
+        <v>266</v>
       </c>
       <c r="BR4" s="2" t="s">
-        <v>224</v>
+        <v>267</v>
       </c>
       <c r="BS4" s="2" t="s">
-        <v>225</v>
+        <v>268</v>
       </c>
       <c r="BT4" s="2" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="BU4" s="2" t="s">
-        <v>227</v>
+        <v>270</v>
       </c>
       <c r="BV4" s="2" t="s">
-        <v>228</v>
+        <v>271</v>
       </c>
       <c r="BW4" s="2" t="s">
-        <v>229</v>
+        <v>272</v>
       </c>
       <c r="BX4" s="2" t="s">
-        <v>230</v>
+        <v>273</v>
       </c>
       <c r="BY4" s="2" t="s">
-        <v>231</v>
+        <v>274</v>
       </c>
       <c r="BZ4" s="2" t="s">
-        <v>232</v>
+        <v>275</v>
       </c>
       <c r="CA4" s="2" t="s">
-        <v>233</v>
+        <v>276</v>
       </c>
       <c r="CB4" s="2" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="CC4" s="2" t="s">
-        <v>235</v>
+        <v>278</v>
       </c>
       <c r="CD4" s="2" t="s">
-        <v>236</v>
+        <v>279</v>
       </c>
       <c r="CE4" s="2" t="s">
-        <v>237</v>
+        <v>280</v>
       </c>
       <c r="CF4" s="2" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>281</v>
       </c>
     </row>
-    <row r="5" spans="2:86" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:85" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D5" s="3" t="s">
-        <v>240</v>
+        <v>282</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>241</v>
+        <v>283</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>242</v>
+        <v>284</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>243</v>
+        <v>285</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>244</v>
+        <v>286</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>245</v>
+        <v>287</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>246</v>
+        <v>288</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>247</v>
+        <v>289</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>248</v>
+        <v>290</v>
       </c>
       <c r="M5" s="22" t="s">
-        <v>790</v>
+        <v>291</v>
       </c>
       <c r="N5" s="2" t="s">
-        <v>249</v>
+        <v>292</v>
       </c>
       <c r="O5" s="2" t="s">
-        <v>250</v>
+        <v>293</v>
       </c>
       <c r="P5" s="2" t="s">
-        <v>251</v>
+        <v>294</v>
       </c>
       <c r="Q5" s="2" t="s">
-        <v>252</v>
+        <v>295</v>
       </c>
       <c r="R5" s="2" t="s">
-        <v>253</v>
+        <v>296</v>
       </c>
       <c r="S5" s="2" t="s">
-        <v>254</v>
+        <v>297</v>
       </c>
       <c r="T5" s="2" t="s">
-        <v>255</v>
+        <v>298</v>
       </c>
       <c r="U5" s="2" t="s">
-        <v>256</v>
+        <v>299</v>
       </c>
       <c r="V5" s="2" t="s">
-        <v>257</v>
+        <v>300</v>
       </c>
       <c r="W5" s="2" t="s">
-        <v>258</v>
+        <v>301</v>
       </c>
       <c r="X5" s="2" t="s">
-        <v>259</v>
+        <v>302</v>
       </c>
       <c r="Y5" s="2" t="s">
-        <v>260</v>
+        <v>303</v>
       </c>
       <c r="Z5" s="2" t="s">
-        <v>261</v>
+        <v>304</v>
       </c>
       <c r="AA5" s="2" t="s">
-        <v>262</v>
+        <v>305</v>
       </c>
       <c r="AB5" s="2" t="s">
-        <v>764</v>
+        <v>306</v>
       </c>
       <c r="AC5" s="2" t="s">
-        <v>263</v>
+        <v>307</v>
       </c>
       <c r="AD5" s="2" t="s">
-        <v>264</v>
+        <v>308</v>
       </c>
       <c r="AE5" s="2" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>309</v>
+      </c>
+      <c r="AF5" s="22" t="s">
+        <v>802</v>
       </c>
       <c r="AG5" s="31" t="s">
-        <v>267</v>
+        <v>310</v>
       </c>
       <c r="AH5" s="2" t="s">
-        <v>268</v>
+        <v>311</v>
       </c>
       <c r="AI5" s="2" t="s">
-        <v>269</v>
+        <v>312</v>
       </c>
       <c r="AJ5" s="2" t="s">
-        <v>270</v>
+        <v>313</v>
       </c>
       <c r="AK5" s="2" t="s">
-        <v>756</v>
+        <v>314</v>
       </c>
       <c r="AL5" s="2" t="s">
-        <v>271</v>
+        <v>315</v>
       </c>
       <c r="AM5" s="2" t="s">
-        <v>272</v>
+        <v>316</v>
       </c>
       <c r="AN5" s="2" t="s">
-        <v>273</v>
+        <v>317</v>
       </c>
       <c r="AO5" s="2" t="s">
-        <v>274</v>
+        <v>318</v>
       </c>
       <c r="AP5" s="22" t="s">
-        <v>760</v>
+        <v>319</v>
       </c>
       <c r="AQ5" s="2" t="s">
-        <v>275</v>
+        <v>320</v>
       </c>
       <c r="AR5" s="2" t="s">
-        <v>276</v>
+        <v>321</v>
       </c>
       <c r="AS5" s="2" t="s">
-        <v>277</v>
+        <v>322</v>
       </c>
       <c r="AT5" s="2" t="s">
-        <v>278</v>
+        <v>323</v>
       </c>
       <c r="AU5" s="2" t="s">
-        <v>279</v>
+        <v>324</v>
       </c>
       <c r="AV5" s="2" t="s">
-        <v>280</v>
+        <v>325</v>
       </c>
       <c r="AW5" s="2" t="s">
-        <v>281</v>
+        <v>326</v>
       </c>
       <c r="AX5" s="2" t="s">
-        <v>282</v>
+        <v>327</v>
       </c>
       <c r="AY5" s="2" t="s">
-        <v>283</v>
+        <v>328</v>
       </c>
       <c r="AZ5" s="2" t="s">
-        <v>284</v>
+        <v>329</v>
       </c>
       <c r="BA5" s="2" t="s">
-        <v>285</v>
+        <v>330</v>
       </c>
       <c r="BB5" s="2" t="s">
-        <v>286</v>
+        <v>331</v>
       </c>
       <c r="BC5" s="2" t="s">
-        <v>287</v>
+        <v>332</v>
       </c>
       <c r="BD5" s="2" t="s">
-        <v>288</v>
+        <v>333</v>
       </c>
       <c r="BE5" s="2" t="s">
-        <v>289</v>
+        <v>334</v>
       </c>
       <c r="BF5" s="22" t="s">
-        <v>776</v>
+        <v>335</v>
       </c>
       <c r="BG5" s="22" t="s">
-        <v>773</v>
+        <v>336</v>
       </c>
       <c r="BH5" s="2" t="s">
-        <v>290</v>
+        <v>337</v>
       </c>
       <c r="BI5" s="2" t="s">
-        <v>291</v>
+        <v>338</v>
       </c>
       <c r="BJ5" s="2" t="s">
-        <v>292</v>
+        <v>339</v>
       </c>
       <c r="BK5" s="2" t="s">
-        <v>293</v>
+        <v>340</v>
       </c>
       <c r="BL5" s="2" t="s">
-        <v>294</v>
+        <v>341</v>
       </c>
       <c r="BM5" s="2" t="s">
-        <v>295</v>
+        <v>342</v>
       </c>
       <c r="BN5" s="2" t="s">
-        <v>296</v>
+        <v>343</v>
       </c>
       <c r="BO5" s="2" t="s">
-        <v>297</v>
+        <v>344</v>
       </c>
       <c r="BP5" s="2" t="s">
-        <v>298</v>
+        <v>345</v>
       </c>
       <c r="BQ5" s="2" t="s">
-        <v>299</v>
+        <v>346</v>
       </c>
       <c r="BR5" s="2" t="s">
-        <v>300</v>
+        <v>347</v>
       </c>
       <c r="BS5" s="22" t="s">
-        <v>771</v>
+        <v>348</v>
       </c>
       <c r="BT5" s="2" t="s">
-        <v>301</v>
+        <v>349</v>
       </c>
       <c r="BU5" s="2" t="s">
-        <v>302</v>
+        <v>350</v>
       </c>
       <c r="BV5" s="2" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>351</v>
+      </c>
+      <c r="BW5" s="22" t="s">
+        <v>352</v>
       </c>
       <c r="BX5" s="2" t="s">
-        <v>305</v>
+        <v>353</v>
       </c>
       <c r="BY5" s="2" t="s">
-        <v>306</v>
+        <v>354</v>
       </c>
       <c r="BZ5" s="2" t="s">
-        <v>307</v>
+        <v>355</v>
       </c>
       <c r="CA5" s="2" t="s">
-        <v>308</v>
+        <v>356</v>
       </c>
       <c r="CB5" s="22" t="s">
-        <v>766</v>
+        <v>357</v>
       </c>
       <c r="CC5" s="2" t="s">
-        <v>309</v>
+        <v>358</v>
       </c>
       <c r="CD5" s="2" t="s">
-        <v>310</v>
+        <v>359</v>
       </c>
       <c r="CE5" s="2" t="s">
-        <v>311</v>
+        <v>360</v>
       </c>
       <c r="CF5" s="2" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>361</v>
       </c>
     </row>
-    <row r="6" spans="2:86" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:85" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D6" s="3" t="s">
-        <v>314</v>
+        <v>362</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>315</v>
+        <v>363</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>316</v>
+        <v>364</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>317</v>
+        <v>365</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>318</v>
+        <v>366</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>319</v>
+        <v>367</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>320</v>
+        <v>368</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>321</v>
+        <v>369</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>322</v>
+        <v>370</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>323</v>
+        <v>371</v>
       </c>
       <c r="N6" s="2" t="s">
-        <v>324</v>
+        <v>372</v>
       </c>
       <c r="O6" s="2" t="s">
-        <v>325</v>
+        <v>373</v>
       </c>
       <c r="P6" s="2" t="s">
-        <v>326</v>
+        <v>374</v>
       </c>
       <c r="Q6" s="2" t="s">
-        <v>327</v>
+        <v>375</v>
       </c>
       <c r="R6" s="2" t="s">
-        <v>328</v>
+        <v>376</v>
       </c>
       <c r="S6" s="2" t="s">
-        <v>329</v>
+        <v>377</v>
       </c>
       <c r="T6" s="2" t="s">
-        <v>330</v>
+        <v>378</v>
       </c>
       <c r="U6" s="2" t="s">
-        <v>331</v>
+        <v>379</v>
       </c>
       <c r="V6" s="2" t="s">
-        <v>332</v>
+        <v>380</v>
       </c>
       <c r="W6" s="2" t="s">
-        <v>333</v>
+        <v>381</v>
       </c>
       <c r="X6" s="2" t="s">
-        <v>334</v>
+        <v>382</v>
       </c>
       <c r="Y6" s="2" t="s">
-        <v>335</v>
+        <v>383</v>
       </c>
       <c r="Z6" s="2" t="s">
-        <v>336</v>
+        <v>384</v>
       </c>
       <c r="AA6" s="2" t="s">
-        <v>337</v>
+        <v>385</v>
       </c>
       <c r="AB6" s="2" t="s">
-        <v>338</v>
+        <v>386</v>
       </c>
       <c r="AC6" s="2" t="s">
-        <v>339</v>
+        <v>387</v>
       </c>
       <c r="AD6" s="2" t="s">
-        <v>340</v>
+        <v>388</v>
       </c>
       <c r="AE6" s="2" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>389</v>
+      </c>
+      <c r="AF6" s="22" t="s">
+        <v>803</v>
       </c>
       <c r="AG6" s="31" t="s">
-        <v>343</v>
+        <v>390</v>
       </c>
       <c r="AH6" s="2" t="s">
-        <v>344</v>
+        <v>391</v>
       </c>
       <c r="AI6" s="2" t="s">
-        <v>345</v>
+        <v>392</v>
       </c>
       <c r="AJ6" s="2" t="s">
-        <v>346</v>
+        <v>393</v>
       </c>
       <c r="AK6" s="2" t="s">
-        <v>347</v>
+        <v>394</v>
       </c>
       <c r="AL6" s="2" t="s">
-        <v>348</v>
+        <v>395</v>
       </c>
       <c r="AM6" s="2" t="s">
-        <v>349</v>
+        <v>396</v>
       </c>
       <c r="AN6" s="2" t="s">
-        <v>350</v>
+        <v>397</v>
       </c>
       <c r="AO6" s="2" t="s">
-        <v>351</v>
+        <v>398</v>
       </c>
       <c r="AP6" s="2" t="s">
-        <v>352</v>
+        <v>399</v>
       </c>
       <c r="AQ6" s="2" t="s">
-        <v>353</v>
+        <v>400</v>
       </c>
       <c r="AR6" s="2" t="s">
-        <v>354</v>
+        <v>401</v>
       </c>
       <c r="AS6" s="2" t="s">
-        <v>768</v>
+        <v>402</v>
       </c>
       <c r="AT6" s="2" t="s">
-        <v>355</v>
+        <v>403</v>
       </c>
       <c r="AU6" s="2" t="s">
-        <v>356</v>
+        <v>404</v>
       </c>
       <c r="AV6" s="2" t="s">
-        <v>357</v>
+        <v>405</v>
       </c>
       <c r="AW6" s="2" t="s">
-        <v>358</v>
+        <v>406</v>
       </c>
       <c r="AX6" s="2" t="s">
-        <v>359</v>
+        <v>407</v>
       </c>
       <c r="AY6" s="2" t="s">
-        <v>360</v>
+        <v>408</v>
       </c>
       <c r="AZ6" s="2" t="s">
-        <v>361</v>
+        <v>409</v>
       </c>
       <c r="BA6" s="2" t="s">
-        <v>362</v>
+        <v>410</v>
       </c>
       <c r="BB6" s="2" t="s">
-        <v>363</v>
+        <v>411</v>
       </c>
       <c r="BC6" s="2" t="s">
-        <v>364</v>
+        <v>412</v>
       </c>
       <c r="BD6" s="2" t="s">
-        <v>365</v>
+        <v>413</v>
       </c>
       <c r="BE6" s="2" t="s">
-        <v>366</v>
+        <v>414</v>
       </c>
       <c r="BF6" s="2" t="s">
-        <v>367</v>
+        <v>415</v>
       </c>
       <c r="BG6" s="2" t="s">
-        <v>368</v>
+        <v>416</v>
       </c>
       <c r="BH6" s="2" t="s">
-        <v>369</v>
+        <v>417</v>
       </c>
       <c r="BI6" s="2" t="s">
-        <v>370</v>
+        <v>418</v>
       </c>
       <c r="BJ6" s="2" t="s">
-        <v>371</v>
+        <v>419</v>
       </c>
       <c r="BK6" s="2" t="s">
-        <v>372</v>
+        <v>420</v>
       </c>
       <c r="BL6" s="2" t="s">
-        <v>373</v>
+        <v>421</v>
       </c>
       <c r="BM6" s="2" t="s">
-        <v>374</v>
+        <v>422</v>
       </c>
       <c r="BN6" s="2" t="s">
-        <v>375</v>
+        <v>423</v>
       </c>
       <c r="BO6" s="2" t="s">
-        <v>376</v>
+        <v>424</v>
       </c>
       <c r="BP6" s="2" t="s">
-        <v>377</v>
+        <v>425</v>
       </c>
       <c r="BQ6" s="2" t="s">
-        <v>378</v>
+        <v>426</v>
       </c>
       <c r="BR6" s="2" t="s">
-        <v>379</v>
+        <v>427</v>
       </c>
       <c r="BS6" s="2" t="s">
-        <v>380</v>
+        <v>428</v>
       </c>
       <c r="BT6" s="2" t="s">
-        <v>381</v>
+        <v>429</v>
       </c>
       <c r="BU6" s="2" t="s">
-        <v>382</v>
+        <v>430</v>
       </c>
       <c r="BV6" s="2" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>431</v>
+      </c>
+      <c r="BW6" s="22" t="s">
+        <v>432</v>
       </c>
       <c r="BX6" s="2" t="s">
-        <v>385</v>
+        <v>433</v>
       </c>
       <c r="BY6" s="2" t="s">
-        <v>386</v>
+        <v>434</v>
       </c>
       <c r="BZ6" s="2" t="s">
-        <v>387</v>
+        <v>435</v>
       </c>
       <c r="CA6" s="2" t="s">
-        <v>388</v>
+        <v>436</v>
       </c>
       <c r="CB6" s="2" t="s">
-        <v>389</v>
+        <v>437</v>
       </c>
       <c r="CC6" s="2" t="s">
-        <v>390</v>
+        <v>438</v>
       </c>
       <c r="CD6" s="2" t="s">
-        <v>391</v>
+        <v>439</v>
       </c>
       <c r="CE6" s="2" t="s">
-        <v>392</v>
+        <v>440</v>
       </c>
       <c r="CF6" s="2" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>441</v>
       </c>
     </row>
-    <row r="7" spans="2:86" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:85" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="3" t="s">
-        <v>395</v>
+        <v>442</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>396</v>
+        <v>443</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>397</v>
+        <v>444</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>398</v>
+        <v>445</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>399</v>
+        <v>446</v>
       </c>
       <c r="I7" s="2" t="s">
-        <v>400</v>
+        <v>447</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>401</v>
+        <v>448</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>402</v>
+        <v>449</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>403</v>
+        <v>450</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>404</v>
+        <v>451</v>
       </c>
       <c r="N7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="O7" s="2" t="s">
-        <v>406</v>
+        <v>453</v>
       </c>
       <c r="P7" s="2" t="s">
-        <v>407</v>
+        <v>454</v>
       </c>
       <c r="Q7" s="2" t="s">
-        <v>408</v>
+        <v>455</v>
       </c>
       <c r="R7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="S7" s="2" t="s">
-        <v>409</v>
+        <v>456</v>
       </c>
       <c r="T7" s="2" t="s">
-        <v>410</v>
+        <v>457</v>
       </c>
       <c r="U7" s="2" t="s">
-        <v>411</v>
+        <v>458</v>
       </c>
       <c r="V7" s="2" t="s">
-        <v>412</v>
+        <v>459</v>
       </c>
       <c r="W7" s="2" t="s">
-        <v>413</v>
+        <v>460</v>
       </c>
       <c r="X7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="Y7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="Z7" s="2" t="s">
-        <v>414</v>
+        <v>461</v>
       </c>
       <c r="AA7" s="2" t="s">
-        <v>415</v>
+        <v>462</v>
       </c>
       <c r="AB7" s="2" t="s">
-        <v>416</v>
+        <v>463</v>
       </c>
       <c r="AC7" s="2" t="s">
-        <v>417</v>
+        <v>464</v>
       </c>
       <c r="AD7" s="2" t="s">
-        <v>418</v>
+        <v>465</v>
       </c>
       <c r="AE7" s="2" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>466</v>
+      </c>
+      <c r="AF7" s="34" t="s">
+        <v>467</v>
       </c>
       <c r="AG7" s="31" t="s">
-        <v>421</v>
+        <v>468</v>
       </c>
       <c r="AH7" s="2" t="s">
-        <v>422</v>
+        <v>469</v>
       </c>
       <c r="AI7" s="2" t="s">
-        <v>423</v>
+        <v>470</v>
       </c>
       <c r="AJ7" s="2" t="s">
-        <v>424</v>
+        <v>471</v>
       </c>
       <c r="AK7" s="2" t="s">
-        <v>425</v>
+        <v>472</v>
       </c>
       <c r="AL7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="AM7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="AN7" s="2" t="s">
-        <v>426</v>
+        <v>473</v>
       </c>
       <c r="AO7" s="2" t="s">
-        <v>427</v>
+        <v>474</v>
       </c>
       <c r="AP7" s="2" t="s">
-        <v>428</v>
+        <v>475</v>
       </c>
       <c r="AQ7" s="2" t="s">
-        <v>429</v>
+        <v>476</v>
       </c>
       <c r="AR7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="AS7" s="2" t="s">
-        <v>430</v>
+        <v>477</v>
       </c>
       <c r="AT7" s="2" t="s">
-        <v>430</v>
+        <v>477</v>
       </c>
       <c r="AU7" s="2" t="s">
-        <v>431</v>
+        <v>478</v>
       </c>
       <c r="AV7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="AW7" s="2" t="s">
-        <v>432</v>
+        <v>479</v>
       </c>
       <c r="AX7" s="2" t="s">
-        <v>433</v>
+        <v>480</v>
       </c>
       <c r="AY7" s="2" t="s">
-        <v>434</v>
+        <v>481</v>
       </c>
       <c r="AZ7" s="2" t="s">
-        <v>435</v>
+        <v>482</v>
       </c>
       <c r="BA7" s="2" t="s">
-        <v>436</v>
+        <v>483</v>
       </c>
       <c r="BB7" s="2" t="s">
-        <v>437</v>
+        <v>484</v>
       </c>
       <c r="BC7" s="2" t="s">
-        <v>438</v>
+        <v>485</v>
       </c>
       <c r="BD7" s="2" t="s">
-        <v>439</v>
+        <v>486</v>
       </c>
       <c r="BE7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="BF7" s="2" t="s">
-        <v>440</v>
+        <v>487</v>
       </c>
       <c r="BG7" s="2" t="s">
-        <v>441</v>
+        <v>488</v>
       </c>
       <c r="BH7" s="2" t="s">
-        <v>442</v>
+        <v>489</v>
       </c>
       <c r="BI7" s="2" t="s">
-        <v>443</v>
+        <v>490</v>
       </c>
       <c r="BJ7" s="2" t="s">
-        <v>444</v>
+        <v>491</v>
       </c>
       <c r="BK7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="BL7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="BM7" s="2" t="s">
-        <v>445</v>
+        <v>492</v>
       </c>
       <c r="BN7" s="2" t="s">
-        <v>446</v>
+        <v>493</v>
       </c>
       <c r="BO7" s="2" t="s">
-        <v>447</v>
+        <v>494</v>
       </c>
       <c r="BP7" s="2" t="s">
-        <v>448</v>
+        <v>495</v>
       </c>
       <c r="BQ7" s="2" t="s">
-        <v>449</v>
+        <v>496</v>
       </c>
       <c r="BR7" s="2" t="s">
-        <v>450</v>
+        <v>497</v>
       </c>
       <c r="BS7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="BT7" s="2" t="s">
-        <v>451</v>
+        <v>498</v>
       </c>
       <c r="BU7" s="2" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="BV7" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="BW7" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="BX7" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="BY7" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="BZ7" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="CA7" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="CB7" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="CC7" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="CD7" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="CE7" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="CF7" s="2" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="8" spans="2:85" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="D8" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="M8" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="N8" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="O8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="P8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="Q8" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="R8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="S8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="T8" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="U8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="V8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="W8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="X8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="Y8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="Z8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AA8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AB8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AC8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AD8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AE8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AF8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AG8" s="31" t="s">
+        <v>511</v>
+      </c>
+      <c r="AH8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AI8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AJ8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AK8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AL8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AM8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AN8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AO8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AP8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AQ8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AR8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AS8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AT8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AU8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AV8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AW8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AX8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AY8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AZ8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BA8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BB8" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BC8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BD8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BE8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BF8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BG8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BH8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BI8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BJ8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BK8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BL8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BM8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BN8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BO8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BP8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BQ8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BR8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BS8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BT8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BU8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BV8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BW8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BX8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BY8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="BZ8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="CA8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="CB8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="CC8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="CD8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="CE8" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="CF8" s="2" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="9" spans="2:85" s="6" customFormat="1" ht="165" x14ac:dyDescent="0.25">
+      <c r="D9" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="J9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="K9" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="L9" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="M9" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="N9" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="O9" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="P9" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="Q9" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="R9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="S9" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="T9" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="U9" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="V9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="W9" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="X9" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="Y9" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="Z9" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="AA9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="AB9" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="AC9" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="AD9" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="AE9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="AF9" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="AG9" s="31" t="s">
+        <v>534</v>
+      </c>
+      <c r="AH9" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="AI9" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="AJ9" s="2" t="s">
         <v>452</v>
       </c>
-      <c r="BW7" s="2" t="s">
-[...30 lines deleted...]
-        <v>463</v>
+      <c r="AK9" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="AL9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="AM9" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="AN9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="AO9" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="AP9" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="AQ9" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="AR9" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="AS9" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="AT9" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="AU9" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="AV9" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="AW9" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="AX9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="AY9" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="AZ9" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="BA9" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="BB9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BC9" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="BD9" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="BE9" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="BF9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BG9" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="BH9" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="BI9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BJ9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BK9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BL9" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="BM9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BN9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BO9" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="BP9" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="BQ9" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="BR9" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="BS9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BT9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BU9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="BV9" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="BW9" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="BX9" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="BY9" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="BZ9" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="CA9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="CB9" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="CC9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="CD9" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="CE9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="CF9" s="2" t="s">
+        <v>561</v>
       </c>
     </row>
-    <row r="8" spans="2:86" s="6" customFormat="1" x14ac:dyDescent="0.25">
-[...244 lines deleted...]
-        <v>466</v>
+    <row r="10" spans="2:85" s="6" customFormat="1" ht="165" x14ac:dyDescent="0.25">
+      <c r="D10" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="I10" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="J10" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="K10" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="L10" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="M10" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="N10" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="O10" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="P10" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="Q10" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="R10" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="S10" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="T10" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="U10" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="V10" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="W10" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="X10" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="Y10" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="Z10" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="AA10" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="AB10" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="AC10" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="AD10" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="AE10" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="AF10" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="AG10" s="31" t="s">
+        <v>591</v>
+      </c>
+      <c r="AH10" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="AI10" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="AJ10" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="AK10" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="AL10" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="AM10" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="AN10" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="AO10" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="AP10" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="AQ10" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="AR10" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="AS10" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="AT10" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="AU10" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="AV10" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="AW10" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="AX10" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="AY10" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="AZ10" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="BA10" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="BB10" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="BC10" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="BD10" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="BE10" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="BF10" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="BG10" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="BH10" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="BI10" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="BJ10" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="BK10" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="BL10" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="BM10" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="BN10" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="BO10" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="BP10" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="BQ10" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="BR10" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="BS10" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="BT10" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="BU10" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="BV10" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="BW10" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="BX10" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="BY10" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="BZ10" s="22" t="s">
+        <v>636</v>
+      </c>
+      <c r="CA10" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="CB10" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="CC10" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="CD10" s="22" t="s">
+        <v>640</v>
+      </c>
+      <c r="CE10" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="CF10" s="2" t="s">
+        <v>642</v>
       </c>
     </row>
-    <row r="9" spans="2:86" s="6" customFormat="1" ht="165" x14ac:dyDescent="0.25">
-[...244 lines deleted...]
-        <v>516</v>
+    <row r="11" spans="2:85" s="6" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+      <c r="D11" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="I11" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="J11" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="K11" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="L11" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="M11" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="N11" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="O11" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="P11" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="Q11" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="R11" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="S11" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="T11" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="U11" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="V11" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="W11" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="X11" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="Y11" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="Z11" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="AA11" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="AB11" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="AC11" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="AD11" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="AE11" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="AF11" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="AG11" s="31" t="s">
+        <v>670</v>
+      </c>
+      <c r="AH11" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="AI11" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="AJ11" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="AK11" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="AL11" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="AM11" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="AN11" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="AO11" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="AP11" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="AQ11" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="AR11" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="AS11" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="AT11" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="AU11" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="AV11" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="AW11" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="AX11" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="AY11" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="AZ11" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="BA11" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="BB11" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="BC11" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="BD11" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="BE11" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="BF11" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="BG11" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="BH11" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="BI11" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="BJ11" s="22" t="s">
+        <v>693</v>
+      </c>
+      <c r="BK11" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="BL11" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="BM11" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="BN11" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="BO11" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="BP11" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="BQ11" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="BR11" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="BS11" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="BT11" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="BU11" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="BV11" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="BW11" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="BX11" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="BY11" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="BZ11" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="CA11" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="CB11" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="CC11" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="CD11" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="CE11" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="CF11" s="2" t="s">
+        <v>661</v>
       </c>
     </row>
-    <row r="10" spans="2:86" s="6" customFormat="1" ht="165" x14ac:dyDescent="0.25">
-[...244 lines deleted...]
-        <v>595</v>
+    <row r="12" spans="2:85" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="D12" s="4" t="s">
+        <v>704</v>
+      </c>
+      <c r="E12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="F12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="G12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="H12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="I12" s="29" t="s">
+        <v>705</v>
+      </c>
+      <c r="J12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="K12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="L12" s="36" t="s">
+        <v>705</v>
+      </c>
+      <c r="M12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="N12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="O12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="P12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="Q12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="R12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="S12" s="29" t="s">
+        <v>705</v>
+      </c>
+      <c r="T12" s="25" t="s">
+        <v>706</v>
+      </c>
+      <c r="U12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="V12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="W12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="X12" s="25" t="s">
+        <v>706</v>
+      </c>
+      <c r="Y12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="Z12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="AA12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AB12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AC12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AD12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AE12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AF12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AG12" s="32" t="s">
+        <v>705</v>
+      </c>
+      <c r="AH12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AI12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AJ12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AK12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AL12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AM12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="AN12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AO12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="AP12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AQ12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AR12" s="28" t="s">
+        <v>705</v>
+      </c>
+      <c r="AS12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="AT12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="AU12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="AV12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AW12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AX12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AY12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="AZ12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BA12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="BB12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BC12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="BD12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="BE12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BF12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BG12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="BH12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BI12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BJ12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="BK12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BL12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BM12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BN12" s="7" t="s">
+        <v>706</v>
+      </c>
+      <c r="BO12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BP12" s="7" t="s">
+        <v>706</v>
+      </c>
+      <c r="BQ12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BR12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BS12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BT12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BU12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BV12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BW12" s="34" t="s">
+        <v>705</v>
+      </c>
+      <c r="BX12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="BY12" s="27" t="s">
+        <v>705</v>
+      </c>
+      <c r="BZ12" s="27" t="s">
+        <v>705</v>
+      </c>
+      <c r="CA12" s="27" t="s">
+        <v>705</v>
+      </c>
+      <c r="CB12" s="27" t="s">
+        <v>705</v>
+      </c>
+      <c r="CC12" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="CD12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="CE12" s="26" t="s">
+        <v>705</v>
+      </c>
+      <c r="CF12" s="26" t="s">
+        <v>705</v>
       </c>
     </row>
-    <row r="11" spans="2:86" s="6" customFormat="1" ht="120" x14ac:dyDescent="0.25">
-[...244 lines deleted...]
-        <v>614</v>
+    <row r="13" spans="2:85" x14ac:dyDescent="0.25">
+      <c r="B13" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>708</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>709</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="I13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="J13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="K13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="L13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="M13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="N13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="O13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="P13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="Q13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="R13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="S13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="T13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="U13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="V13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="W13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="X13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="Y13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AA13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AB13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AC13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AD13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AE13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AF13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AG13" s="33" t="s">
+        <v>710</v>
+      </c>
+      <c r="AH13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AI13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AJ13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AK13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AL13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AM13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AN13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AO13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AP13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AQ13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AR13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AS13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AT13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AU13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AV13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AW13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AX13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AY13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="AZ13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BA13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BB13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BC13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BD13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BE13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BF13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BG13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BH13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BI13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BJ13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BK13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BL13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BM13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BN13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BO13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BP13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BQ13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BR13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BS13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BT13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BU13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BV13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BW13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BX13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BY13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="BZ13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="CA13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="CB13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="CC13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="CD13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="CE13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="CF13" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="CG13" s="9" t="s">
+        <v>711</v>
       </c>
     </row>
-    <row r="12" spans="2:86" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-[...504 lines deleted...]
-    <row r="14" spans="2:86" ht="45" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:85" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="11" t="s">
-        <v>666</v>
+        <v>712</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>667</v>
+        <v>713</v>
       </c>
       <c r="D14" s="12">
         <v>1</v>
       </c>
       <c r="E14" s="13">
         <v>0.05</v>
       </c>
       <c r="F14" s="13">
         <v>0.5</v>
       </c>
       <c r="G14" s="13">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="H14" s="13">
         <v>0</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="J14" s="13">
         <v>0.15</v>
       </c>
       <c r="K14" s="13">
         <v>0</v>
       </c>
       <c r="L14" s="13">
         <v>0.05</v>
       </c>
       <c r="M14" s="13">
         <v>0</v>
       </c>
       <c r="N14" s="13">
         <v>0.1</v>
       </c>
       <c r="O14" s="13">
         <v>0.4</v>
       </c>
       <c r="P14" s="13">
         <v>0.1</v>
       </c>
       <c r="Q14" s="13">
         <v>0</v>
       </c>
       <c r="R14" s="13">
         <v>0</v>
       </c>
       <c r="S14" s="13">
         <v>0.1</v>
       </c>
       <c r="T14" s="13">
         <v>0.13</v>
       </c>
       <c r="U14" s="13">
         <v>0</v>
       </c>
       <c r="V14" s="13">
         <v>0</v>
       </c>
       <c r="W14" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="X14" s="13">
         <v>0.25</v>
       </c>
       <c r="Y14" s="13">
         <v>0.25</v>
       </c>
       <c r="Z14" s="13">
         <v>0.05</v>
       </c>
       <c r="AA14" s="13">
         <v>0.4</v>
       </c>
       <c r="AB14" s="13">
         <v>0</v>
       </c>
       <c r="AC14" s="13">
         <v>0</v>
       </c>
       <c r="AD14" s="13">
         <v>0.1</v>
       </c>
       <c r="AE14" s="13">
         <v>0.01</v>
       </c>
       <c r="AF14" s="13">
         <v>0.1</v>
       </c>
-      <c r="AG14" s="35">
+      <c r="AG14" s="37">
         <v>0</v>
       </c>
       <c r="AH14" s="13">
         <v>0.05</v>
       </c>
       <c r="AI14" s="13">
         <v>0.45</v>
       </c>
       <c r="AJ14" s="13">
         <v>0</v>
       </c>
       <c r="AK14" s="13">
         <v>0.05</v>
       </c>
       <c r="AL14" s="13">
         <v>0.1</v>
       </c>
       <c r="AM14" s="13">
         <v>0.01</v>
       </c>
       <c r="AN14" s="13">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="AO14" s="13">
         <v>0.1</v>
@@ -6613,51 +6667,51 @@
       <c r="AX14" s="13">
         <v>0</v>
       </c>
       <c r="AY14" s="13">
         <v>0.05</v>
       </c>
       <c r="AZ14" s="13">
         <v>0</v>
       </c>
       <c r="BA14" s="13">
         <v>0.1</v>
       </c>
       <c r="BB14" s="13">
         <v>0</v>
       </c>
       <c r="BC14" s="13">
         <v>0.05</v>
       </c>
       <c r="BD14" s="13">
         <v>0.15</v>
       </c>
       <c r="BE14" s="13">
         <v>0.05</v>
       </c>
       <c r="BF14" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BG14" s="13">
         <v>0.1</v>
       </c>
       <c r="BH14" s="13">
         <v>0.2</v>
       </c>
       <c r="BI14" s="13">
         <v>0.1943</v>
       </c>
       <c r="BJ14" s="13">
         <v>0.2</v>
       </c>
       <c r="BK14" s="13">
         <v>0.32500000000000001</v>
       </c>
       <c r="BL14" s="13">
         <v>0.03</v>
       </c>
       <c r="BM14" s="13">
         <v>0</v>
       </c>
       <c r="BN14" s="13">
         <v>0.25</v>
       </c>
@@ -6679,1121 +6733,1107 @@
       <c r="BT14" s="13">
         <v>0.45</v>
       </c>
       <c r="BU14" s="13">
         <v>0</v>
       </c>
       <c r="BV14" s="13">
         <v>0.25</v>
       </c>
       <c r="BW14" s="13">
         <v>2.8E-3</v>
       </c>
       <c r="BX14" s="13">
         <v>0</v>
       </c>
       <c r="BY14" s="13">
         <v>0.12</v>
       </c>
       <c r="BZ14" s="13">
         <v>0</v>
       </c>
       <c r="CA14" s="13">
         <v>0.01</v>
       </c>
       <c r="CB14" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="CC14" s="13">
         <v>0.1</v>
       </c>
       <c r="CD14" s="13">
         <v>0.15</v>
       </c>
       <c r="CE14" s="13">
         <v>0.5</v>
       </c>
-      <c r="CF14" s="13">
-[...3 lines deleted...]
-        <v>668</v>
+      <c r="CF14" s="15" t="s">
+        <v>714</v>
       </c>
     </row>
-    <row r="15" spans="2:86" ht="30" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:85" ht="30" x14ac:dyDescent="0.25">
       <c r="B15" s="11" t="s">
-        <v>669</v>
+        <v>715</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>670</v>
+        <v>716</v>
       </c>
       <c r="D15" s="12">
         <v>1</v>
       </c>
       <c r="E15" s="13">
         <v>0</v>
       </c>
       <c r="F15" s="13">
         <v>0.5</v>
       </c>
       <c r="G15" s="13">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="H15" s="13">
         <v>0</v>
       </c>
       <c r="I15" s="13">
         <v>0.05</v>
       </c>
       <c r="J15" s="13">
         <v>0.1</v>
       </c>
       <c r="K15" s="13">
         <v>0</v>
       </c>
       <c r="L15" s="13">
         <v>0.05</v>
       </c>
       <c r="M15" s="13">
         <v>0</v>
       </c>
       <c r="N15" s="13">
         <v>0.05</v>
       </c>
       <c r="O15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="P15" s="13">
         <v>0.1</v>
       </c>
       <c r="Q15" s="13">
         <v>0</v>
       </c>
       <c r="R15" s="13">
         <v>0</v>
       </c>
       <c r="S15" s="13">
         <v>0.1</v>
       </c>
       <c r="T15" s="13">
         <v>0.1</v>
       </c>
       <c r="U15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="V15" s="13">
         <v>0</v>
       </c>
       <c r="W15" s="13">
         <v>0.01</v>
       </c>
       <c r="X15" s="13">
         <v>0.1</v>
       </c>
       <c r="Y15" s="13">
         <v>0</v>
       </c>
       <c r="Z15" s="13">
         <v>0.05</v>
       </c>
       <c r="AA15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AB15" s="13">
         <v>0</v>
       </c>
       <c r="AC15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AD15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AE15" s="13">
         <v>0.01</v>
       </c>
       <c r="AF15" s="13">
         <v>0.1</v>
       </c>
-      <c r="AG15" s="35">
+      <c r="AG15" s="37">
         <v>0</v>
       </c>
       <c r="AH15" s="13">
         <v>0.22</v>
       </c>
       <c r="AI15" s="13">
         <v>0.45</v>
       </c>
       <c r="AJ15" s="13">
         <v>0</v>
       </c>
       <c r="AK15" s="13">
         <v>0.05</v>
       </c>
       <c r="AL15" s="13">
         <v>0.05</v>
       </c>
       <c r="AM15" s="13">
         <v>0.01</v>
       </c>
       <c r="AN15" s="13">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="AO15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AP15" s="13">
         <v>0.25</v>
       </c>
       <c r="AQ15" s="13">
         <v>0</v>
       </c>
       <c r="AR15" s="13">
         <v>0.01</v>
       </c>
       <c r="AS15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AT15" s="13">
         <v>0</v>
       </c>
       <c r="AU15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AV15" s="13">
         <v>0.05</v>
       </c>
       <c r="AW15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AX15" s="13">
         <v>0</v>
       </c>
       <c r="AY15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AZ15" s="13">
         <v>0</v>
       </c>
       <c r="BA15" s="13">
         <v>0.05</v>
       </c>
       <c r="BB15" s="13">
         <v>0</v>
       </c>
       <c r="BC15" s="13">
         <v>0.05</v>
       </c>
       <c r="BD15" s="13">
         <v>0.1</v>
       </c>
       <c r="BE15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BF15" s="13">
         <v>0.2</v>
       </c>
       <c r="BG15" s="13">
         <v>0.1</v>
       </c>
       <c r="BH15" s="13">
         <v>0.1</v>
       </c>
       <c r="BI15" s="13">
         <v>0.05</v>
       </c>
       <c r="BJ15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BK15" s="13">
         <v>0.32500000000000001</v>
       </c>
       <c r="BL15" s="13">
         <v>0.03</v>
       </c>
       <c r="BM15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BN15" s="13">
         <v>0.25</v>
       </c>
       <c r="BO15" s="13">
         <v>0.25</v>
       </c>
       <c r="BP15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BQ15" s="13">
         <v>0.1</v>
       </c>
       <c r="BR15" s="13">
         <v>0.2</v>
       </c>
       <c r="BS15" s="13">
         <v>0</v>
       </c>
       <c r="BT15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BU15" s="13">
         <v>0</v>
       </c>
       <c r="BV15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BW15" s="13">
         <v>0.25</v>
       </c>
       <c r="BX15" s="13">
         <v>0</v>
       </c>
       <c r="BY15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BZ15" s="13">
         <v>0</v>
       </c>
       <c r="CA15" s="13">
         <v>0.01</v>
       </c>
       <c r="CB15" s="13">
         <v>0</v>
       </c>
       <c r="CC15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="CD15" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="CE15" s="15" t="s">
-        <v>668</v>
-[...4 lines deleted...]
-      <c r="CG15" s="13">
+        <v>714</v>
+      </c>
+      <c r="CF15" s="13">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="2:86" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:85" x14ac:dyDescent="0.25">
       <c r="B16" s="11" t="s">
-        <v>671</v>
+        <v>717</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>672</v>
+        <v>718</v>
       </c>
       <c r="D16" s="12">
         <v>1</v>
       </c>
       <c r="E16" s="13">
         <v>0.05</v>
       </c>
       <c r="F16" s="13">
         <v>0.5</v>
       </c>
       <c r="G16" s="13">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="H16" s="13">
         <v>0</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="J16" s="13">
         <v>0.15</v>
       </c>
       <c r="K16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="L16" s="13">
         <v>0.05</v>
       </c>
       <c r="M16" s="13">
         <v>0</v>
       </c>
       <c r="N16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="O16" s="13">
         <v>0.4</v>
       </c>
       <c r="P16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="Q16" s="13">
         <v>0</v>
       </c>
       <c r="R16" s="13" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="S16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="T16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="U16" s="13">
         <v>0.05</v>
       </c>
       <c r="V16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="W16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="X16" s="13">
         <v>0.1</v>
       </c>
       <c r="Y16" s="13">
         <v>0.25</v>
       </c>
       <c r="Z16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AA16" s="13">
         <v>0.4</v>
       </c>
       <c r="AB16" s="13">
         <v>0</v>
       </c>
       <c r="AC16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AD16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AE16" s="15" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="AF16" s="13">
+        <v>714</v>
+      </c>
+      <c r="AF16" s="37">
         <v>0.05</v>
       </c>
-      <c r="AG16" s="35">
+      <c r="AG16" s="37">
         <v>0</v>
       </c>
       <c r="AH16" s="13">
         <v>0.05</v>
       </c>
       <c r="AI16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AJ16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AK16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AL16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AM16" s="13">
         <v>0.01</v>
       </c>
       <c r="AN16" s="13" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AO16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AP16" s="13">
         <v>0.25</v>
       </c>
       <c r="AQ16" s="13">
         <v>0</v>
       </c>
       <c r="AR16" s="13">
         <v>0.01</v>
       </c>
       <c r="AS16" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AT16" s="13">
         <v>0</v>
       </c>
       <c r="AU16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AV16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AW16" s="13">
         <v>0</v>
       </c>
       <c r="AX16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="AY16" s="13">
         <v>0.05</v>
       </c>
       <c r="AZ16" s="13">
         <v>0</v>
       </c>
       <c r="BA16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BB16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BC16" s="13">
         <v>0</v>
       </c>
       <c r="BD16" s="13">
         <v>0.1</v>
       </c>
       <c r="BE16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BF16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BG16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BH16" s="13">
         <v>0.2</v>
       </c>
       <c r="BI16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BJ16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BK16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BL16" s="13">
         <v>0.03</v>
       </c>
       <c r="BM16" s="13">
         <v>0</v>
       </c>
       <c r="BN16" s="13">
         <v>0.25</v>
       </c>
       <c r="BO16" s="13">
         <v>0.25</v>
       </c>
       <c r="BP16" s="13">
         <v>0</v>
       </c>
       <c r="BQ16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BR16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BS16" s="13">
         <v>0</v>
       </c>
       <c r="BT16" s="13">
         <v>0.45</v>
       </c>
       <c r="BU16" s="13">
         <v>0</v>
       </c>
       <c r="BV16" s="13">
         <v>0.25</v>
       </c>
       <c r="BW16" s="13">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BX16" s="13">
         <v>0</v>
       </c>
       <c r="BY16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="BZ16" s="13">
         <v>0</v>
       </c>
       <c r="CA16" s="13">
         <v>0.01</v>
       </c>
       <c r="CB16" s="15" t="s">
-        <v>668</v>
+        <v>714</v>
       </c>
       <c r="CC16" s="13">
         <v>0.1</v>
       </c>
       <c r="CD16" s="13">
         <v>0.15</v>
       </c>
       <c r="CE16" s="13">
         <v>0.5</v>
       </c>
-      <c r="CF16" s="13">
-[...3 lines deleted...]
-        <v>668</v>
+      <c r="CF16" s="15" t="s">
+        <v>714</v>
       </c>
     </row>
-    <row r="17" spans="2:85" ht="30" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:84" ht="30" x14ac:dyDescent="0.25">
       <c r="B17" s="18" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>673</v>
+        <v>719</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="E17" s="17" t="s">
-        <v>674</v>
+        <v>720</v>
       </c>
       <c r="F17" s="17" t="s">
-        <v>675</v>
+        <v>721</v>
       </c>
       <c r="G17" s="17" t="s">
-        <v>676</v>
+        <v>722</v>
       </c>
       <c r="H17" s="17" t="s">
-        <v>677</v>
+        <v>723</v>
       </c>
       <c r="I17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="J17" s="17" t="s">
-        <v>678</v>
+        <v>724</v>
       </c>
       <c r="K17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="L17" s="17" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="M17" s="17" t="s">
-        <v>680</v>
+        <v>726</v>
       </c>
       <c r="N17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="O17" s="17" t="s">
-        <v>170</v>
+        <v>213</v>
       </c>
       <c r="P17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="Q17" s="17" t="s">
-        <v>172</v>
+        <v>215</v>
       </c>
       <c r="R17" s="17"/>
       <c r="S17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="T17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="U17" s="17" t="s">
-        <v>681</v>
+        <v>727</v>
       </c>
       <c r="V17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="W17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="X17" s="17" t="s">
-        <v>682</v>
+        <v>728</v>
       </c>
       <c r="Y17" s="17" t="s">
-        <v>683</v>
+        <v>729</v>
       </c>
       <c r="Z17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AA17" s="17" t="s">
-        <v>182</v>
+        <v>225</v>
       </c>
       <c r="AB17" s="17" t="s">
-        <v>684</v>
+        <v>730</v>
       </c>
       <c r="AC17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AD17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AE17" s="17"/>
-      <c r="AF17" s="17" t="s">
-[...3 lines deleted...]
-        <v>686</v>
+      <c r="AF17" s="38" t="s">
+        <v>731</v>
+      </c>
+      <c r="AG17" s="38" t="s">
+        <v>732</v>
       </c>
       <c r="AH17" s="17" t="s">
-        <v>687</v>
+        <v>733</v>
       </c>
       <c r="AI17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AJ17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AK17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AL17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AM17" s="17" t="s">
-        <v>688</v>
+        <v>734</v>
       </c>
       <c r="AN17" s="17"/>
       <c r="AO17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AP17" s="17" t="s">
-        <v>689</v>
+        <v>735</v>
       </c>
       <c r="AQ17" s="17" t="s">
-        <v>690</v>
+        <v>736</v>
       </c>
       <c r="AR17" s="17" t="s">
-        <v>199</v>
+        <v>241</v>
       </c>
       <c r="AS17" s="17" t="s">
-        <v>691</v>
+        <v>737</v>
       </c>
       <c r="AT17" s="17" t="s">
-        <v>201</v>
+        <v>243</v>
       </c>
       <c r="AU17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AV17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AW17" s="17" t="s">
-        <v>692</v>
+        <v>738</v>
       </c>
       <c r="AX17" s="17"/>
       <c r="AY17" s="17" t="s">
-        <v>693</v>
+        <v>739</v>
       </c>
       <c r="AZ17" s="17" t="s">
-        <v>694</v>
+        <v>740</v>
       </c>
       <c r="BA17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BB17" s="17"/>
       <c r="BC17" s="17" t="s">
-        <v>695</v>
+        <v>741</v>
       </c>
       <c r="BD17" s="17" t="s">
-        <v>696</v>
+        <v>742</v>
       </c>
       <c r="BE17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BF17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BG17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BH17" s="17" t="s">
-        <v>697</v>
+        <v>743</v>
       </c>
       <c r="BI17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BJ17" s="17"/>
       <c r="BK17" s="17"/>
       <c r="BL17" s="17" t="s">
-        <v>698</v>
+        <v>744</v>
       </c>
       <c r="BM17" s="17" t="s">
-        <v>699</v>
+        <v>745</v>
       </c>
       <c r="BN17" s="17" t="s">
-        <v>220</v>
+        <v>263</v>
       </c>
       <c r="BO17" s="17" t="s">
-        <v>700</v>
+        <v>746</v>
       </c>
       <c r="BP17" s="17" t="s">
-        <v>222</v>
+        <v>265</v>
       </c>
       <c r="BQ17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BR17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BS17" s="17" t="s">
-        <v>701</v>
+        <v>747</v>
       </c>
       <c r="BT17" s="17" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="BU17" s="17" t="s">
-        <v>702</v>
+        <v>748</v>
       </c>
       <c r="BV17" s="17" t="s">
-        <v>703</v>
+        <v>749</v>
       </c>
       <c r="BW17" s="17" t="s">
-        <v>704</v>
+        <v>750</v>
       </c>
       <c r="BX17" s="17" t="s">
-        <v>230</v>
+        <v>273</v>
       </c>
       <c r="BY17" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BZ17" s="17" t="s">
-        <v>232</v>
+        <v>275</v>
       </c>
       <c r="CA17" s="17" t="s">
-        <v>233</v>
+        <v>276</v>
       </c>
       <c r="CB17" s="17"/>
       <c r="CC17" s="17" t="s">
-        <v>705</v>
+        <v>751</v>
       </c>
       <c r="CD17" s="17" t="s">
-        <v>236</v>
+        <v>279</v>
       </c>
       <c r="CE17" s="17" t="s">
-        <v>237</v>
+        <v>280</v>
       </c>
       <c r="CF17" s="17" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>711</v>
       </c>
     </row>
-    <row r="18" spans="2:85" ht="75" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:84" ht="75" x14ac:dyDescent="0.25">
       <c r="B18" s="14"/>
       <c r="C18" s="2" t="s">
-        <v>706</v>
+        <v>752</v>
       </c>
       <c r="D18" s="14"/>
       <c r="E18" s="17" t="s">
-        <v>707</v>
+        <v>753</v>
       </c>
       <c r="F18" s="17" t="s">
-        <v>708</v>
+        <v>754</v>
       </c>
       <c r="G18" s="17" t="s">
-        <v>709</v>
+        <v>755</v>
       </c>
       <c r="H18" s="17" t="s">
-        <v>710</v>
+        <v>756</v>
       </c>
       <c r="I18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="J18" s="17" t="s">
+        <v>757</v>
+      </c>
+      <c r="K18" s="17" t="s">
         <v>711</v>
       </c>
-      <c r="K18" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L18" s="17" t="s">
-        <v>712</v>
+        <v>758</v>
       </c>
       <c r="M18" s="17" t="s">
-        <v>713</v>
+        <v>759</v>
       </c>
       <c r="N18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="O18" s="17" t="s">
-        <v>714</v>
+        <v>760</v>
       </c>
       <c r="P18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="Q18" s="17" t="s">
-        <v>715</v>
+        <v>761</v>
       </c>
       <c r="R18" s="17"/>
       <c r="S18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="T18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="U18" s="17" t="s">
-        <v>716</v>
+        <v>762</v>
       </c>
       <c r="V18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="W18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="X18" s="17" t="s">
-        <v>717</v>
+        <v>763</v>
       </c>
       <c r="Y18" s="17" t="s">
-        <v>718</v>
+        <v>764</v>
       </c>
       <c r="Z18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AA18" s="17" t="s">
-        <v>719</v>
+        <v>765</v>
       </c>
       <c r="AB18" s="17" t="s">
-        <v>720</v>
+        <v>766</v>
       </c>
       <c r="AC18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AD18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AE18" s="17"/>
-      <c r="AF18" s="17" t="s">
-[...3 lines deleted...]
-        <v>722</v>
+      <c r="AF18" s="38" t="s">
+        <v>767</v>
+      </c>
+      <c r="AG18" s="38" t="s">
+        <v>768</v>
       </c>
       <c r="AH18" s="17" t="s">
-        <v>723</v>
+        <v>769</v>
       </c>
       <c r="AI18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AJ18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AK18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AL18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AM18" s="17" t="s">
-        <v>724</v>
+        <v>770</v>
       </c>
       <c r="AN18" s="17"/>
       <c r="AO18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AP18" s="17" t="s">
-        <v>725</v>
+        <v>771</v>
       </c>
       <c r="AQ18" s="17" t="s">
-        <v>726</v>
+        <v>772</v>
       </c>
       <c r="AR18" s="17" t="s">
-        <v>727</v>
+        <v>773</v>
       </c>
       <c r="AS18" s="17" t="s">
-        <v>728</v>
+        <v>774</v>
       </c>
       <c r="AT18" s="17" t="s">
-        <v>729</v>
+        <v>775</v>
       </c>
       <c r="AU18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AV18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="AW18" s="17" t="s">
-        <v>730</v>
+        <v>776</v>
       </c>
       <c r="AX18" s="17"/>
       <c r="AY18" s="17" t="s">
-        <v>731</v>
+        <v>777</v>
       </c>
       <c r="AZ18" s="17" t="s">
-        <v>732</v>
+        <v>778</v>
       </c>
       <c r="BA18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BB18" s="17"/>
       <c r="BC18" s="17" t="s">
-        <v>733</v>
+        <v>779</v>
       </c>
       <c r="BD18" s="17" t="s">
-        <v>734</v>
+        <v>780</v>
       </c>
       <c r="BE18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BF18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BG18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BH18" s="17" t="s">
-        <v>735</v>
+        <v>781</v>
       </c>
       <c r="BI18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BJ18" s="17"/>
       <c r="BK18" s="17"/>
       <c r="BL18" s="17" t="s">
-        <v>736</v>
+        <v>782</v>
       </c>
       <c r="BM18" s="17" t="s">
-        <v>737</v>
+        <v>783</v>
       </c>
       <c r="BN18" s="17" t="s">
-        <v>738</v>
+        <v>784</v>
       </c>
       <c r="BO18" s="17" t="s">
-        <v>739</v>
+        <v>785</v>
       </c>
       <c r="BP18" s="17" t="s">
-        <v>740</v>
+        <v>786</v>
       </c>
       <c r="BQ18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BR18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BS18" s="17" t="s">
-        <v>741</v>
+        <v>787</v>
       </c>
       <c r="BT18" s="17" t="s">
-        <v>742</v>
+        <v>788</v>
       </c>
       <c r="BU18" s="17" t="s">
-        <v>743</v>
+        <v>789</v>
       </c>
       <c r="BV18" s="17" t="s">
-        <v>744</v>
+        <v>790</v>
       </c>
       <c r="BW18" s="17" t="s">
-        <v>741</v>
+        <v>787</v>
       </c>
       <c r="BX18" s="17" t="s">
-        <v>745</v>
+        <v>791</v>
       </c>
       <c r="BY18" s="17" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="BZ18" s="17" t="s">
-        <v>743</v>
+        <v>789</v>
       </c>
       <c r="CA18" s="17" t="s">
-        <v>746</v>
+        <v>792</v>
       </c>
       <c r="CB18" s="17"/>
       <c r="CC18" s="17" t="s">
-        <v>747</v>
+        <v>793</v>
       </c>
       <c r="CD18" s="17" t="s">
-        <v>748</v>
+        <v>794</v>
       </c>
       <c r="CE18" s="17" t="s">
-        <v>749</v>
+        <v>795</v>
       </c>
       <c r="CF18" s="17" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>711</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:CG17">
-    <sortCondition ref="E2:CG2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:CF17">
+    <sortCondition ref="E2:CF2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="CE7" r:id="rId1" xr:uid="{DB133E24-1C26-4056-BBD6-7C1A4A37C9C4}"/>
     <hyperlink ref="E12" r:id="rId2" xr:uid="{7DD9035E-D6E1-4371-85F6-60FBC624A085}"/>
     <hyperlink ref="F12" r:id="rId3" xr:uid="{826E55C7-9963-40A2-9F0F-0EC7AF7C1FA7}"/>
     <hyperlink ref="I12" r:id="rId4" xr:uid="{19915B09-7899-47D4-8317-5F1250EF4B0E}"/>
     <hyperlink ref="J12" r:id="rId5" xr:uid="{B422FBD4-012C-4495-A883-724D99CFA7CF}"/>
     <hyperlink ref="K12" r:id="rId6" xr:uid="{DE7990BC-4D6A-4748-8210-EE4112F4E125}"/>
-    <hyperlink ref="L12" r:id="rId7" xr:uid="{E11231E9-E613-4544-AAFE-71A625C747D7}"/>
-[...57 lines deleted...]
-    <hyperlink ref="G12" r:id="rId65" xr:uid="{37370A75-E521-4F43-8363-F1B4122FF119}"/>
+    <hyperlink ref="N12" r:id="rId7" xr:uid="{728CD25D-18D3-445B-90EF-721C7250CE37}"/>
+    <hyperlink ref="O12" r:id="rId8" xr:uid="{8C351978-60A4-4A7A-A15A-CDB479290D25}"/>
+    <hyperlink ref="P12" r:id="rId9" xr:uid="{9BC56873-E57B-41B6-837B-625BFDAAB2AF}"/>
+    <hyperlink ref="Q12" r:id="rId10" xr:uid="{5E2536FE-DA5F-4910-A41F-7A3C82023607}"/>
+    <hyperlink ref="S12" r:id="rId11" xr:uid="{5BA31BE3-F99F-450D-9330-8FB374FF02F7}"/>
+    <hyperlink ref="U12" r:id="rId12" xr:uid="{88961891-9748-485B-8F47-8B58D9BCBEA7}"/>
+    <hyperlink ref="V12" r:id="rId13" xr:uid="{E7BEE412-68D9-4BBD-8E6A-5BC8DE516F18}"/>
+    <hyperlink ref="W12" r:id="rId14" xr:uid="{1885F35A-1A9E-4491-B813-9C7665904EDC}"/>
+    <hyperlink ref="Y12" r:id="rId15" xr:uid="{A7A4A05D-B5F8-444B-923F-F195EF5F9295}"/>
+    <hyperlink ref="AA12" r:id="rId16" xr:uid="{001B4F76-7342-4134-A5E1-FC15FC09AD22}"/>
+    <hyperlink ref="AB12" r:id="rId17" xr:uid="{165B7EA4-B6B8-4128-8AAE-74A1310689F8}"/>
+    <hyperlink ref="AC12" r:id="rId18" xr:uid="{751089DC-046F-4A59-A52D-20F2E19D6A19}"/>
+    <hyperlink ref="AD12" r:id="rId19" xr:uid="{FA1AA583-FAF7-436C-A0B2-08D447D8EDF1}"/>
+    <hyperlink ref="AE12" r:id="rId20" xr:uid="{795AECD7-363B-4E74-8968-28A50052A684}"/>
+    <hyperlink ref="AF12" r:id="rId21" xr:uid="{1EE1CC79-DA31-45F7-BBE3-C819C25E6FF7}"/>
+    <hyperlink ref="AG12" r:id="rId22" xr:uid="{DF316FAA-5F65-4720-8743-E3265D1CF6BF}"/>
+    <hyperlink ref="AH12" r:id="rId23" xr:uid="{B9D4706D-B12B-44BC-8764-BFAF580B86EA}"/>
+    <hyperlink ref="AI12" r:id="rId24" xr:uid="{7D082B1F-ACF3-4FEB-B50A-AAF13ACE8A26}"/>
+    <hyperlink ref="AJ12" r:id="rId25" xr:uid="{C95B569B-EAFE-42DD-AF1C-21A72C296F0B}"/>
+    <hyperlink ref="AK12" r:id="rId26" xr:uid="{8342040B-78FF-4649-85D5-B691A4B84E41}"/>
+    <hyperlink ref="AN12" r:id="rId27" xr:uid="{283B8A83-CB83-4704-8919-39FF3AD0B079}"/>
+    <hyperlink ref="AP12" r:id="rId28" xr:uid="{39497F72-1B69-4935-B712-D6E2E57B7BD0}"/>
+    <hyperlink ref="AQ12" r:id="rId29" xr:uid="{927AA4E3-01DB-4473-9802-B47A726665F8}"/>
+    <hyperlink ref="AV12" r:id="rId30" xr:uid="{2EE5CEB3-9F97-438F-8E24-EC491168204A}"/>
+    <hyperlink ref="AW12" r:id="rId31" xr:uid="{C0259B83-0197-4D1D-83C8-AB677FDCC312}"/>
+    <hyperlink ref="AX12" r:id="rId32" xr:uid="{90FB4B2B-2D40-40B5-ADBA-27D0BD8D9E66}"/>
+    <hyperlink ref="AY12" r:id="rId33" xr:uid="{7AB3476C-FD83-4A1A-98B7-97717156820A}"/>
+    <hyperlink ref="AZ12" r:id="rId34" xr:uid="{656F7ABB-C89F-48DD-AD9F-57AF04DB5F3D}"/>
+    <hyperlink ref="BB12" r:id="rId35" xr:uid="{DF22983E-13D1-466C-AB83-11DE734A6D70}"/>
+    <hyperlink ref="BE12" r:id="rId36" xr:uid="{10523219-12B1-4930-A892-9139F4B5FCAC}"/>
+    <hyperlink ref="BF12" r:id="rId37" xr:uid="{D4496636-D769-4EC1-9608-0B43EA77E6D7}"/>
+    <hyperlink ref="BH12" r:id="rId38" xr:uid="{9F3ECC49-82A6-4500-BA5B-BB2F22D31887}"/>
+    <hyperlink ref="BI12" r:id="rId39" xr:uid="{A79B8CFB-62AB-442C-9BB8-1ABAF621C3FE}"/>
+    <hyperlink ref="BK12" r:id="rId40" xr:uid="{17E75BBD-363F-4772-B492-3C8751E94205}"/>
+    <hyperlink ref="BL12" r:id="rId41" xr:uid="{315039C3-6DAB-48F5-92DB-E87E7617D984}"/>
+    <hyperlink ref="BM12" r:id="rId42" xr:uid="{C5A17759-556B-4161-A2DB-8ACF434B7C17}"/>
+    <hyperlink ref="BO12" r:id="rId43" xr:uid="{C9BB329F-90C8-495C-8A12-4B6FCAC8C873}"/>
+    <hyperlink ref="BQ12" r:id="rId44" xr:uid="{9AFD7B97-C2A9-486E-9D74-12FF8D636F43}"/>
+    <hyperlink ref="BR12" r:id="rId45" xr:uid="{633A9726-48F6-4464-87D3-4FD50D4B84E7}"/>
+    <hyperlink ref="BS12" r:id="rId46" xr:uid="{5A4A600D-3973-4FB3-AFFA-70D4CF8A73CE}"/>
+    <hyperlink ref="BT12" r:id="rId47" xr:uid="{6A1EB827-F633-437F-9962-488BC7A840CA}"/>
+    <hyperlink ref="BU12" r:id="rId48" xr:uid="{B98792EA-B1CD-4CB2-9763-91A2AFCA686A}"/>
+    <hyperlink ref="BV12" r:id="rId49" xr:uid="{3F03654A-5286-4E75-8E45-0A4837B209C3}"/>
+    <hyperlink ref="BX12" r:id="rId50" xr:uid="{70BD8956-1C6D-45E8-9D71-1915520E81AC}"/>
+    <hyperlink ref="BY12" r:id="rId51" xr:uid="{D39916C1-6F45-4E48-9D73-8023FF9C7C66}"/>
+    <hyperlink ref="BZ12" r:id="rId52" xr:uid="{FE9EE420-A957-4750-9584-532170C62EDC}"/>
+    <hyperlink ref="CA12" r:id="rId53" xr:uid="{C7CDDF82-0F73-424C-A30B-57FC3BCDEF82}"/>
+    <hyperlink ref="CB12" r:id="rId54" xr:uid="{AB166D74-B043-4B65-AE94-A0975E5921D5}"/>
+    <hyperlink ref="CD12" r:id="rId55" xr:uid="{B81155E3-8565-4799-92F8-619B4FBD3A6F}"/>
+    <hyperlink ref="CE12" r:id="rId56" xr:uid="{C83E4F48-8AAD-43D5-B912-02D904A5FE13}"/>
+    <hyperlink ref="CF12" r:id="rId57" xr:uid="{5604EAF0-B4BD-4556-BE38-998D86FFA351}"/>
+    <hyperlink ref="AR12" r:id="rId58" xr:uid="{D182EF12-8C39-4F36-B5CE-C3ADF6B87E65}"/>
+    <hyperlink ref="AL12" r:id="rId59" xr:uid="{D31A1A60-7BE5-48CB-9299-E9D2E168DCF6}"/>
+    <hyperlink ref="AK5" r:id="rId60" xr:uid="{09CE2940-5A1F-4737-9462-481A539A3239}"/>
+    <hyperlink ref="BW12" r:id="rId61" xr:uid="{E50F88D6-EB61-48F0-8922-9BC8EA878AA6}"/>
+    <hyperlink ref="R12" r:id="rId62" xr:uid="{9BC796DC-436D-43F2-A483-DD3CBA8F3EBA}"/>
+    <hyperlink ref="H12" r:id="rId63" xr:uid="{872DD53A-2702-4333-A18D-444DB774AF6A}"/>
+    <hyperlink ref="G12" r:id="rId64" xr:uid="{37370A75-E521-4F43-8363-F1B4122FF119}"/>
+    <hyperlink ref="L12" r:id="rId65" xr:uid="{3F5DAC35-AAD5-43B7-B68C-87E96444BF7D}"/>
+    <hyperlink ref="AF7" r:id="rId66" xr:uid="{65F30AC2-D16F-4279-97F4-CEB9F531610D}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId66"/>
+  <pageSetup orientation="landscape" r:id="rId67"/>
   <headerFooter>
     <oddFooter>&amp;R22-7434 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>