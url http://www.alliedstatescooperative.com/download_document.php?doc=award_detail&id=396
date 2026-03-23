--- v2 (2026-02-05)
+++ v3 (2026-03-23)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2022\22-7434 Maintenance, Repair and Operation\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5D1F3DB-4321-4A54-A06C-DEA46E0617A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96347B67-43D4-4335-85C0-DBD1AD2EEED2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -59,129 +59,117 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1235" uniqueCount="805">
   <si>
     <t>*updated 12/1/22, 8/31/23, 2/9/24, 6/5/2025, 6/30/25, 10/20/25, 12/2/25</t>
   </si>
   <si>
     <t>*updated 8/25/22, 9/18/24</t>
   </si>
   <si>
     <t>*updated 9/15/23, 8/7/24</t>
   </si>
   <si>
     <t>*updated 3/24/23, 1/12/24, 1/16/24</t>
   </si>
   <si>
     <t>*updated 9/8/25, 1/13/26</t>
   </si>
   <si>
     <t>*updated 2/27/2025</t>
   </si>
   <si>
     <t>*updated 2/18/25</t>
   </si>
   <si>
-    <t>*updated 11/13/23, 1/13/25, 10/10/25, 1/9/26, 1/28/26</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 4/29/22, 12/2/22, 12/7/22, 5/14/24, 4/8/25, 4/30/25, 5/13/25, 5/20/25, 6/30/25</t>
   </si>
   <si>
     <t>*updated 9/21/22, 6/29/23, 3/18/24, 8/8/24, 9/18/24, 1/28/25, 5/16/25, 8/21/25, 1/20/26</t>
   </si>
   <si>
     <t>*updated 9/8/22</t>
   </si>
   <si>
-    <t>*updated 4/18/24, 6/12/25, 1/16/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 3/18/24, 7/22/25, 10/7/25</t>
   </si>
   <si>
     <t>*updated 6/8/22</t>
   </si>
   <si>
     <t>*updated 8/18/22</t>
   </si>
   <si>
-    <t>*updated 11/14/22, 3/25/25, 4/9/25, 7/7/25, 10/7/25</t>
-[...1 lines deleted...]
-  <si>
     <t>*updated 10/4/23</t>
   </si>
   <si>
     <t>*updated 7/12/22, 8/11/22, 9/21/22, 2/10/23, 4/5/23, 6/7/23, 11/29/23, 4/26/24, 9/26/24, 5/8/25</t>
   </si>
   <si>
     <t>*updated 12/15/22, 1/24/23, 2/24/23, 2/27/23, 3/7/23, 3/30/23, 4/17/23, 5/2/23, 5/3/23, 5/9/23, 10/13/23, 10/18/23, 10/31/23, 12/6/23, 1/8/24, 1/30/24, 1/31/24, 2/14/24</t>
   </si>
   <si>
     <t>*updated 8/30/22, 5/22/24</t>
   </si>
   <si>
     <t>*updated 12/7/2023</t>
   </si>
   <si>
     <t>*updated 2/16/23, 2/17/23, 4/28/23, 5/10/23, 5/22/23, 6/2/23, 4/8/24</t>
   </si>
   <si>
     <t>*updated 2/28/23</t>
   </si>
   <si>
     <t>updated 5/21/24</t>
   </si>
   <si>
     <t>updated 8/16/22, 7/25/23, 3/19/24, 11/8/24, 1/14/25, 2/14/25, 6/4/25, 1/8/26</t>
   </si>
   <si>
     <t>updated 5/19/2025</t>
   </si>
   <si>
     <t>*updated 9/8/25, 9/10/25, 10/1/25, 10/10/25</t>
   </si>
   <si>
     <t>*updated 5/11/22, 2/7/24, 4/21/25, 10/6/25</t>
   </si>
   <si>
     <t>*updated 1/6/23, 2/7/24, 4/22/24, 9/4/24</t>
   </si>
   <si>
     <t>*updated 9/5/23</t>
   </si>
   <si>
     <t>*updated 9/10/24, 4/16/25</t>
   </si>
   <si>
     <t>*updated 10/21/24</t>
   </si>
   <si>
     <t>*updated 8/19/22, 11/14/22, 11/30/22, 1/9/23, 2/6/23, 2/14/23, 2/15/23, 5/8/23, 10/14/24</t>
-  </si>
-[...1 lines deleted...]
-    <t>*updated 3/18/25, 4/3/25, 4/17/25, 4/29/25, 5/15/25, 6/10/25, 7/9/25, 7/21/25, 10/6/25, 12/1/25</t>
   </si>
   <si>
     <t>*updated 5/13/22, 10/31/22, 1/11/23, 5/31/23, 12/5/24, 8/6/25</t>
   </si>
   <si>
     <t>*updated 6/28/22, 8/31/22, 9/8/22, 9/15/22, 10/17/22, 10/19/22, 11/4/22, 1/23/23, 11/2/23, 11/3/25</t>
   </si>
   <si>
     <t>*updated 1/30/24</t>
   </si>
   <si>
     <t>*updated 5/29/25</t>
   </si>
   <si>
     <t>*updated 11/4/25, 1/26/26</t>
   </si>
   <si>
     <t>*updated 12/14/22, 2/7/24, 2/12/24</t>
   </si>
   <si>
     <t>*updated 1/22/24</t>
   </si>
   <si>
     <t>*updated 4/16/25</t>
   </si>
@@ -2804,51 +2792,63 @@
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> N.guzmanccis@gmail.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(915) 497-1874</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 915-239-6538</t>
     </r>
   </si>
   <si>
-    <t>*updated 5/2/24, 3/25/25, 3/28/25, 6/30/25, 8/27/25, 9/5/25, 9/22/25, 11/4/25, 12/1/25, 12/8/25, 1/5/26, 1/20/26, 2/4/26</t>
+    <t>*updated 4/18/24, 6/12/25, 1/16/25, 2/10/26</t>
+  </si>
+  <si>
+    <t>*updated 5/2/24, 3/25/25, 3/28/25, 6/30/25, 8/27/25, 9/5/25, 9/22/25, 11/4/25, 12/1/25, 12/8/25, 1/5/26, 1/20/26, 2/4/26, 2/9/26, 2/26/26, 3/2/26</t>
+  </si>
+  <si>
+    <t>*updated 11/13/23, 1/13/25, 10/10/25, 1/9/26, 1/28/26, 3/5/26</t>
+  </si>
+  <si>
+    <t>*updated 11/14/22, 3/25/25, 4/9/25, 7/7/25, 10/7/25, 3/9/26</t>
+  </si>
+  <si>
+    <t>*updated 3/18/25, 4/3/25, 4/17/25, 4/29/25, 5/15/25, 6/10/25, 7/9/25, 7/21/25, 10/6/25, 12/1/25, 2/5/26, 3/23/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3393,3220 +3393,3220 @@
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="8" style="5" customWidth="1"/>
     <col min="3" max="3" width="36" style="5" customWidth="1"/>
     <col min="4" max="4" width="6" style="5" customWidth="1"/>
     <col min="5" max="79" width="30.7109375" style="5" customWidth="1"/>
     <col min="80" max="80" width="31.28515625" style="5" customWidth="1"/>
     <col min="81" max="84" width="30.7109375" style="5" customWidth="1"/>
     <col min="85" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:85" s="1" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="E1" s="19"/>
       <c r="G1" s="21" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="19" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="I1" s="20" t="s">
         <v>1</v>
       </c>
       <c r="J1" s="19" t="s">
         <v>2</v>
       </c>
       <c r="K1" s="19" t="s">
         <v>3</v>
       </c>
       <c r="L1" s="19" t="s">
         <v>4</v>
       </c>
       <c r="M1" s="21" t="s">
         <v>5</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="Q1" s="19" t="s">
+        <v>802</v>
+      </c>
+      <c r="R1" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="R1" s="23" t="s">
+      <c r="S1" s="1" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="T1" s="21"/>
       <c r="U1" s="19"/>
       <c r="W1" s="19" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="X1" s="19"/>
       <c r="Z1" s="21" t="s">
-        <v>11</v>
+        <v>800</v>
       </c>
       <c r="AA1" s="19"/>
       <c r="AC1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="AE1" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF1" s="19" t="s">
+        <v>794</v>
+      </c>
+      <c r="AG1" s="19" t="s">
         <v>12</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="AH1" s="19"/>
       <c r="AJ1" s="21" t="s">
+        <v>803</v>
+      </c>
+      <c r="AK1" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="AL1" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="AM1" s="19" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
       <c r="AN1" s="19"/>
       <c r="AO1" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="AP1" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="AR1" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="AS1" s="1" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="AU1" s="21"/>
       <c r="AX1" s="19"/>
       <c r="AY1" s="19"/>
       <c r="AZ1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="BA1" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="BB1" s="35" t="s">
+        <v>22</v>
+      </c>
+      <c r="BC1" s="21" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
       <c r="BD1" s="19"/>
       <c r="BE1" s="21"/>
       <c r="BF1" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="BG1" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="BH1" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="BI1" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="BG1" s="21" t="s">
+      <c r="BJ1" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="BH1" s="20" t="s">
+      <c r="BK1" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="BI1" s="19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BL1" s="21" t="s">
-        <v>33</v>
+        <v>804</v>
       </c>
       <c r="BM1" s="19"/>
       <c r="BN1" s="21" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="BO1" s="19"/>
       <c r="BP1" s="21"/>
       <c r="BQ1" s="1" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="BR1" s="19" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="BS1" s="7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="BU1" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="BV1" s="19"/>
       <c r="BW1" s="21" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="BX1" s="21" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="BY1" s="19"/>
       <c r="BZ1" s="21"/>
       <c r="CB1" s="19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="CC1" s="19"/>
       <c r="CD1" s="19"/>
       <c r="CF1" s="21" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="2" spans="2:85" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D2" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G2" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="E2" s="16" t="s">
+      <c r="I2" s="16" t="s">
         <v>43</v>
       </c>
-      <c r="F2" s="16" t="s">
+      <c r="J2" s="16" t="s">
         <v>44</v>
       </c>
-      <c r="G2" s="16" t="s">
+      <c r="K2" s="16" t="s">
         <v>45</v>
       </c>
-      <c r="H2" s="16" t="s">
+      <c r="L2" s="16" t="s">
         <v>46</v>
       </c>
-      <c r="I2" s="16" t="s">
+      <c r="M2" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="J2" s="16" t="s">
+      <c r="N2" s="16" t="s">
         <v>48</v>
       </c>
-      <c r="K2" s="16" t="s">
+      <c r="O2" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="L2" s="16" t="s">
+      <c r="P2" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="M2" s="16" t="s">
+      <c r="Q2" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="N2" s="16" t="s">
+      <c r="R2" s="16" t="s">
         <v>52</v>
       </c>
-      <c r="O2" s="16" t="s">
+      <c r="S2" s="16" t="s">
         <v>53</v>
       </c>
-      <c r="P2" s="16" t="s">
+      <c r="T2" s="16" t="s">
         <v>54</v>
       </c>
-      <c r="Q2" s="16" t="s">
+      <c r="U2" s="16" t="s">
         <v>55</v>
       </c>
-      <c r="R2" s="16" t="s">
+      <c r="V2" s="16" t="s">
         <v>56</v>
       </c>
-      <c r="S2" s="16" t="s">
+      <c r="W2" s="16" t="s">
         <v>57</v>
       </c>
-      <c r="T2" s="16" t="s">
+      <c r="X2" s="16" t="s">
         <v>58</v>
       </c>
-      <c r="U2" s="16" t="s">
+      <c r="Y2" s="16" t="s">
         <v>59</v>
       </c>
-      <c r="V2" s="16" t="s">
+      <c r="Z2" s="16" t="s">
         <v>60</v>
       </c>
-      <c r="W2" s="16" t="s">
+      <c r="AA2" s="16" t="s">
         <v>61</v>
       </c>
-      <c r="X2" s="16" t="s">
+      <c r="AB2" s="16" t="s">
         <v>62</v>
       </c>
-      <c r="Y2" s="16" t="s">
+      <c r="AC2" s="16" t="s">
         <v>63</v>
       </c>
-      <c r="Z2" s="16" t="s">
+      <c r="AD2" s="16" t="s">
         <v>64</v>
       </c>
-      <c r="AA2" s="16" t="s">
+      <c r="AE2" s="16" t="s">
         <v>65</v>
       </c>
-      <c r="AB2" s="16" t="s">
+      <c r="AF2" s="16" t="s">
+        <v>795</v>
+      </c>
+      <c r="AG2" s="30" t="s">
         <v>66</v>
       </c>
-      <c r="AC2" s="16" t="s">
+      <c r="AH2" s="16" t="s">
         <v>67</v>
       </c>
-      <c r="AD2" s="16" t="s">
+      <c r="AI2" s="16" t="s">
         <v>68</v>
       </c>
-      <c r="AE2" s="16" t="s">
+      <c r="AJ2" s="16" t="s">
         <v>69</v>
       </c>
-      <c r="AF2" s="16" t="s">
-[...2 lines deleted...]
-      <c r="AG2" s="30" t="s">
+      <c r="AK2" s="16" t="s">
         <v>70</v>
       </c>
-      <c r="AH2" s="16" t="s">
+      <c r="AL2" s="16" t="s">
         <v>71</v>
       </c>
-      <c r="AI2" s="16" t="s">
+      <c r="AM2" s="16" t="s">
         <v>72</v>
       </c>
-      <c r="AJ2" s="16" t="s">
+      <c r="AN2" s="16" t="s">
         <v>73</v>
       </c>
-      <c r="AK2" s="16" t="s">
+      <c r="AO2" s="16" t="s">
         <v>74</v>
       </c>
-      <c r="AL2" s="16" t="s">
+      <c r="AP2" s="16" t="s">
         <v>75</v>
       </c>
-      <c r="AM2" s="16" t="s">
+      <c r="AQ2" s="16" t="s">
         <v>76</v>
       </c>
-      <c r="AN2" s="16" t="s">
+      <c r="AR2" s="16" t="s">
         <v>77</v>
       </c>
-      <c r="AO2" s="16" t="s">
+      <c r="AS2" s="16" t="s">
         <v>78</v>
       </c>
-      <c r="AP2" s="16" t="s">
+      <c r="AT2" s="16" t="s">
         <v>79</v>
       </c>
-      <c r="AQ2" s="16" t="s">
+      <c r="AU2" s="16" t="s">
         <v>80</v>
       </c>
-      <c r="AR2" s="16" t="s">
+      <c r="AV2" s="16" t="s">
         <v>81</v>
       </c>
-      <c r="AS2" s="16" t="s">
+      <c r="AW2" s="16" t="s">
         <v>82</v>
       </c>
-      <c r="AT2" s="16" t="s">
+      <c r="AX2" s="16" t="s">
         <v>83</v>
       </c>
-      <c r="AU2" s="16" t="s">
+      <c r="AY2" s="16" t="s">
         <v>84</v>
       </c>
-      <c r="AV2" s="16" t="s">
+      <c r="AZ2" s="16" t="s">
         <v>85</v>
       </c>
-      <c r="AW2" s="16" t="s">
+      <c r="BA2" s="16" t="s">
         <v>86</v>
       </c>
-      <c r="AX2" s="16" t="s">
+      <c r="BB2" s="16" t="s">
         <v>87</v>
       </c>
-      <c r="AY2" s="16" t="s">
+      <c r="BC2" s="16" t="s">
         <v>88</v>
       </c>
-      <c r="AZ2" s="16" t="s">
+      <c r="BD2" s="16" t="s">
         <v>89</v>
       </c>
-      <c r="BA2" s="16" t="s">
+      <c r="BE2" s="16" t="s">
         <v>90</v>
       </c>
-      <c r="BB2" s="16" t="s">
+      <c r="BF2" s="16" t="s">
         <v>91</v>
       </c>
-      <c r="BC2" s="16" t="s">
+      <c r="BG2" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="BD2" s="16" t="s">
+      <c r="BH2" s="16" t="s">
         <v>93</v>
       </c>
-      <c r="BE2" s="16" t="s">
+      <c r="BI2" s="16" t="s">
         <v>94</v>
       </c>
-      <c r="BF2" s="16" t="s">
+      <c r="BJ2" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="BG2" s="16" t="s">
+      <c r="BK2" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="BH2" s="16" t="s">
+      <c r="BL2" s="16" t="s">
         <v>97</v>
       </c>
-      <c r="BI2" s="16" t="s">
+      <c r="BM2" s="16" t="s">
         <v>98</v>
       </c>
-      <c r="BJ2" s="16" t="s">
+      <c r="BN2" s="16" t="s">
         <v>99</v>
       </c>
-      <c r="BK2" s="16" t="s">
+      <c r="BO2" s="16" t="s">
         <v>100</v>
       </c>
-      <c r="BL2" s="16" t="s">
+      <c r="BP2" s="16" t="s">
         <v>101</v>
       </c>
-      <c r="BM2" s="16" t="s">
+      <c r="BQ2" s="16" t="s">
         <v>102</v>
       </c>
-      <c r="BN2" s="16" t="s">
+      <c r="BR2" s="16" t="s">
         <v>103</v>
       </c>
-      <c r="BO2" s="16" t="s">
+      <c r="BS2" s="16" t="s">
         <v>104</v>
       </c>
-      <c r="BP2" s="16" t="s">
+      <c r="BT2" s="16" t="s">
         <v>105</v>
       </c>
-      <c r="BQ2" s="16" t="s">
+      <c r="BU2" s="16" t="s">
         <v>106</v>
       </c>
-      <c r="BR2" s="16" t="s">
+      <c r="BV2" s="16" t="s">
         <v>107</v>
       </c>
-      <c r="BS2" s="16" t="s">
+      <c r="BW2" s="16" t="s">
         <v>108</v>
       </c>
-      <c r="BT2" s="16" t="s">
+      <c r="BX2" s="16" t="s">
         <v>109</v>
       </c>
-      <c r="BU2" s="16" t="s">
+      <c r="BY2" s="16" t="s">
         <v>110</v>
       </c>
-      <c r="BV2" s="16" t="s">
+      <c r="BZ2" s="16" t="s">
         <v>111</v>
       </c>
-      <c r="BW2" s="16" t="s">
+      <c r="CA2" s="16" t="s">
         <v>112</v>
       </c>
-      <c r="BX2" s="16" t="s">
+      <c r="CB2" s="16" t="s">
         <v>113</v>
       </c>
-      <c r="BY2" s="16" t="s">
+      <c r="CC2" s="16" t="s">
         <v>114</v>
       </c>
-      <c r="BZ2" s="16" t="s">
+      <c r="CD2" s="16" t="s">
         <v>115</v>
       </c>
-      <c r="CA2" s="16" t="s">
+      <c r="CE2" s="16" t="s">
         <v>116</v>
       </c>
-      <c r="CB2" s="16" t="s">
+      <c r="CF2" s="16" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
       <c r="CG2" s="7"/>
     </row>
     <row r="3" spans="2:85" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D3" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="H3" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="I3" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="J3" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="K3" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="L3" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="I3" s="2" t="s">
+      <c r="M3" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="J3" s="2" t="s">
+      <c r="N3" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="K3" s="2" t="s">
+      <c r="O3" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="L3" s="2" t="s">
+      <c r="P3" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="M3" s="2" t="s">
+      <c r="Q3" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="N3" s="2" t="s">
+      <c r="R3" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="O3" s="2" t="s">
+      <c r="S3" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="P3" s="2" t="s">
+      <c r="T3" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="Q3" s="2" t="s">
+      <c r="U3" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="R3" s="2" t="s">
+      <c r="V3" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="S3" s="2" t="s">
+      <c r="W3" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="T3" s="2" t="s">
+      <c r="X3" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="U3" s="2" t="s">
+      <c r="Y3" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="V3" s="2" t="s">
+      <c r="Z3" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="W3" s="2" t="s">
+      <c r="AA3" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="X3" s="2" t="s">
+      <c r="AB3" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="Y3" s="2" t="s">
+      <c r="AC3" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="Z3" s="2" t="s">
+      <c r="AD3" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="AA3" s="2" t="s">
+      <c r="AE3" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="AB3" s="2" t="s">
+      <c r="AF3" s="22" t="s">
+        <v>796</v>
+      </c>
+      <c r="AG3" s="31" t="s">
         <v>146</v>
       </c>
-      <c r="AC3" s="2" t="s">
+      <c r="AH3" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="AD3" s="2" t="s">
+      <c r="AI3" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="AE3" s="2" t="s">
+      <c r="AJ3" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="AF3" s="22" t="s">
-[...2 lines deleted...]
-      <c r="AG3" s="31" t="s">
+      <c r="AK3" s="22" t="s">
         <v>150</v>
       </c>
-      <c r="AH3" s="2" t="s">
+      <c r="AL3" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="AI3" s="2" t="s">
+      <c r="AM3" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="AJ3" s="2" t="s">
+      <c r="AN3" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="AK3" s="22" t="s">
+      <c r="AO3" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="AL3" s="2" t="s">
+      <c r="AP3" s="22" t="s">
         <v>155</v>
       </c>
-      <c r="AM3" s="2" t="s">
+      <c r="AQ3" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="AN3" s="2" t="s">
+      <c r="AR3" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="AO3" s="2" t="s">
+      <c r="AS3" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="AP3" s="22" t="s">
+      <c r="AT3" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="AQ3" s="2" t="s">
+      <c r="AU3" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="AR3" s="2" t="s">
+      <c r="AV3" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="AS3" s="2" t="s">
+      <c r="AW3" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="AT3" s="2" t="s">
+      <c r="AX3" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="AU3" s="2" t="s">
+      <c r="AY3" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="AV3" s="2" t="s">
+      <c r="AZ3" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="AW3" s="2" t="s">
+      <c r="BA3" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="AX3" s="2" t="s">
+      <c r="BB3" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="AY3" s="2" t="s">
+      <c r="BC3" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="AZ3" s="2" t="s">
+      <c r="BD3" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="BA3" s="2" t="s">
+      <c r="BE3" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="BB3" s="2" t="s">
+      <c r="BF3" s="22" t="s">
         <v>171</v>
       </c>
-      <c r="BC3" s="2" t="s">
+      <c r="BG3" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="BD3" s="2" t="s">
+      <c r="BH3" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="BE3" s="2" t="s">
+      <c r="BI3" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="BF3" s="22" t="s">
+      <c r="BJ3" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="BG3" s="2" t="s">
+      <c r="BK3" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="BH3" s="2" t="s">
+      <c r="BL3" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="BI3" s="2" t="s">
+      <c r="BM3" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="BJ3" s="2" t="s">
+      <c r="BN3" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="BK3" s="2" t="s">
+      <c r="BO3" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="BL3" s="2" t="s">
+      <c r="BP3" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="BM3" s="2" t="s">
+      <c r="BQ3" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="BN3" s="2" t="s">
+      <c r="BR3" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="BO3" s="2" t="s">
+      <c r="BS3" s="22" t="s">
         <v>184</v>
       </c>
-      <c r="BP3" s="2" t="s">
+      <c r="BT3" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="BQ3" s="2" t="s">
+      <c r="BU3" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="BR3" s="2" t="s">
+      <c r="BV3" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="BS3" s="22" t="s">
+      <c r="BW3" s="22" t="s">
         <v>188</v>
       </c>
-      <c r="BT3" s="2" t="s">
+      <c r="BX3" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="BU3" s="2" t="s">
+      <c r="BY3" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="BV3" s="2" t="s">
+      <c r="BZ3" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="BW3" s="22" t="s">
+      <c r="CA3" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="BX3" s="2" t="s">
+      <c r="CB3" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="BY3" s="2" t="s">
+      <c r="CC3" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="BZ3" s="2" t="s">
+      <c r="CD3" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="CA3" s="2" t="s">
+      <c r="CE3" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="CB3" s="2" t="s">
+      <c r="CF3" s="2" t="s">
         <v>197</v>
-      </c>
-[...10 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="4" spans="2:85" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="D4" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="H4" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="I4" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="J4" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="K4" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="L4" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="I4" s="2" t="s">
+      <c r="M4" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="J4" s="2" t="s">
+      <c r="N4" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="K4" s="2" t="s">
+      <c r="O4" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="L4" s="2" t="s">
+      <c r="P4" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="M4" s="2" t="s">
+      <c r="Q4" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="N4" s="2" t="s">
+      <c r="R4" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="O4" s="2" t="s">
+      <c r="S4" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="P4" s="2" t="s">
+      <c r="T4" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="Q4" s="2" t="s">
+      <c r="U4" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="R4" s="2" t="s">
+      <c r="V4" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="S4" s="2" t="s">
+      <c r="W4" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="T4" s="2" t="s">
+      <c r="X4" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="U4" s="2" t="s">
+      <c r="Y4" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="V4" s="2" t="s">
+      <c r="Z4" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="W4" s="2" t="s">
+      <c r="AA4" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="X4" s="2" t="s">
+      <c r="AB4" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="Y4" s="2" t="s">
+      <c r="AC4" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="Z4" s="2" t="s">
+      <c r="AD4" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="AA4" s="2" t="s">
+      <c r="AE4" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="AB4" s="2" t="s">
+      <c r="AF4" s="22" t="s">
+        <v>797</v>
+      </c>
+      <c r="AG4" s="31" t="s">
         <v>226</v>
       </c>
-      <c r="AC4" s="2" t="s">
+      <c r="AH4" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="AD4" s="2" t="s">
+      <c r="AI4" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="AE4" s="2" t="s">
+      <c r="AJ4" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="AF4" s="22" t="s">
-[...2 lines deleted...]
-      <c r="AG4" s="31" t="s">
+      <c r="AK4" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="AH4" s="2" t="s">
+      <c r="AL4" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="AI4" s="2" t="s">
+      <c r="AM4" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="AJ4" s="2" t="s">
+      <c r="AN4" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="AK4" s="2" t="s">
+      <c r="AO4" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="AL4" s="2" t="s">
+      <c r="AP4" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="AM4" s="2" t="s">
+      <c r="AQ4" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="AN4" s="2" t="s">
+      <c r="AR4" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="AO4" s="2" t="s">
+      <c r="AS4" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="AP4" s="2" t="s">
+      <c r="AT4" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="AQ4" s="2" t="s">
+      <c r="AU4" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="AR4" s="2" t="s">
+      <c r="AV4" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="AS4" s="2" t="s">
+      <c r="AW4" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="AT4" s="2" t="s">
+      <c r="AX4" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="AU4" s="2" t="s">
+      <c r="AY4" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="AV4" s="2" t="s">
+      <c r="AZ4" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="AW4" s="2" t="s">
+      <c r="BA4" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="AX4" s="2" t="s">
+      <c r="BB4" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="AY4" s="2" t="s">
+      <c r="BC4" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="AZ4" s="2" t="s">
+      <c r="BD4" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="BA4" s="2" t="s">
+      <c r="BE4" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="BB4" s="2" t="s">
+      <c r="BF4" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="BC4" s="2" t="s">
+      <c r="BG4" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="BD4" s="2" t="s">
+      <c r="BH4" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="BE4" s="2" t="s">
+      <c r="BI4" s="22" t="s">
         <v>254</v>
       </c>
-      <c r="BF4" s="2" t="s">
+      <c r="BJ4" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="BG4" s="2" t="s">
+      <c r="BK4" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="BH4" s="2" t="s">
+      <c r="BL4" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="BI4" s="22" t="s">
+      <c r="BM4" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="BJ4" s="2" t="s">
+      <c r="BN4" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="BK4" s="2" t="s">
+      <c r="BO4" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="BL4" s="2" t="s">
+      <c r="BP4" s="2" t="s">
         <v>261</v>
       </c>
-      <c r="BM4" s="2" t="s">
+      <c r="BQ4" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="BN4" s="2" t="s">
+      <c r="BR4" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="BO4" s="2" t="s">
+      <c r="BS4" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="BP4" s="2" t="s">
+      <c r="BT4" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="BQ4" s="2" t="s">
+      <c r="BU4" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="BR4" s="2" t="s">
+      <c r="BV4" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="BS4" s="2" t="s">
+      <c r="BW4" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="BT4" s="2" t="s">
+      <c r="BX4" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="BU4" s="2" t="s">
+      <c r="BY4" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="BV4" s="2" t="s">
+      <c r="BZ4" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="BW4" s="2" t="s">
+      <c r="CA4" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="BX4" s="2" t="s">
+      <c r="CB4" s="2" t="s">
         <v>273</v>
       </c>
-      <c r="BY4" s="2" t="s">
+      <c r="CC4" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="BZ4" s="2" t="s">
+      <c r="CD4" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="CA4" s="2" t="s">
+      <c r="CE4" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="CB4" s="2" t="s">
+      <c r="CF4" s="2" t="s">
         <v>277</v>
-      </c>
-[...10 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="5" spans="2:85" s="6" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="D5" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="H5" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="I5" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="F5" s="2" t="s">
+      <c r="J5" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="G5" s="2" t="s">
+      <c r="K5" s="2" t="s">
         <v>285</v>
       </c>
-      <c r="H5" s="2" t="s">
+      <c r="L5" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="I5" s="2" t="s">
+      <c r="M5" s="22" t="s">
         <v>287</v>
       </c>
-      <c r="J5" s="2" t="s">
+      <c r="N5" s="2" t="s">
         <v>288</v>
       </c>
-      <c r="K5" s="2" t="s">
+      <c r="O5" s="2" t="s">
         <v>289</v>
       </c>
-      <c r="L5" s="2" t="s">
+      <c r="P5" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="M5" s="22" t="s">
+      <c r="Q5" s="2" t="s">
         <v>291</v>
       </c>
-      <c r="N5" s="2" t="s">
+      <c r="R5" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="O5" s="2" t="s">
+      <c r="S5" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="P5" s="2" t="s">
+      <c r="T5" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="Q5" s="2" t="s">
+      <c r="U5" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="R5" s="2" t="s">
+      <c r="V5" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="S5" s="2" t="s">
+      <c r="W5" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="T5" s="2" t="s">
+      <c r="X5" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="U5" s="2" t="s">
+      <c r="Y5" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="V5" s="2" t="s">
+      <c r="Z5" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="W5" s="2" t="s">
+      <c r="AA5" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="X5" s="2" t="s">
+      <c r="AB5" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="Y5" s="2" t="s">
+      <c r="AC5" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="Z5" s="2" t="s">
+      <c r="AD5" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="AA5" s="2" t="s">
+      <c r="AE5" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="AB5" s="2" t="s">
+      <c r="AF5" s="22" t="s">
+        <v>798</v>
+      </c>
+      <c r="AG5" s="31" t="s">
         <v>306</v>
       </c>
-      <c r="AC5" s="2" t="s">
+      <c r="AH5" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="AD5" s="2" t="s">
+      <c r="AI5" s="2" t="s">
         <v>308</v>
       </c>
-      <c r="AE5" s="2" t="s">
+      <c r="AJ5" s="2" t="s">
         <v>309</v>
       </c>
-      <c r="AF5" s="22" t="s">
-[...2 lines deleted...]
-      <c r="AG5" s="31" t="s">
+      <c r="AK5" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="AH5" s="2" t="s">
+      <c r="AL5" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="AI5" s="2" t="s">
+      <c r="AM5" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="AJ5" s="2" t="s">
+      <c r="AN5" s="2" t="s">
         <v>313</v>
       </c>
-      <c r="AK5" s="2" t="s">
+      <c r="AO5" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="AL5" s="2" t="s">
+      <c r="AP5" s="22" t="s">
         <v>315</v>
       </c>
-      <c r="AM5" s="2" t="s">
+      <c r="AQ5" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="AN5" s="2" t="s">
+      <c r="AR5" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="AO5" s="2" t="s">
+      <c r="AS5" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="AP5" s="22" t="s">
+      <c r="AT5" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="AQ5" s="2" t="s">
+      <c r="AU5" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="AR5" s="2" t="s">
+      <c r="AV5" s="2" t="s">
         <v>321</v>
       </c>
-      <c r="AS5" s="2" t="s">
+      <c r="AW5" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="AT5" s="2" t="s">
+      <c r="AX5" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="AU5" s="2" t="s">
+      <c r="AY5" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="AV5" s="2" t="s">
+      <c r="AZ5" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="AW5" s="2" t="s">
+      <c r="BA5" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="AX5" s="2" t="s">
+      <c r="BB5" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="AY5" s="2" t="s">
+      <c r="BC5" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="AZ5" s="2" t="s">
+      <c r="BD5" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="BA5" s="2" t="s">
+      <c r="BE5" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="BB5" s="2" t="s">
+      <c r="BF5" s="22" t="s">
         <v>331</v>
       </c>
-      <c r="BC5" s="2" t="s">
+      <c r="BG5" s="22" t="s">
         <v>332</v>
       </c>
-      <c r="BD5" s="2" t="s">
+      <c r="BH5" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="BE5" s="2" t="s">
+      <c r="BI5" s="2" t="s">
         <v>334</v>
       </c>
-      <c r="BF5" s="22" t="s">
+      <c r="BJ5" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="BG5" s="22" t="s">
+      <c r="BK5" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="BH5" s="2" t="s">
+      <c r="BL5" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="BI5" s="2" t="s">
+      <c r="BM5" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="BJ5" s="2" t="s">
+      <c r="BN5" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="BK5" s="2" t="s">
+      <c r="BO5" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="BL5" s="2" t="s">
+      <c r="BP5" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="BM5" s="2" t="s">
+      <c r="BQ5" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="BN5" s="2" t="s">
+      <c r="BR5" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="BO5" s="2" t="s">
+      <c r="BS5" s="22" t="s">
         <v>344</v>
       </c>
-      <c r="BP5" s="2" t="s">
+      <c r="BT5" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="BQ5" s="2" t="s">
+      <c r="BU5" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="BR5" s="2" t="s">
+      <c r="BV5" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="BS5" s="22" t="s">
+      <c r="BW5" s="22" t="s">
         <v>348</v>
       </c>
-      <c r="BT5" s="2" t="s">
+      <c r="BX5" s="2" t="s">
         <v>349</v>
       </c>
-      <c r="BU5" s="2" t="s">
+      <c r="BY5" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="BV5" s="2" t="s">
+      <c r="BZ5" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="BW5" s="22" t="s">
+      <c r="CA5" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="BX5" s="2" t="s">
+      <c r="CB5" s="22" t="s">
         <v>353</v>
       </c>
-      <c r="BY5" s="2" t="s">
+      <c r="CC5" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="BZ5" s="2" t="s">
+      <c r="CD5" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="CA5" s="2" t="s">
+      <c r="CE5" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="CB5" s="22" t="s">
+      <c r="CF5" s="2" t="s">
         <v>357</v>
-      </c>
-[...10 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="6" spans="2:85" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D6" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="H6" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="I6" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="J6" s="2" t="s">
         <v>364</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="K6" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="H6" s="2" t="s">
+      <c r="L6" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="I6" s="2" t="s">
+      <c r="M6" s="2" t="s">
         <v>367</v>
       </c>
-      <c r="J6" s="2" t="s">
+      <c r="N6" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="K6" s="2" t="s">
+      <c r="O6" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="L6" s="2" t="s">
+      <c r="P6" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="M6" s="2" t="s">
+      <c r="Q6" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="N6" s="2" t="s">
+      <c r="R6" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="O6" s="2" t="s">
+      <c r="S6" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="P6" s="2" t="s">
+      <c r="T6" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="Q6" s="2" t="s">
+      <c r="U6" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="R6" s="2" t="s">
+      <c r="V6" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="S6" s="2" t="s">
+      <c r="W6" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="T6" s="2" t="s">
+      <c r="X6" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="U6" s="2" t="s">
+      <c r="Y6" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="V6" s="2" t="s">
+      <c r="Z6" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="W6" s="2" t="s">
+      <c r="AA6" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="X6" s="2" t="s">
+      <c r="AB6" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="Y6" s="2" t="s">
+      <c r="AC6" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="Z6" s="2" t="s">
+      <c r="AD6" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="AA6" s="2" t="s">
+      <c r="AE6" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="AB6" s="2" t="s">
+      <c r="AF6" s="22" t="s">
+        <v>799</v>
+      </c>
+      <c r="AG6" s="31" t="s">
         <v>386</v>
       </c>
-      <c r="AC6" s="2" t="s">
+      <c r="AH6" s="2" t="s">
         <v>387</v>
       </c>
-      <c r="AD6" s="2" t="s">
+      <c r="AI6" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="AE6" s="2" t="s">
+      <c r="AJ6" s="2" t="s">
         <v>389</v>
       </c>
-      <c r="AF6" s="22" t="s">
-[...2 lines deleted...]
-      <c r="AG6" s="31" t="s">
+      <c r="AK6" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="AH6" s="2" t="s">
+      <c r="AL6" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="AI6" s="2" t="s">
+      <c r="AM6" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="AJ6" s="2" t="s">
+      <c r="AN6" s="2" t="s">
         <v>393</v>
       </c>
-      <c r="AK6" s="2" t="s">
+      <c r="AO6" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="AL6" s="2" t="s">
+      <c r="AP6" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="AM6" s="2" t="s">
+      <c r="AQ6" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="AN6" s="2" t="s">
+      <c r="AR6" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="AO6" s="2" t="s">
+      <c r="AS6" s="2" t="s">
         <v>398</v>
       </c>
-      <c r="AP6" s="2" t="s">
+      <c r="AT6" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="AQ6" s="2" t="s">
+      <c r="AU6" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="AR6" s="2" t="s">
+      <c r="AV6" s="2" t="s">
         <v>401</v>
       </c>
-      <c r="AS6" s="2" t="s">
+      <c r="AW6" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="AT6" s="2" t="s">
+      <c r="AX6" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="AU6" s="2" t="s">
+      <c r="AY6" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="AV6" s="2" t="s">
+      <c r="AZ6" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="AW6" s="2" t="s">
+      <c r="BA6" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="AX6" s="2" t="s">
+      <c r="BB6" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="AY6" s="2" t="s">
+      <c r="BC6" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="AZ6" s="2" t="s">
+      <c r="BD6" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="BA6" s="2" t="s">
+      <c r="BE6" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="BB6" s="2" t="s">
+      <c r="BF6" s="2" t="s">
         <v>411</v>
       </c>
-      <c r="BC6" s="2" t="s">
+      <c r="BG6" s="2" t="s">
         <v>412</v>
       </c>
-      <c r="BD6" s="2" t="s">
+      <c r="BH6" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="BE6" s="2" t="s">
+      <c r="BI6" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="BF6" s="2" t="s">
+      <c r="BJ6" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="BG6" s="2" t="s">
+      <c r="BK6" s="2" t="s">
         <v>416</v>
       </c>
-      <c r="BH6" s="2" t="s">
+      <c r="BL6" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="BI6" s="2" t="s">
+      <c r="BM6" s="2" t="s">
         <v>418</v>
       </c>
-      <c r="BJ6" s="2" t="s">
+      <c r="BN6" s="2" t="s">
         <v>419</v>
       </c>
-      <c r="BK6" s="2" t="s">
+      <c r="BO6" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="BL6" s="2" t="s">
+      <c r="BP6" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="BM6" s="2" t="s">
+      <c r="BQ6" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="BN6" s="2" t="s">
+      <c r="BR6" s="2" t="s">
         <v>423</v>
       </c>
-      <c r="BO6" s="2" t="s">
+      <c r="BS6" s="2" t="s">
         <v>424</v>
       </c>
-      <c r="BP6" s="2" t="s">
+      <c r="BT6" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="BQ6" s="2" t="s">
+      <c r="BU6" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="BR6" s="2" t="s">
+      <c r="BV6" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="BS6" s="2" t="s">
+      <c r="BW6" s="22" t="s">
         <v>428</v>
       </c>
-      <c r="BT6" s="2" t="s">
+      <c r="BX6" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="BU6" s="2" t="s">
+      <c r="BY6" s="2" t="s">
         <v>430</v>
       </c>
-      <c r="BV6" s="2" t="s">
+      <c r="BZ6" s="2" t="s">
         <v>431</v>
       </c>
-      <c r="BW6" s="22" t="s">
+      <c r="CA6" s="2" t="s">
         <v>432</v>
       </c>
-      <c r="BX6" s="2" t="s">
+      <c r="CB6" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="BY6" s="2" t="s">
+      <c r="CC6" s="2" t="s">
         <v>434</v>
       </c>
-      <c r="BZ6" s="2" t="s">
+      <c r="CD6" s="2" t="s">
         <v>435</v>
       </c>
-      <c r="CA6" s="2" t="s">
+      <c r="CE6" s="2" t="s">
         <v>436</v>
       </c>
-      <c r="CB6" s="2" t="s">
+      <c r="CF6" s="2" t="s">
         <v>437</v>
-      </c>
-[...10 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="7" spans="2:85" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D7" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="H7" s="2" t="s">
         <v>442</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="I7" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="J7" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="K7" s="2" t="s">
         <v>445</v>
       </c>
-      <c r="H7" s="2" t="s">
+      <c r="L7" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="I7" s="2" t="s">
+      <c r="M7" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="J7" s="2" t="s">
+      <c r="N7" s="2" t="s">
         <v>448</v>
       </c>
-      <c r="K7" s="2" t="s">
+      <c r="O7" s="2" t="s">
         <v>449</v>
       </c>
-      <c r="L7" s="2" t="s">
+      <c r="P7" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="M7" s="2" t="s">
+      <c r="Q7" s="2" t="s">
         <v>451</v>
       </c>
-      <c r="N7" s="2" t="s">
+      <c r="R7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="S7" s="2" t="s">
         <v>452</v>
       </c>
-      <c r="O7" s="2" t="s">
+      <c r="T7" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="P7" s="2" t="s">
+      <c r="U7" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="Q7" s="2" t="s">
+      <c r="V7" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="R7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="S7" s="2" t="s">
+      <c r="W7" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="T7" s="2" t="s">
+      <c r="X7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="Y7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="Z7" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="U7" s="2" t="s">
+      <c r="AA7" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="V7" s="2" t="s">
+      <c r="AB7" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="W7" s="2" t="s">
+      <c r="AC7" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="X7" s="2" t="s">
-[...5 lines deleted...]
-      <c r="Z7" s="2" t="s">
+      <c r="AD7" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="AA7" s="2" t="s">
+      <c r="AE7" s="2" t="s">
         <v>462</v>
       </c>
-      <c r="AB7" s="2" t="s">
+      <c r="AF7" s="34" t="s">
         <v>463</v>
       </c>
-      <c r="AC7" s="2" t="s">
+      <c r="AG7" s="31" t="s">
         <v>464</v>
       </c>
-      <c r="AD7" s="2" t="s">
+      <c r="AH7" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="AE7" s="2" t="s">
+      <c r="AI7" s="2" t="s">
         <v>466</v>
       </c>
-      <c r="AF7" s="34" t="s">
+      <c r="AJ7" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="AG7" s="31" t="s">
+      <c r="AK7" s="2" t="s">
         <v>468</v>
       </c>
-      <c r="AH7" s="2" t="s">
+      <c r="AL7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="AM7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="AN7" s="2" t="s">
         <v>469</v>
       </c>
-      <c r="AI7" s="2" t="s">
+      <c r="AO7" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="AJ7" s="2" t="s">
+      <c r="AP7" s="2" t="s">
         <v>471</v>
       </c>
-      <c r="AK7" s="2" t="s">
+      <c r="AQ7" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="AL7" s="2" t="s">
-[...5 lines deleted...]
-      <c r="AN7" s="2" t="s">
+      <c r="AR7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="AS7" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="AO7" s="2" t="s">
+      <c r="AT7" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="AU7" s="2" t="s">
         <v>474</v>
       </c>
-      <c r="AP7" s="2" t="s">
+      <c r="AV7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="AW7" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="AQ7" s="2" t="s">
+      <c r="AX7" s="2" t="s">
         <v>476</v>
       </c>
-      <c r="AR7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AS7" s="2" t="s">
+      <c r="AY7" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="AT7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AU7" s="2" t="s">
+      <c r="AZ7" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="AV7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AW7" s="2" t="s">
+      <c r="BA7" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="AX7" s="2" t="s">
+      <c r="BB7" s="2" t="s">
         <v>480</v>
       </c>
-      <c r="AY7" s="2" t="s">
+      <c r="BC7" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="AZ7" s="2" t="s">
+      <c r="BD7" s="2" t="s">
         <v>482</v>
       </c>
-      <c r="BA7" s="2" t="s">
+      <c r="BE7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="BF7" s="2" t="s">
         <v>483</v>
       </c>
-      <c r="BB7" s="2" t="s">
+      <c r="BG7" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="BC7" s="2" t="s">
+      <c r="BH7" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="BD7" s="2" t="s">
+      <c r="BI7" s="2" t="s">
         <v>486</v>
       </c>
-      <c r="BE7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="BF7" s="2" t="s">
+      <c r="BJ7" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="BG7" s="2" t="s">
+      <c r="BK7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="BL7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="BM7" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="BH7" s="2" t="s">
+      <c r="BN7" s="2" t="s">
         <v>489</v>
       </c>
-      <c r="BI7" s="2" t="s">
+      <c r="BO7" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="BJ7" s="2" t="s">
+      <c r="BP7" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="BK7" s="2" t="s">
-[...5 lines deleted...]
-      <c r="BM7" s="2" t="s">
+      <c r="BQ7" s="2" t="s">
         <v>492</v>
       </c>
-      <c r="BN7" s="2" t="s">
+      <c r="BR7" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="BO7" s="2" t="s">
+      <c r="BS7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="BT7" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="BP7" s="2" t="s">
+      <c r="BU7" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="BV7" s="2" t="s">
         <v>495</v>
       </c>
-      <c r="BQ7" s="2" t="s">
+      <c r="BW7" s="2" t="s">
         <v>496</v>
       </c>
-      <c r="BR7" s="2" t="s">
+      <c r="BX7" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="BS7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="BT7" s="2" t="s">
+      <c r="BY7" s="2" t="s">
         <v>498</v>
       </c>
-      <c r="BU7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="BV7" s="2" t="s">
+      <c r="BZ7" s="2" t="s">
         <v>499</v>
       </c>
-      <c r="BW7" s="2" t="s">
+      <c r="CA7" s="2" t="s">
         <v>500</v>
       </c>
-      <c r="BX7" s="2" t="s">
+      <c r="CB7" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="BY7" s="2" t="s">
+      <c r="CC7" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="BZ7" s="2" t="s">
+      <c r="CD7" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="CA7" s="2" t="s">
+      <c r="CE7" s="2" t="s">
         <v>504</v>
       </c>
-      <c r="CB7" s="2" t="s">
+      <c r="CF7" s="2" t="s">
         <v>505</v>
-      </c>
-[...10 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="8" spans="2:85" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="D8" s="3" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="I8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="N8" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="O8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="P8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="Q8" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="R8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="S8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="T8" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="U8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="V8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="W8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="X8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="Y8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="Z8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AA8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AB8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AC8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AD8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AE8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AF8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AG8" s="31" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AH8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AI8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AJ8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AK8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AL8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AM8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AN8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AO8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AP8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AQ8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AR8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AS8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AT8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AU8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AV8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AW8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AX8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AY8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="AZ8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BA8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BB8" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="BC8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BD8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BE8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BF8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BG8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BH8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BI8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BJ8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BK8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BL8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BM8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BN8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BO8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BP8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BQ8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BR8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BS8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BT8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BU8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BV8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BW8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BX8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BY8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="BZ8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="CA8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="CB8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="CC8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="CD8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="CE8" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="CF8" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
     </row>
     <row r="9" spans="2:85" s="6" customFormat="1" ht="165" x14ac:dyDescent="0.25">
       <c r="D9" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="J9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="K9" s="2" t="s">
         <v>513</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="L9" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="M9" s="2" t="s">
         <v>515</v>
       </c>
-      <c r="G9" s="2" t="s">
+      <c r="N9" s="2" t="s">
         <v>516</v>
       </c>
-      <c r="H9" s="2" t="s">
-[...8 lines deleted...]
-      <c r="K9" s="2" t="s">
+      <c r="O9" s="2" t="s">
         <v>517</v>
       </c>
-      <c r="L9" s="2" t="s">
+      <c r="P9" s="2" t="s">
         <v>518</v>
       </c>
-      <c r="M9" s="2" t="s">
+      <c r="Q9" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="N9" s="2" t="s">
+      <c r="R9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="S9" s="2" t="s">
         <v>520</v>
       </c>
-      <c r="O9" s="2" t="s">
+      <c r="T9" s="2" t="s">
         <v>521</v>
       </c>
-      <c r="P9" s="2" t="s">
+      <c r="U9" s="2" t="s">
         <v>522</v>
       </c>
-      <c r="Q9" s="2" t="s">
+      <c r="V9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="W9" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="R9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="S9" s="2" t="s">
+      <c r="X9" s="2" t="s">
         <v>524</v>
       </c>
-      <c r="T9" s="2" t="s">
+      <c r="Y9" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="Z9" s="2" t="s">
         <v>525</v>
       </c>
-      <c r="U9" s="2" t="s">
+      <c r="AA9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="AB9" s="2" t="s">
         <v>526</v>
       </c>
-      <c r="V9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W9" s="2" t="s">
+      <c r="AC9" s="2" t="s">
         <v>527</v>
       </c>
-      <c r="X9" s="2" t="s">
+      <c r="AD9" s="2" t="s">
         <v>528</v>
       </c>
-      <c r="Y9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Z9" s="2" t="s">
+      <c r="AE9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="AF9" s="2" t="s">
         <v>529</v>
       </c>
-      <c r="AA9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AB9" s="2" t="s">
+      <c r="AG9" s="31" t="s">
         <v>530</v>
       </c>
-      <c r="AC9" s="2" t="s">
+      <c r="AH9" s="2" t="s">
         <v>531</v>
       </c>
-      <c r="AD9" s="2" t="s">
+      <c r="AI9" s="2" t="s">
         <v>532</v>
       </c>
-      <c r="AE9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AF9" s="2" t="s">
+      <c r="AJ9" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="AK9" s="2" t="s">
         <v>533</v>
       </c>
-      <c r="AG9" s="31" t="s">
+      <c r="AL9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="AM9" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="AH9" s="2" t="s">
+      <c r="AN9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="AO9" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="AI9" s="2" t="s">
+      <c r="AP9" s="2" t="s">
         <v>536</v>
       </c>
-      <c r="AJ9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AK9" s="2" t="s">
+      <c r="AQ9" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="AR9" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="AS9" s="2" t="s">
         <v>537</v>
       </c>
-      <c r="AL9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AM9" s="2" t="s">
+      <c r="AT9" s="2" t="s">
         <v>538</v>
       </c>
-      <c r="AN9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AO9" s="2" t="s">
+      <c r="AU9" s="2" t="s">
         <v>539</v>
       </c>
-      <c r="AP9" s="2" t="s">
+      <c r="AV9" s="2" t="s">
         <v>540</v>
       </c>
-      <c r="AQ9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="AS9" s="2" t="s">
+      <c r="AW9" s="2" t="s">
         <v>541</v>
       </c>
-      <c r="AT9" s="2" t="s">
+      <c r="AX9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="AY9" s="2" t="s">
         <v>542</v>
       </c>
-      <c r="AU9" s="2" t="s">
+      <c r="AZ9" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="BA9" s="2" t="s">
         <v>543</v>
       </c>
-      <c r="AV9" s="2" t="s">
+      <c r="BB9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BC9" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="BD9" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="AW9" s="2" t="s">
+      <c r="BE9" s="2" t="s">
         <v>545</v>
       </c>
-      <c r="AX9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AY9" s="2" t="s">
+      <c r="BF9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BG9" s="2" t="s">
         <v>546</v>
       </c>
-      <c r="AZ9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="BA9" s="2" t="s">
+      <c r="BH9" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="BB9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="BD9" s="2" t="s">
+      <c r="BI9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BJ9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BK9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BL9" s="2" t="s">
         <v>548</v>
       </c>
-      <c r="BE9" s="2" t="s">
+      <c r="BM9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BN9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BO9" s="2" t="s">
         <v>549</v>
       </c>
-      <c r="BF9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="BG9" s="2" t="s">
+      <c r="BP9" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="BH9" s="2" t="s">
+      <c r="BQ9" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="BI9" s="2" t="s">
-[...8 lines deleted...]
-      <c r="BL9" s="2" t="s">
+      <c r="BR9" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="BM9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="BO9" s="2" t="s">
+      <c r="BS9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BT9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BU9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="BV9" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="BP9" s="2" t="s">
+      <c r="BW9" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="BX9" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="BY9" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="BQ9" s="2" t="s">
+      <c r="BZ9" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="BR9" s="2" t="s">
+      <c r="CA9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="CB9" s="2" t="s">
         <v>556</v>
       </c>
-      <c r="BS9" s="2" t="s">
-[...8 lines deleted...]
-      <c r="BV9" s="2" t="s">
+      <c r="CC9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="CD9" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="CE9" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="CF9" s="2" t="s">
         <v>557</v>
-      </c>
-[...28 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="10" spans="2:85" s="6" customFormat="1" ht="165" x14ac:dyDescent="0.25">
       <c r="D10" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="H10" s="2" t="s">
         <v>562</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="I10" s="2" t="s">
         <v>563</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="J10" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="K10" s="2" t="s">
         <v>565</v>
       </c>
-      <c r="H10" s="2" t="s">
+      <c r="L10" s="2" t="s">
         <v>566</v>
       </c>
-      <c r="I10" s="2" t="s">
+      <c r="M10" s="2" t="s">
         <v>567</v>
       </c>
-      <c r="J10" s="2" t="s">
+      <c r="N10" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="O10" s="2" t="s">
         <v>569</v>
       </c>
-      <c r="L10" s="2" t="s">
+      <c r="P10" s="2" t="s">
         <v>570</v>
       </c>
-      <c r="M10" s="2" t="s">
+      <c r="Q10" s="2" t="s">
         <v>571</v>
       </c>
-      <c r="N10" s="2" t="s">
+      <c r="R10" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="O10" s="2" t="s">
+      <c r="S10" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="P10" s="2" t="s">
+      <c r="T10" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="Q10" s="2" t="s">
+      <c r="U10" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="R10" s="2" t="s">
+      <c r="V10" s="2" t="s">
         <v>576</v>
       </c>
-      <c r="S10" s="2" t="s">
+      <c r="W10" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="T10" s="2" t="s">
+      <c r="X10" s="2" t="s">
         <v>578</v>
       </c>
-      <c r="U10" s="2" t="s">
+      <c r="Y10" s="2" t="s">
         <v>579</v>
       </c>
-      <c r="V10" s="2" t="s">
+      <c r="Z10" s="2" t="s">
         <v>580</v>
       </c>
-      <c r="W10" s="2" t="s">
+      <c r="AA10" s="2" t="s">
         <v>581</v>
       </c>
-      <c r="X10" s="2" t="s">
+      <c r="AB10" s="2" t="s">
         <v>582</v>
       </c>
-      <c r="Y10" s="2" t="s">
+      <c r="AC10" s="2" t="s">
         <v>583</v>
       </c>
-      <c r="Z10" s="2" t="s">
+      <c r="AD10" s="2" t="s">
         <v>584</v>
       </c>
-      <c r="AA10" s="2" t="s">
+      <c r="AE10" s="2" t="s">
         <v>585</v>
       </c>
-      <c r="AB10" s="2" t="s">
+      <c r="AF10" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="AC10" s="2" t="s">
+      <c r="AG10" s="31" t="s">
         <v>587</v>
       </c>
-      <c r="AD10" s="2" t="s">
+      <c r="AH10" s="2" t="s">
         <v>588</v>
       </c>
-      <c r="AE10" s="2" t="s">
+      <c r="AI10" s="2" t="s">
         <v>589</v>
       </c>
-      <c r="AF10" s="2" t="s">
+      <c r="AJ10" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="AG10" s="31" t="s">
+      <c r="AK10" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="AH10" s="2" t="s">
+      <c r="AL10" s="2" t="s">
         <v>592</v>
       </c>
-      <c r="AI10" s="2" t="s">
+      <c r="AM10" s="2" t="s">
         <v>593</v>
       </c>
-      <c r="AJ10" s="2" t="s">
+      <c r="AN10" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="AK10" s="2" t="s">
+      <c r="AO10" s="2" t="s">
         <v>595</v>
       </c>
-      <c r="AL10" s="2" t="s">
+      <c r="AP10" s="2" t="s">
         <v>596</v>
       </c>
-      <c r="AM10" s="2" t="s">
+      <c r="AQ10" s="2" t="s">
         <v>597</v>
       </c>
-      <c r="AN10" s="2" t="s">
+      <c r="AR10" s="2" t="s">
         <v>598</v>
       </c>
-      <c r="AO10" s="2" t="s">
+      <c r="AS10" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="AP10" s="2" t="s">
+      <c r="AT10" s="2" t="s">
         <v>600</v>
       </c>
-      <c r="AQ10" s="2" t="s">
+      <c r="AU10" s="2" t="s">
         <v>601</v>
       </c>
-      <c r="AR10" s="2" t="s">
+      <c r="AV10" s="2" t="s">
         <v>602</v>
       </c>
-      <c r="AS10" s="2" t="s">
+      <c r="AW10" s="2" t="s">
         <v>603</v>
       </c>
-      <c r="AT10" s="2" t="s">
+      <c r="AX10" s="2" t="s">
         <v>604</v>
       </c>
-      <c r="AU10" s="2" t="s">
+      <c r="AY10" s="2" t="s">
         <v>605</v>
       </c>
-      <c r="AV10" s="2" t="s">
+      <c r="AZ10" s="2" t="s">
         <v>606</v>
       </c>
-      <c r="AW10" s="2" t="s">
+      <c r="BA10" s="2" t="s">
         <v>607</v>
       </c>
-      <c r="AX10" s="2" t="s">
+      <c r="BB10" s="2" t="s">
         <v>608</v>
       </c>
-      <c r="AY10" s="2" t="s">
+      <c r="BC10" s="2" t="s">
         <v>609</v>
       </c>
-      <c r="AZ10" s="2" t="s">
+      <c r="BD10" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="BA10" s="2" t="s">
+      <c r="BE10" s="2" t="s">
         <v>611</v>
       </c>
-      <c r="BB10" s="2" t="s">
+      <c r="BF10" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="BC10" s="2" t="s">
+      <c r="BG10" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="BD10" s="2" t="s">
+      <c r="BH10" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="BE10" s="2" t="s">
+      <c r="BI10" s="2" t="s">
         <v>615</v>
       </c>
-      <c r="BF10" s="2" t="s">
+      <c r="BJ10" s="2" t="s">
         <v>616</v>
       </c>
-      <c r="BG10" s="2" t="s">
+      <c r="BK10" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="BH10" s="2" t="s">
+      <c r="BL10" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="BI10" s="2" t="s">
+      <c r="BM10" s="2" t="s">
         <v>619</v>
       </c>
-      <c r="BJ10" s="2" t="s">
+      <c r="BN10" s="2" t="s">
         <v>620</v>
       </c>
-      <c r="BK10" s="2" t="s">
+      <c r="BO10" s="2" t="s">
         <v>621</v>
       </c>
-      <c r="BL10" s="2" t="s">
+      <c r="BP10" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="BM10" s="2" t="s">
+      <c r="BQ10" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="BN10" s="2" t="s">
+      <c r="BR10" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="BO10" s="2" t="s">
+      <c r="BS10" s="2" t="s">
         <v>625</v>
       </c>
-      <c r="BP10" s="2" t="s">
+      <c r="BT10" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="BQ10" s="2" t="s">
+      <c r="BU10" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="BR10" s="2" t="s">
+      <c r="BV10" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="BS10" s="2" t="s">
+      <c r="BW10" s="2" t="s">
         <v>629</v>
       </c>
-      <c r="BT10" s="2" t="s">
+      <c r="BX10" s="2" t="s">
         <v>630</v>
       </c>
-      <c r="BU10" s="2" t="s">
+      <c r="BY10" s="2" t="s">
         <v>631</v>
       </c>
-      <c r="BV10" s="2" t="s">
+      <c r="BZ10" s="22" t="s">
         <v>632</v>
       </c>
-      <c r="BW10" s="2" t="s">
+      <c r="CA10" s="2" t="s">
         <v>633</v>
       </c>
-      <c r="BX10" s="2" t="s">
+      <c r="CB10" s="2" t="s">
         <v>634</v>
       </c>
-      <c r="BY10" s="2" t="s">
+      <c r="CC10" s="2" t="s">
         <v>635</v>
       </c>
-      <c r="BZ10" s="22" t="s">
+      <c r="CD10" s="22" t="s">
         <v>636</v>
       </c>
-      <c r="CA10" s="2" t="s">
+      <c r="CE10" s="2" t="s">
         <v>637</v>
       </c>
-      <c r="CB10" s="2" t="s">
+      <c r="CF10" s="2" t="s">
         <v>638</v>
-      </c>
-[...10 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="11" spans="2:85" s="6" customFormat="1" ht="120" x14ac:dyDescent="0.25">
       <c r="D11" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="H11" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="I11" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="J11" s="2" t="s">
         <v>644</v>
       </c>
-      <c r="F11" s="2" t="s">
+      <c r="K11" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="G11" s="2" t="s">
+      <c r="L11" s="2" t="s">
         <v>646</v>
       </c>
-      <c r="H11" s="2" t="s">
+      <c r="M11" s="2" t="s">
         <v>647</v>
       </c>
-      <c r="I11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J11" s="2" t="s">
+      <c r="N11" s="2" t="s">
         <v>648</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="O11" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="P11" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="L11" s="2" t="s">
+      <c r="Q11" s="2" t="s">
         <v>650</v>
       </c>
-      <c r="M11" s="2" t="s">
+      <c r="R11" s="2" t="s">
         <v>651</v>
       </c>
-      <c r="N11" s="2" t="s">
+      <c r="S11" s="2" t="s">
         <v>652</v>
       </c>
-      <c r="O11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="P11" s="2" t="s">
+      <c r="T11" s="2" t="s">
         <v>653</v>
       </c>
-      <c r="Q11" s="2" t="s">
+      <c r="U11" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="R11" s="2" t="s">
+      <c r="V11" s="2" t="s">
         <v>655</v>
       </c>
-      <c r="S11" s="2" t="s">
+      <c r="W11" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="T11" s="2" t="s">
+      <c r="X11" s="2" t="s">
         <v>657</v>
       </c>
-      <c r="U11" s="2" t="s">
+      <c r="Y11" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="V11" s="2" t="s">
+      <c r="Z11" s="2" t="s">
         <v>659</v>
       </c>
-      <c r="W11" s="2" t="s">
+      <c r="AA11" s="2" t="s">
         <v>660</v>
       </c>
-      <c r="X11" s="2" t="s">
+      <c r="AB11" s="2" t="s">
         <v>661</v>
       </c>
-      <c r="Y11" s="2" t="s">
+      <c r="AC11" s="2" t="s">
         <v>662</v>
       </c>
-      <c r="Z11" s="2" t="s">
+      <c r="AD11" s="2" t="s">
         <v>663</v>
       </c>
-      <c r="AA11" s="2" t="s">
+      <c r="AE11" s="2" t="s">
         <v>664</v>
       </c>
-      <c r="AB11" s="2" t="s">
+      <c r="AF11" s="2" t="s">
         <v>665</v>
       </c>
-      <c r="AC11" s="2" t="s">
+      <c r="AG11" s="31" t="s">
         <v>666</v>
       </c>
-      <c r="AD11" s="2" t="s">
+      <c r="AH11" s="2" t="s">
         <v>667</v>
       </c>
-      <c r="AE11" s="2" t="s">
+      <c r="AI11" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="AJ11" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="AF11" s="2" t="s">
+      <c r="AK11" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="AG11" s="31" t="s">
+      <c r="AL11" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="AM11" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="AN11" s="2" t="s">
         <v>670</v>
       </c>
-      <c r="AH11" s="2" t="s">
+      <c r="AO11" s="2" t="s">
         <v>671</v>
       </c>
-      <c r="AI11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="AJ11" s="2" t="s">
+      <c r="AP11" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="AK11" s="2" t="s">
+      <c r="AQ11" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="AL11" s="2" t="s">
-[...5 lines deleted...]
-      <c r="AN11" s="2" t="s">
+      <c r="AR11" s="2" t="s">
         <v>674</v>
       </c>
-      <c r="AO11" s="2" t="s">
+      <c r="AS11" s="2" t="s">
         <v>675</v>
       </c>
-      <c r="AP11" s="2" t="s">
+      <c r="AT11" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="AQ11" s="2" t="s">
+      <c r="AU11" s="2" t="s">
         <v>677</v>
       </c>
-      <c r="AR11" s="2" t="s">
+      <c r="AV11" s="2" t="s">
         <v>678</v>
       </c>
-      <c r="AS11" s="2" t="s">
+      <c r="AW11" s="2" t="s">
         <v>679</v>
       </c>
-      <c r="AT11" s="2" t="s">
+      <c r="AX11" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="AU11" s="2" t="s">
+      <c r="AY11" s="2" t="s">
         <v>681</v>
       </c>
-      <c r="AV11" s="2" t="s">
+      <c r="AZ11" s="2" t="s">
         <v>682</v>
       </c>
-      <c r="AW11" s="2" t="s">
+      <c r="BA11" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="AX11" s="2" t="s">
+      <c r="BB11" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="BC11" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="BD11" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="BE11" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="AY11" s="2" t="s">
+      <c r="BF11" s="2" t="s">
         <v>685</v>
       </c>
-      <c r="AZ11" s="2" t="s">
+      <c r="BG11" s="2" t="s">
         <v>686</v>
       </c>
-      <c r="BA11" s="2" t="s">
+      <c r="BH11" s="2" t="s">
         <v>687</v>
       </c>
-      <c r="BB11" s="2" t="s">
-[...8 lines deleted...]
-      <c r="BE11" s="2" t="s">
+      <c r="BI11" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="BF11" s="2" t="s">
+      <c r="BJ11" s="22" t="s">
         <v>689</v>
       </c>
-      <c r="BG11" s="2" t="s">
+      <c r="BK11" s="2" t="s">
         <v>690</v>
       </c>
-      <c r="BH11" s="2" t="s">
+      <c r="BL11" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="BM11" s="2" t="s">
         <v>691</v>
       </c>
-      <c r="BI11" s="2" t="s">
+      <c r="BN11" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="BO11" s="2" t="s">
         <v>692</v>
       </c>
-      <c r="BJ11" s="22" t="s">
+      <c r="BP11" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="BQ11" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="BR11" s="2" t="s">
         <v>693</v>
       </c>
-      <c r="BK11" s="2" t="s">
+      <c r="BS11" s="2" t="s">
         <v>694</v>
       </c>
-      <c r="BL11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="BM11" s="2" t="s">
+      <c r="BT11" s="2" t="s">
         <v>695</v>
       </c>
-      <c r="BN11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="BO11" s="2" t="s">
+      <c r="BU11" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="BV11" s="2" t="s">
         <v>696</v>
       </c>
-      <c r="BP11" s="2" t="s">
-[...5 lines deleted...]
-      <c r="BR11" s="2" t="s">
+      <c r="BW11" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="BX11" s="2" t="s">
         <v>697</v>
       </c>
-      <c r="BS11" s="2" t="s">
+      <c r="BY11" s="2" t="s">
         <v>698</v>
       </c>
-      <c r="BT11" s="2" t="s">
+      <c r="BZ11" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="CA11" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="CB11" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="CC11" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="CD11" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="BU11" s="2" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="CE11" s="2" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="CF11" s="2" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
     </row>
     <row r="12" spans="2:85" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D12" s="4" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="F12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="G12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="H12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="I12" s="29" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="J12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="K12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="L12" s="36" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="M12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="N12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="O12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="P12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="Q12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="R12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="S12" s="29" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="T12" s="25" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="U12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="V12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="W12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="X12" s="25" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="Y12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="Z12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="AA12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AB12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AC12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AD12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AE12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AF12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AG12" s="32" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AH12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AI12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AJ12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AK12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AL12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AM12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="AN12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AO12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="AP12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AQ12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AR12" s="28" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AS12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="AT12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="AU12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="AV12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AW12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AX12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AY12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="AZ12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BA12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="BB12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BC12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="BD12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="BE12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BF12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BG12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="BH12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BI12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BJ12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="BK12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BL12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BM12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BN12" s="7" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="BO12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BP12" s="7" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="BQ12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BR12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BS12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BT12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BU12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BV12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BW12" s="34" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BX12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BY12" s="27" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="BZ12" s="27" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="CA12" s="27" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="CB12" s="27" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="CC12" s="16" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="CD12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="CE12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="CF12" s="26" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
     </row>
     <row r="13" spans="2:85" x14ac:dyDescent="0.25">
       <c r="B13" s="10" t="s">
+        <v>703</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>704</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>705</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="I13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="J13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="K13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="L13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="M13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="N13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="O13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="P13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="Q13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="R13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="S13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="T13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="U13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="V13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="W13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="X13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="Y13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="Z13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AA13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AB13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AC13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AD13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AE13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AF13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AG13" s="33" t="s">
+        <v>706</v>
+      </c>
+      <c r="AH13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AI13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AJ13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AK13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AL13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AM13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AN13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AO13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AP13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AQ13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AR13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AS13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AT13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AU13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AV13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AW13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AX13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AY13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="AZ13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BA13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BB13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BC13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BD13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BE13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BF13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BG13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BH13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BI13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BJ13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BK13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BL13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BM13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BN13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BO13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BP13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BQ13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BR13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BS13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BT13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BU13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BV13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BW13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BX13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BY13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="BZ13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="CA13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="CB13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="CC13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="CD13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="CE13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="CF13" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="CG13" s="9" t="s">
         <v>707</v>
-      </c>
-[...247 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="14" spans="2:85" ht="45" x14ac:dyDescent="0.25">
       <c r="B14" s="11" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="D14" s="12">
         <v>1</v>
       </c>
       <c r="E14" s="13">
         <v>0.05</v>
       </c>
       <c r="F14" s="13">
         <v>0.5</v>
       </c>
       <c r="G14" s="13">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="H14" s="13">
         <v>0</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="J14" s="13">
         <v>0.15</v>
       </c>
       <c r="K14" s="13">
         <v>0</v>
       </c>
       <c r="L14" s="13">
         <v>0.05</v>
       </c>
       <c r="M14" s="13">
         <v>0</v>
       </c>
       <c r="N14" s="13">
         <v>0.1</v>
       </c>
       <c r="O14" s="13">
         <v>0.4</v>
       </c>
       <c r="P14" s="13">
         <v>0.1</v>
       </c>
       <c r="Q14" s="13">
         <v>0</v>
       </c>
       <c r="R14" s="13">
         <v>0</v>
       </c>
       <c r="S14" s="13">
         <v>0.1</v>
       </c>
       <c r="T14" s="13">
         <v>0.13</v>
       </c>
       <c r="U14" s="13">
         <v>0</v>
       </c>
       <c r="V14" s="13">
         <v>0</v>
       </c>
       <c r="W14" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="X14" s="13">
         <v>0.25</v>
       </c>
       <c r="Y14" s="13">
         <v>0.25</v>
       </c>
       <c r="Z14" s="13">
         <v>0.05</v>
       </c>
       <c r="AA14" s="13">
         <v>0.4</v>
       </c>
       <c r="AB14" s="13">
         <v>0</v>
       </c>
       <c r="AC14" s="13">
         <v>0</v>
       </c>
       <c r="AD14" s="13">
         <v>0.1</v>
       </c>
       <c r="AE14" s="13">
         <v>0.01</v>
       </c>
@@ -6667,51 +6667,51 @@
       <c r="AX14" s="13">
         <v>0</v>
       </c>
       <c r="AY14" s="13">
         <v>0.05</v>
       </c>
       <c r="AZ14" s="13">
         <v>0</v>
       </c>
       <c r="BA14" s="13">
         <v>0.1</v>
       </c>
       <c r="BB14" s="13">
         <v>0</v>
       </c>
       <c r="BC14" s="13">
         <v>0.05</v>
       </c>
       <c r="BD14" s="13">
         <v>0.15</v>
       </c>
       <c r="BE14" s="13">
         <v>0.05</v>
       </c>
       <c r="BF14" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BG14" s="13">
         <v>0.1</v>
       </c>
       <c r="BH14" s="13">
         <v>0.2</v>
       </c>
       <c r="BI14" s="13">
         <v>0.1943</v>
       </c>
       <c r="BJ14" s="13">
         <v>0.2</v>
       </c>
       <c r="BK14" s="13">
         <v>0.32500000000000001</v>
       </c>
       <c r="BL14" s="13">
         <v>0.03</v>
       </c>
       <c r="BM14" s="13">
         <v>0</v>
       </c>
       <c r="BN14" s="13">
         <v>0.25</v>
       </c>
@@ -6733,1031 +6733,1031 @@
       <c r="BT14" s="13">
         <v>0.45</v>
       </c>
       <c r="BU14" s="13">
         <v>0</v>
       </c>
       <c r="BV14" s="13">
         <v>0.25</v>
       </c>
       <c r="BW14" s="13">
         <v>2.8E-3</v>
       </c>
       <c r="BX14" s="13">
         <v>0</v>
       </c>
       <c r="BY14" s="13">
         <v>0.12</v>
       </c>
       <c r="BZ14" s="13">
         <v>0</v>
       </c>
       <c r="CA14" s="13">
         <v>0.01</v>
       </c>
       <c r="CB14" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="CC14" s="13">
         <v>0.1</v>
       </c>
       <c r="CD14" s="13">
         <v>0.15</v>
       </c>
       <c r="CE14" s="13">
         <v>0.5</v>
       </c>
       <c r="CF14" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
     </row>
     <row r="15" spans="2:85" ht="30" x14ac:dyDescent="0.25">
       <c r="B15" s="11" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="D15" s="12">
         <v>1</v>
       </c>
       <c r="E15" s="13">
         <v>0</v>
       </c>
       <c r="F15" s="13">
         <v>0.5</v>
       </c>
       <c r="G15" s="13">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="H15" s="13">
         <v>0</v>
       </c>
       <c r="I15" s="13">
         <v>0.05</v>
       </c>
       <c r="J15" s="13">
         <v>0.1</v>
       </c>
       <c r="K15" s="13">
         <v>0</v>
       </c>
       <c r="L15" s="13">
         <v>0.05</v>
       </c>
       <c r="M15" s="13">
         <v>0</v>
       </c>
       <c r="N15" s="13">
         <v>0.05</v>
       </c>
       <c r="O15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="P15" s="13">
         <v>0.1</v>
       </c>
       <c r="Q15" s="13">
         <v>0</v>
       </c>
       <c r="R15" s="13">
         <v>0</v>
       </c>
       <c r="S15" s="13">
         <v>0.1</v>
       </c>
       <c r="T15" s="13">
         <v>0.1</v>
       </c>
       <c r="U15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="V15" s="13">
         <v>0</v>
       </c>
       <c r="W15" s="13">
         <v>0.01</v>
       </c>
       <c r="X15" s="13">
         <v>0.1</v>
       </c>
       <c r="Y15" s="13">
         <v>0</v>
       </c>
       <c r="Z15" s="13">
         <v>0.05</v>
       </c>
       <c r="AA15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AB15" s="13">
         <v>0</v>
       </c>
       <c r="AC15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AD15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AE15" s="13">
         <v>0.01</v>
       </c>
       <c r="AF15" s="13">
         <v>0.1</v>
       </c>
       <c r="AG15" s="37">
         <v>0</v>
       </c>
       <c r="AH15" s="13">
         <v>0.22</v>
       </c>
       <c r="AI15" s="13">
         <v>0.45</v>
       </c>
       <c r="AJ15" s="13">
         <v>0</v>
       </c>
       <c r="AK15" s="13">
         <v>0.05</v>
       </c>
       <c r="AL15" s="13">
         <v>0.05</v>
       </c>
       <c r="AM15" s="13">
         <v>0.01</v>
       </c>
       <c r="AN15" s="13">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="AO15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AP15" s="13">
         <v>0.25</v>
       </c>
       <c r="AQ15" s="13">
         <v>0</v>
       </c>
       <c r="AR15" s="13">
         <v>0.01</v>
       </c>
       <c r="AS15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AT15" s="13">
         <v>0</v>
       </c>
       <c r="AU15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AV15" s="13">
         <v>0.05</v>
       </c>
       <c r="AW15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AX15" s="13">
         <v>0</v>
       </c>
       <c r="AY15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AZ15" s="13">
         <v>0</v>
       </c>
       <c r="BA15" s="13">
         <v>0.05</v>
       </c>
       <c r="BB15" s="13">
         <v>0</v>
       </c>
       <c r="BC15" s="13">
         <v>0.05</v>
       </c>
       <c r="BD15" s="13">
         <v>0.1</v>
       </c>
       <c r="BE15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BF15" s="13">
         <v>0.2</v>
       </c>
       <c r="BG15" s="13">
         <v>0.1</v>
       </c>
       <c r="BH15" s="13">
         <v>0.1</v>
       </c>
       <c r="BI15" s="13">
         <v>0.05</v>
       </c>
       <c r="BJ15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BK15" s="13">
         <v>0.32500000000000001</v>
       </c>
       <c r="BL15" s="13">
         <v>0.03</v>
       </c>
       <c r="BM15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BN15" s="13">
         <v>0.25</v>
       </c>
       <c r="BO15" s="13">
         <v>0.25</v>
       </c>
       <c r="BP15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BQ15" s="13">
         <v>0.1</v>
       </c>
       <c r="BR15" s="13">
         <v>0.2</v>
       </c>
       <c r="BS15" s="13">
         <v>0</v>
       </c>
       <c r="BT15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BU15" s="13">
         <v>0</v>
       </c>
       <c r="BV15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BW15" s="13">
         <v>0.25</v>
       </c>
       <c r="BX15" s="13">
         <v>0</v>
       </c>
       <c r="BY15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BZ15" s="13">
         <v>0</v>
       </c>
       <c r="CA15" s="13">
         <v>0.01</v>
       </c>
       <c r="CB15" s="13">
         <v>0</v>
       </c>
       <c r="CC15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="CD15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="CE15" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="CF15" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:85" x14ac:dyDescent="0.25">
       <c r="B16" s="11" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="D16" s="12">
         <v>1</v>
       </c>
       <c r="E16" s="13">
         <v>0.05</v>
       </c>
       <c r="F16" s="13">
         <v>0.5</v>
       </c>
       <c r="G16" s="13">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="H16" s="13">
         <v>0</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="J16" s="13">
         <v>0.15</v>
       </c>
       <c r="K16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="L16" s="13">
         <v>0.05</v>
       </c>
       <c r="M16" s="13">
         <v>0</v>
       </c>
       <c r="N16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="O16" s="13">
         <v>0.4</v>
       </c>
       <c r="P16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="Q16" s="13">
         <v>0</v>
       </c>
       <c r="R16" s="13" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="S16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="T16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="U16" s="13">
         <v>0.05</v>
       </c>
       <c r="V16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="W16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="X16" s="13">
         <v>0.1</v>
       </c>
       <c r="Y16" s="13">
         <v>0.25</v>
       </c>
       <c r="Z16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AA16" s="13">
         <v>0.4</v>
       </c>
       <c r="AB16" s="13">
         <v>0</v>
       </c>
       <c r="AC16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AD16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AE16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AF16" s="37">
         <v>0.05</v>
       </c>
       <c r="AG16" s="37">
         <v>0</v>
       </c>
       <c r="AH16" s="13">
         <v>0.05</v>
       </c>
       <c r="AI16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AJ16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AK16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AL16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AM16" s="13">
         <v>0.01</v>
       </c>
       <c r="AN16" s="13" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AO16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AP16" s="13">
         <v>0.25</v>
       </c>
       <c r="AQ16" s="13">
         <v>0</v>
       </c>
       <c r="AR16" s="13">
         <v>0.01</v>
       </c>
       <c r="AS16" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AT16" s="13">
         <v>0</v>
       </c>
       <c r="AU16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AV16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AW16" s="13">
         <v>0</v>
       </c>
       <c r="AX16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="AY16" s="13">
         <v>0.05</v>
       </c>
       <c r="AZ16" s="13">
         <v>0</v>
       </c>
       <c r="BA16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BB16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BC16" s="13">
         <v>0</v>
       </c>
       <c r="BD16" s="13">
         <v>0.1</v>
       </c>
       <c r="BE16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BF16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BG16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BH16" s="13">
         <v>0.2</v>
       </c>
       <c r="BI16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BJ16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BK16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BL16" s="13">
         <v>0.03</v>
       </c>
       <c r="BM16" s="13">
         <v>0</v>
       </c>
       <c r="BN16" s="13">
         <v>0.25</v>
       </c>
       <c r="BO16" s="13">
         <v>0.25</v>
       </c>
       <c r="BP16" s="13">
         <v>0</v>
       </c>
       <c r="BQ16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BR16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BS16" s="13">
         <v>0</v>
       </c>
       <c r="BT16" s="13">
         <v>0.45</v>
       </c>
       <c r="BU16" s="13">
         <v>0</v>
       </c>
       <c r="BV16" s="13">
         <v>0.25</v>
       </c>
       <c r="BW16" s="13">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="BX16" s="13">
         <v>0</v>
       </c>
       <c r="BY16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="BZ16" s="13">
         <v>0</v>
       </c>
       <c r="CA16" s="13">
         <v>0.01</v>
       </c>
       <c r="CB16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="CC16" s="13">
         <v>0.1</v>
       </c>
       <c r="CD16" s="13">
         <v>0.15</v>
       </c>
       <c r="CE16" s="13">
         <v>0.5</v>
       </c>
       <c r="CF16" s="15" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
     </row>
     <row r="17" spans="2:84" ht="30" x14ac:dyDescent="0.25">
       <c r="B17" s="18" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>707</v>
+      </c>
+      <c r="E17" s="17" t="s">
+        <v>716</v>
+      </c>
+      <c r="F17" s="17" t="s">
+        <v>717</v>
+      </c>
+      <c r="G17" s="17" t="s">
+        <v>718</v>
+      </c>
+      <c r="H17" s="17" t="s">
         <v>719</v>
       </c>
-      <c r="D17" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="17" t="s">
+      <c r="I17" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="J17" s="17" t="s">
         <v>720</v>
       </c>
-      <c r="F17" s="17" t="s">
+      <c r="K17" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="L17" s="17" t="s">
         <v>721</v>
       </c>
-      <c r="G17" s="17" t="s">
+      <c r="M17" s="17" t="s">
         <v>722</v>
       </c>
-      <c r="H17" s="17" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="O17" s="17" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="P17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="Q17" s="17" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="R17" s="17"/>
       <c r="S17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="T17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="U17" s="17" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="V17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="W17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="X17" s="17" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="Y17" s="17" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="Z17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AA17" s="17" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="AB17" s="17" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="AC17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AD17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AE17" s="17"/>
       <c r="AF17" s="38" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="AG17" s="38" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="AH17" s="17" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="AI17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AJ17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AK17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AL17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AM17" s="17" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="AN17" s="17"/>
       <c r="AO17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AP17" s="17" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="AQ17" s="17" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="AR17" s="17" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="AS17" s="17" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="AT17" s="17" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="AU17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AV17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AW17" s="17" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="AX17" s="17"/>
       <c r="AY17" s="17" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="AZ17" s="17" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="BA17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BB17" s="17"/>
       <c r="BC17" s="17" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="BD17" s="17" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="BE17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BF17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BG17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BH17" s="17" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="BI17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BJ17" s="17"/>
       <c r="BK17" s="17"/>
       <c r="BL17" s="17" t="s">
+        <v>740</v>
+      </c>
+      <c r="BM17" s="17" t="s">
+        <v>741</v>
+      </c>
+      <c r="BN17" s="17" t="s">
+        <v>259</v>
+      </c>
+      <c r="BO17" s="17" t="s">
+        <v>742</v>
+      </c>
+      <c r="BP17" s="17" t="s">
+        <v>261</v>
+      </c>
+      <c r="BQ17" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="BR17" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="BS17" s="17" t="s">
+        <v>743</v>
+      </c>
+      <c r="BT17" s="17" t="s">
+        <v>265</v>
+      </c>
+      <c r="BU17" s="17" t="s">
         <v>744</v>
       </c>
-      <c r="BM17" s="17" t="s">
+      <c r="BV17" s="17" t="s">
         <v>745</v>
       </c>
-      <c r="BN17" s="17" t="s">
-[...2 lines deleted...]
-      <c r="BO17" s="17" t="s">
+      <c r="BW17" s="17" t="s">
         <v>746</v>
       </c>
-      <c r="BP17" s="17" t="s">
-[...11 lines deleted...]
-      <c r="BT17" s="17" t="s">
+      <c r="BX17" s="17" t="s">
         <v>269</v>
       </c>
-      <c r="BU17" s="17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BY17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BZ17" s="17" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="CA17" s="17" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="CB17" s="17"/>
       <c r="CC17" s="17" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="CD17" s="17" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="CE17" s="17" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="CF17" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
     </row>
     <row r="18" spans="2:84" ht="75" x14ac:dyDescent="0.25">
       <c r="B18" s="14"/>
       <c r="C18" s="2" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="D18" s="14"/>
       <c r="E18" s="17" t="s">
+        <v>749</v>
+      </c>
+      <c r="F18" s="17" t="s">
+        <v>750</v>
+      </c>
+      <c r="G18" s="17" t="s">
+        <v>751</v>
+      </c>
+      <c r="H18" s="17" t="s">
+        <v>752</v>
+      </c>
+      <c r="I18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="J18" s="17" t="s">
         <v>753</v>
       </c>
-      <c r="F18" s="17" t="s">
+      <c r="K18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="L18" s="17" t="s">
         <v>754</v>
       </c>
-      <c r="G18" s="17" t="s">
+      <c r="M18" s="17" t="s">
         <v>755</v>
       </c>
-      <c r="H18" s="17" t="s">
+      <c r="N18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="O18" s="17" t="s">
         <v>756</v>
       </c>
-      <c r="I18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="J18" s="17" t="s">
+      <c r="P18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="Q18" s="17" t="s">
         <v>757</v>
-      </c>
-[...19 lines deleted...]
-        <v>761</v>
       </c>
       <c r="R18" s="17"/>
       <c r="S18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="T18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="U18" s="17" t="s">
+        <v>758</v>
+      </c>
+      <c r="V18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="W18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="X18" s="17" t="s">
+        <v>759</v>
+      </c>
+      <c r="Y18" s="17" t="s">
+        <v>760</v>
+      </c>
+      <c r="Z18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="AA18" s="17" t="s">
+        <v>761</v>
+      </c>
+      <c r="AB18" s="17" t="s">
         <v>762</v>
       </c>
-      <c r="V18" s="17" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="AC18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AD18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AE18" s="17"/>
       <c r="AF18" s="38" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="AG18" s="38" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="AH18" s="17" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="AI18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AJ18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AK18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AL18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AM18" s="17" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="AN18" s="17"/>
       <c r="AO18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AP18" s="17" t="s">
+        <v>767</v>
+      </c>
+      <c r="AQ18" s="17" t="s">
+        <v>768</v>
+      </c>
+      <c r="AR18" s="17" t="s">
+        <v>769</v>
+      </c>
+      <c r="AS18" s="17" t="s">
+        <v>770</v>
+      </c>
+      <c r="AT18" s="17" t="s">
         <v>771</v>
       </c>
-      <c r="AQ18" s="17" t="s">
+      <c r="AU18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="AV18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="AW18" s="17" t="s">
         <v>772</v>
-      </c>
-[...16 lines deleted...]
-        <v>776</v>
       </c>
       <c r="AX18" s="17"/>
       <c r="AY18" s="17" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="AZ18" s="17" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="BA18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BB18" s="17"/>
       <c r="BC18" s="17" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="BD18" s="17" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="BE18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BF18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BG18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BH18" s="17" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="BI18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="BJ18" s="17"/>
       <c r="BK18" s="17"/>
       <c r="BL18" s="17" t="s">
+        <v>778</v>
+      </c>
+      <c r="BM18" s="17" t="s">
+        <v>779</v>
+      </c>
+      <c r="BN18" s="17" t="s">
+        <v>780</v>
+      </c>
+      <c r="BO18" s="17" t="s">
+        <v>781</v>
+      </c>
+      <c r="BP18" s="17" t="s">
         <v>782</v>
       </c>
-      <c r="BM18" s="17" t="s">
+      <c r="BQ18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="BR18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="BS18" s="17" t="s">
         <v>783</v>
       </c>
-      <c r="BN18" s="17" t="s">
+      <c r="BT18" s="17" t="s">
         <v>784</v>
       </c>
-      <c r="BO18" s="17" t="s">
+      <c r="BU18" s="17" t="s">
         <v>785</v>
       </c>
-      <c r="BP18" s="17" t="s">
+      <c r="BV18" s="17" t="s">
         <v>786</v>
       </c>
-      <c r="BQ18" s="17" t="s">
-[...5 lines deleted...]
-      <c r="BS18" s="17" t="s">
+      <c r="BW18" s="17" t="s">
+        <v>783</v>
+      </c>
+      <c r="BX18" s="17" t="s">
         <v>787</v>
       </c>
-      <c r="BT18" s="17" t="s">
+      <c r="BY18" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="BZ18" s="17" t="s">
+        <v>785</v>
+      </c>
+      <c r="CA18" s="17" t="s">
         <v>788</v>
-      </c>
-[...19 lines deleted...]
-        <v>792</v>
       </c>
       <c r="CB18" s="17"/>
       <c r="CC18" s="17" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="CD18" s="17" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="CE18" s="17" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="CF18" s="17" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:CF17">
     <sortCondition ref="E2:CF2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="CE7" r:id="rId1" xr:uid="{DB133E24-1C26-4056-BBD6-7C1A4A37C9C4}"/>
     <hyperlink ref="E12" r:id="rId2" xr:uid="{7DD9035E-D6E1-4371-85F6-60FBC624A085}"/>
     <hyperlink ref="F12" r:id="rId3" xr:uid="{826E55C7-9963-40A2-9F0F-0EC7AF7C1FA7}"/>
     <hyperlink ref="I12" r:id="rId4" xr:uid="{19915B09-7899-47D4-8317-5F1250EF4B0E}"/>
     <hyperlink ref="J12" r:id="rId5" xr:uid="{B422FBD4-012C-4495-A883-724D99CFA7CF}"/>
     <hyperlink ref="K12" r:id="rId6" xr:uid="{DE7990BC-4D6A-4748-8210-EE4112F4E125}"/>
     <hyperlink ref="N12" r:id="rId7" xr:uid="{728CD25D-18D3-445B-90EF-721C7250CE37}"/>
     <hyperlink ref="O12" r:id="rId8" xr:uid="{8C351978-60A4-4A7A-A15A-CDB479290D25}"/>
     <hyperlink ref="P12" r:id="rId9" xr:uid="{9BC56873-E57B-41B6-837B-625BFDAAB2AF}"/>
     <hyperlink ref="Q12" r:id="rId10" xr:uid="{5E2536FE-DA5F-4910-A41F-7A3C82023607}"/>
     <hyperlink ref="S12" r:id="rId11" xr:uid="{5BA31BE3-F99F-450D-9330-8FB374FF02F7}"/>
     <hyperlink ref="U12" r:id="rId12" xr:uid="{88961891-9748-485B-8F47-8B58D9BCBEA7}"/>
     <hyperlink ref="V12" r:id="rId13" xr:uid="{E7BEE412-68D9-4BBD-8E6A-5BC8DE516F18}"/>
     <hyperlink ref="W12" r:id="rId14" xr:uid="{1885F35A-1A9E-4491-B813-9C7665904EDC}"/>
     <hyperlink ref="Y12" r:id="rId15" xr:uid="{A7A4A05D-B5F8-444B-923F-F195EF5F9295}"/>
     <hyperlink ref="AA12" r:id="rId16" xr:uid="{001B4F76-7342-4134-A5E1-FC15FC09AD22}"/>
     <hyperlink ref="AB12" r:id="rId17" xr:uid="{165B7EA4-B6B8-4128-8AAE-74A1310689F8}"/>
     <hyperlink ref="AC12" r:id="rId18" xr:uid="{751089DC-046F-4A59-A52D-20F2E19D6A19}"/>