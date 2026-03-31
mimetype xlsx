--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7415 Welding Equipment, Supplies, Gases and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7182DCC-44F0-4847-A518-E4BEC9D652D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F2ABC843-9079-4C37-9627-3903E6D1C723}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="140">
   <si>
@@ -1180,86 +1180,84 @@
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -1534,864 +1532,864 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7415/PSI%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7415/Harrington%20Pricing.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7415/SYOXSAPriceList_ASCRegion19_21-7415_20210809.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7415/Harrington%20Pricing.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B1:G50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="6" width="30.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="19.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="14" style="1" customWidth="1"/>
     <col min="9" max="9" width="12" style="1" customWidth="1"/>
     <col min="10" max="10" width="14" style="1" customWidth="1"/>
     <col min="11" max="11" width="12" style="1" customWidth="1"/>
     <col min="12" max="12" width="14" style="1" customWidth="1"/>
     <col min="13" max="13" width="12" style="1" customWidth="1"/>
     <col min="14" max="14" width="14" style="1" customWidth="1"/>
     <col min="15" max="15" width="12" style="1" customWidth="1"/>
     <col min="16" max="16" width="14" style="1" customWidth="1"/>
     <col min="17" max="17" width="12" style="1" customWidth="1"/>
     <col min="18" max="18" width="14" style="1" customWidth="1"/>
     <col min="19" max="19" width="12" style="1" customWidth="1"/>
     <col min="20" max="20" width="14" style="1" customWidth="1"/>
     <col min="21" max="21" width="12" style="1" customWidth="1"/>
     <col min="22" max="22" width="14" style="1" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="45" x14ac:dyDescent="0.25">
       <c r="E1" s="15" t="s">
         <v>0</v>
       </c>
-      <c r="F1" s="17" t="s">
+      <c r="F1" s="16" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="2" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D2" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="E2" s="18" t="s">
+      <c r="E2" s="17" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D3" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="19" t="s">
+      <c r="E3" s="18" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="D4" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="E4" s="19" t="s">
+      <c r="E4" s="18" t="s">
         <v>8</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D5" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="E5" s="19" t="s">
+      <c r="E5" s="18" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D6" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="E6" s="19" t="s">
+      <c r="E6" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D7" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="19" t="s">
+      <c r="E7" s="18" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D8" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="E8" s="19" t="s">
+      <c r="E8" s="18" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="D9" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="E9" s="19" t="s">
+      <c r="E9" s="18" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="75" x14ac:dyDescent="0.25">
       <c r="D10" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="E10" s="19" t="s">
+      <c r="E10" s="18" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="D11" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="E11" s="19" t="s">
+      <c r="E11" s="18" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="2:7" x14ac:dyDescent="0.25">
       <c r="D12" s="14" t="s">
         <v>30</v>
       </c>
-      <c r="E12" s="20" t="s">
+      <c r="E12" s="19" t="s">
         <v>31</v>
       </c>
-      <c r="F12" s="16" t="s">
+      <c r="F12" s="27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E13" s="21" t="s">
+      <c r="E13" s="20" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="30" x14ac:dyDescent="0.25">
       <c r="B14" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="5">
         <v>1</v>
       </c>
-      <c r="E14" s="22"/>
+      <c r="E14" s="21"/>
       <c r="F14" s="8"/>
     </row>
     <row r="15" spans="2:7" ht="210" x14ac:dyDescent="0.25">
       <c r="B15" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="5">
         <v>1</v>
       </c>
-      <c r="E15" s="23">
+      <c r="E15" s="22">
         <v>0.25</v>
       </c>
       <c r="F15" s="9">
         <v>0.25</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B16" s="4"/>
       <c r="C16" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D16" s="5"/>
-      <c r="E16" s="24" t="s">
+      <c r="E16" s="23" t="s">
         <v>42</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B17" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="5">
         <v>1</v>
       </c>
-      <c r="E17" s="25" t="s">
+      <c r="E17" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="8"/>
     </row>
     <row r="18" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B18" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="5">
         <v>1</v>
       </c>
-      <c r="E18" s="22" t="s">
+      <c r="E18" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="19" spans="2:6" ht="45" x14ac:dyDescent="0.25">
       <c r="B19" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="5">
         <v>1</v>
       </c>
-      <c r="E19" s="22" t="s">
+      <c r="E19" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="20" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B20" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="5">
         <v>1</v>
       </c>
-      <c r="E20" s="22" t="s">
+      <c r="E20" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B21" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="5">
         <v>1</v>
       </c>
-      <c r="E21" s="22" t="s">
+      <c r="E21" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F21" s="8" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="22" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B22" s="4" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="5">
         <v>1</v>
       </c>
-      <c r="E22" s="22" t="s">
+      <c r="E22" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="23" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B23" s="4" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="5">
         <v>1</v>
       </c>
-      <c r="E23" s="22" t="s">
+      <c r="E23" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="24" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B24" s="4" t="s">
         <v>59</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="5">
         <v>1</v>
       </c>
-      <c r="E24" s="22" t="s">
+      <c r="E24" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="25" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="5">
         <v>1</v>
       </c>
-      <c r="E25" s="22" t="s">
+      <c r="E25" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="26" spans="2:6" x14ac:dyDescent="0.25">
-      <c r="B26" s="26" t="s">
+      <c r="B26" s="25" t="s">
         <v>63</v>
       </c>
-      <c r="C26" s="27" t="s">
+      <c r="C26" s="26" t="s">
         <v>64</v>
       </c>
-      <c r="D26" s="27">
-[...2 lines deleted...]
-      <c r="E26" s="22" t="s">
+      <c r="D26" s="26">
+        <v>1</v>
+      </c>
+      <c r="E26" s="21" t="s">
         <v>36</v>
       </c>
-      <c r="F26" s="22">
+      <c r="F26" s="21">
         <v>2515.62</v>
       </c>
     </row>
     <row r="27" spans="2:6" x14ac:dyDescent="0.25">
-      <c r="B27" s="26" t="s">
+      <c r="B27" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="C27" s="27" t="s">
+      <c r="C27" s="26" t="s">
         <v>66</v>
       </c>
-      <c r="D27" s="27">
-[...2 lines deleted...]
-      <c r="E27" s="22" t="s">
+      <c r="D27" s="26">
+        <v>1</v>
+      </c>
+      <c r="E27" s="21" t="s">
         <v>36</v>
       </c>
-      <c r="F27" s="22">
+      <c r="F27" s="21">
         <v>2885.96</v>
       </c>
     </row>
     <row r="28" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B28" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="5">
         <v>1</v>
       </c>
-      <c r="E28" s="25" t="s">
+      <c r="E28" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="29" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B29" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="5">
         <v>1</v>
       </c>
-      <c r="E29" s="25" t="s">
+      <c r="E29" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F29" s="8" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="30" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B30" s="4" t="s">
         <v>71</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="5">
         <v>1</v>
       </c>
-      <c r="E30" s="25" t="s">
+      <c r="E30" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="31" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B31" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="5">
         <v>1</v>
       </c>
-      <c r="E31" s="25" t="s">
+      <c r="E31" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="32" spans="2:6" ht="60" x14ac:dyDescent="0.25">
       <c r="B32" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="5">
         <v>1</v>
       </c>
-      <c r="E32" s="25" t="s">
+      <c r="E32" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F32" s="8" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="33" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B33" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="5">
         <v>1</v>
       </c>
-      <c r="E33" s="25" t="s">
+      <c r="E33" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="34" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B34" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>80</v>
       </c>
       <c r="D34" s="5">
         <v>1</v>
       </c>
-      <c r="E34" s="25" t="s">
+      <c r="E34" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="35" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B35" s="4" t="s">
         <v>81</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="5">
         <v>1</v>
       </c>
-      <c r="E35" s="25" t="s">
+      <c r="E35" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="36" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B36" s="4" t="s">
         <v>83</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="5">
         <v>1</v>
       </c>
-      <c r="E36" s="25" t="s">
+      <c r="E36" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F36" s="8" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="37" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B37" s="4" t="s">
         <v>85</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="5">
         <v>1</v>
       </c>
-      <c r="E37" s="25" t="s">
+      <c r="E37" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="38" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B38" s="4" t="s">
         <v>87</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>88</v>
       </c>
       <c r="D38" s="5">
         <v>1</v>
       </c>
-      <c r="E38" s="25" t="s">
+      <c r="E38" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F38" s="8" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="39" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B39" s="4" t="s">
         <v>89</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>90</v>
       </c>
       <c r="D39" s="5">
         <v>1</v>
       </c>
-      <c r="E39" s="25" t="s">
+      <c r="E39" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F39" s="8" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="40" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B40" s="4" t="s">
         <v>91</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D40" s="5">
         <v>1</v>
       </c>
-      <c r="E40" s="25" t="s">
+      <c r="E40" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F40" s="8" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="41" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B41" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D41" s="5">
         <v>1</v>
       </c>
-      <c r="E41" s="25" t="s">
+      <c r="E41" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F41" s="8" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="42" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B42" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="5">
         <v>1</v>
       </c>
-      <c r="E42" s="25" t="s">
+      <c r="E42" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F42" s="8" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="43" spans="2:7" ht="75" x14ac:dyDescent="0.25">
       <c r="B43" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="5">
         <v>1</v>
       </c>
-      <c r="E43" s="25" t="s">
+      <c r="E43" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F43" s="8" t="s">
         <v>135</v>
       </c>
-      <c r="G43" s="17"/>
+      <c r="G43" s="16"/>
     </row>
     <row r="44" spans="2:7" ht="75" x14ac:dyDescent="0.25">
       <c r="B44" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>100</v>
       </c>
       <c r="D44" s="5">
         <v>1</v>
       </c>
-      <c r="E44" s="25" t="s">
+      <c r="E44" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F44" s="8" t="s">
         <v>136</v>
       </c>
-      <c r="G44" s="17"/>
+      <c r="G44" s="16"/>
     </row>
     <row r="45" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B45" s="4" t="s">
         <v>101</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>102</v>
       </c>
       <c r="D45" s="5">
         <v>1</v>
       </c>
-      <c r="E45" s="25" t="s">
+      <c r="E45" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F45" s="8" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="46" spans="2:7" ht="60" x14ac:dyDescent="0.25">
       <c r="B46" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>104</v>
       </c>
       <c r="D46" s="5">
         <v>1</v>
       </c>
-      <c r="E46" s="25" t="s">
+      <c r="E46" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F46" s="8" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="47" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B47" s="4" t="s">
         <v>105</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>106</v>
       </c>
       <c r="D47" s="5">
         <v>1</v>
       </c>
-      <c r="E47" s="25" t="s">
+      <c r="E47" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F47" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:7" ht="45" x14ac:dyDescent="0.25">
       <c r="B48" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>108</v>
       </c>
       <c r="D48" s="5">
         <v>1</v>
       </c>
-      <c r="E48" s="25" t="s">
+      <c r="E48" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F48" s="8" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="49" spans="2:6" ht="30" x14ac:dyDescent="0.25">
       <c r="B49" s="4" t="s">
         <v>109</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>110</v>
       </c>
       <c r="D49" s="5">
         <v>1</v>
       </c>
-      <c r="E49" s="25" t="s">
+      <c r="E49" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F49" s="9">
         <v>0.25</v>
       </c>
     </row>
     <row r="50" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B50" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>36</v>
       </c>
       <c r="D50" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>36</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E12" r:id="rId1" xr:uid="{0CA8A689-4F1D-4617-A799-349015A6C940}"/>
-    <hyperlink ref="F12" r:id="rId2" xr:uid="{E835BDB6-4E43-4BC7-B29B-5D4E5AF78560}"/>
+    <hyperlink ref="F12" r:id="rId2" xr:uid="{72F67BEC-9981-4DA6-A174-D944C966C3C7}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId3"/>
   <headerFooter>
     <oddFooter>&amp;R21-7415 Addendum 1 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>