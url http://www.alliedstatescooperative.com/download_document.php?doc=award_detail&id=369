--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7402 Industrial Pumps, Motors, Filters, Flow Meters and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F74852B-1083-405F-BFAC-60CDBFFC3733}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E334D408-E84A-4AFA-8591-ADCE873B96F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="347" uniqueCount="167">
   <si>
@@ -673,102 +673,102 @@
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> jgamboa@paso-tex.net</t>
     </r>
   </si>
   <si>
     <t>(915) 822-8879 x405</t>
   </si>
   <si>
     <t>Yes, we pass along expedite charges to the customer. Greg Fogel 915-822-8879 Ext 405</t>
   </si>
   <si>
     <t>*updated 7/26/23, 2/16/24</t>
   </si>
   <si>
     <t>*updated 5/16/22, 10/18/22, 2/14/24, 9/5/24, 11/5/24</t>
   </si>
   <si>
     <t>*updated 7/30/25</t>
   </si>
   <si>
-    <t>*updated 2/28/22, 8/27/25</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Liber Holdings LLC
 Roger Brown Co LLC
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>RBC Industrial LLC (Liber Holdings LLC)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>4026 N. Mesa St, Ste A, El Paso, TX 79902</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 3950 Doniphan Dr. Ste P El Paso, TX 79922</t>
     </r>
   </si>
   <si>
     <t>*updated 10/28/21, 2/6/24, 10/7/25</t>
   </si>
   <si>
     <t>*updated as of 06/29/2021, 4/21/25, 4/28/25, 7/7/25, 10/1/25, 10/6/25, 10/10/25</t>
   </si>
   <si>
-    <t>*updated 5/2/25, 10/14/25</t>
-[...2 lines deleted...]
-    <t>*updated 4/6/21, 3/17/25, 9/5/25, 10/7/25, 10/10/25, 10/14/25</t>
+    <t>*updated 5/2/25, 10/14/25, 11/7/25, 11/19/25, 12/1/25</t>
+  </si>
+  <si>
+    <t>*updated 2/28/22, 8/27/25, 12/3/25</t>
+  </si>
+  <si>
+    <t>*updated 4/6/21, 3/17/25, 9/5/25, 10/7/25, 10/10/25, 10/14/25, 11/4/25, 12/1/25, 12/12/25, 12/17/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1244,100 +1244,100 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Western%20Environmental%20Mgmt%20Corp%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Paso-Tex%20Industries%20LLC%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/VMP%20Industrial%20Sales%20Inc%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Liber%20Holdings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/El%20Paso%20Phoenix%20Pumps.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/REMSA%20USA%20Inc%20Pricing.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/PureOps%20LLC%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Prime%20Pump%20Service%20LLC.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="16" customWidth="1"/>
     <col min="5" max="12" width="30.7109375" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="45" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:13" ht="60" x14ac:dyDescent="0.25">
       <c r="E1" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F1" s="22" t="s">
         <v>166</v>
       </c>
       <c r="G1" s="22" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>158</v>
       </c>
       <c r="I1" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="J1" s="1" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>159</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="2" spans="2:13" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="B2" s="22"/>
       <c r="C2" s="22"/>
       <c r="D2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="23" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="23" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G2" s="23" t="s">
         <v>2</v>
       </c>
       <c r="H2" s="23" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="23" t="s">
         <v>4</v>
       </c>
       <c r="J2" s="23" t="s">
         <v>5</v>
       </c>
       <c r="K2" s="23" t="s">
         <v>6</v>
       </c>
       <c r="L2" s="23" t="s">
         <v>146</v>
       </c>
       <c r="M2" s="22"/>
     </row>
     <row r="3" spans="2:13" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="7" t="s">
@@ -1357,51 +1357,51 @@
       </c>
       <c r="I3" s="4" t="s">
         <v>11</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>13</v>
       </c>
       <c r="L3" s="24" t="s">
         <v>147</v>
       </c>
       <c r="M3" s="22"/>
     </row>
     <row r="4" spans="2:13" s="9" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="B4" s="22"/>
       <c r="C4" s="22"/>
       <c r="D4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="24" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>18</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="24" t="s">
         <v>148</v>
       </c>
       <c r="M4" s="22"/>
     </row>
     <row r="5" spans="2:13" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="B5" s="22"/>
       <c r="C5" s="22"/>
       <c r="D5" s="7" t="s">