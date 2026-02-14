--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -5,819 +5,851 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7402 Industrial Pumps, Motors, Filters, Flow Meters and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E334D408-E84A-4AFA-8591-ADCE873B96F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D8FF86C1-05C2-4C53-9A14-7D50B05A924F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="347" uniqueCount="167">
   <si>
+    <t>*updated 2/28/22, 8/27/25, 12/3/25</t>
+  </si>
+  <si>
+    <t>*updated 4/6/21, 3/17/25, 9/5/25, 10/7/25, 10/10/25, 10/14/25, 11/4/25, 12/1/25, 12/12/25, 12/17/25</t>
+  </si>
+  <si>
+    <t>*updated 10/28/21, 2/6/24, 10/7/25</t>
+  </si>
+  <si>
+    <t>*updated 5/16/22, 10/18/22, 2/14/24, 9/5/24, 11/5/24</t>
+  </si>
+  <si>
+    <t>*updated as of 06/29/2021, 4/21/25, 4/28/25, 7/7/25, 10/1/25, 10/6/25, 10/10/25, 1/5/26</t>
+  </si>
+  <si>
+    <t>*updated 7/26/23, 2/16/24</t>
+  </si>
+  <si>
     <t>Company Name…</t>
   </si>
   <si>
     <t>El Paso Phoenix Pumps, Inc.</t>
-  </si>
-[...632 lines deleted...]
-    <t>*updated 7/30/25</t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Liber Holdings LLC
 Roger Brown Co LLC
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>RBC Industrial LLC (Liber Holdings LLC)</t>
     </r>
   </si>
   <si>
+    <t>Paso-Tex Industries, LLC</t>
+  </si>
+  <si>
+    <t>Prime Pump Service LLC</t>
+  </si>
+  <si>
+    <t>PureOps, LLC</t>
+  </si>
+  <si>
+    <t>REMSA (REMSA USA INC.)</t>
+  </si>
+  <si>
+    <t>V.M.P. Industrial Sales, Inc.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Western Environmental Management Corp Ltd</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Chem-Aqua, Inc.</t>
+    </r>
+  </si>
+  <si>
+    <t>Company Contact…</t>
+  </si>
+  <si>
+    <t>Mike Beltran</t>
+  </si>
+  <si>
+    <t>Elva Munoz</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Greg Fogel</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> Jessie Gamboa</t>
+    </r>
+  </si>
+  <si>
+    <t>Ruben Montero</t>
+  </si>
+  <si>
+    <t>Brandon Garcia</t>
+  </si>
+  <si>
+    <t>Jafet Mireles</t>
+  </si>
+  <si>
+    <t>Jaime Perez</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Kelly Laird</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Greg Vogel or Michelle Hathaway</t>
+    </r>
+  </si>
+  <si>
+    <t>Company Address…</t>
+  </si>
+  <si>
+    <t>26 Butterfield Trail, El Paso, Texas 79906</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>4026 N. Mesa St, Ste A, El Paso, TX 79902</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> 3950 Doniphan Dr. Ste P El Paso, TX 79922</t>
     </r>
   </si>
   <si>
-    <t>*updated 10/28/21, 2/6/24, 10/7/25</t>
-[...11 lines deleted...]
-    <t>*updated 4/6/21, 3/17/25, 9/5/25, 10/7/25, 10/10/25, 10/14/25, 11/4/25, 12/1/25, 12/12/25, 12/17/25</t>
+    <t>11221-B Rojas Dr., Suite 115, El Paso, TX 79935</t>
+  </si>
+  <si>
+    <t>11610 ERNEST RD EL PASO TEXAS,79927</t>
+  </si>
+  <si>
+    <t>7362 Remcon Circle, El Paso TX 79912</t>
+  </si>
+  <si>
+    <t>14500 Sam Hawken Rd. El Paso Texas 79938</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>480 S Americas Ste. A-8</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> 1045 Kessler EL Paso, Tx. 79907</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>3106 E. Greene Street, Carlsbad NM  88220 (PO Box 1807, Carlsbad NM  88221)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+2727 Chemsearch Blvd. Irving, TX 75062</t>
+    </r>
+  </si>
+  <si>
+    <t>Contact Email Address…</t>
+  </si>
+  <si>
+    <t>mikeb@elpasophoenixpumps.com</t>
+  </si>
+  <si>
+    <t>sales@rogerbrownco.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>greg@paso-tex.net</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve"> jgamboa@paso-tex.net</t>
+    </r>
+  </si>
+  <si>
+    <t>MONTEROR42@YAHOO.COM</t>
+  </si>
+  <si>
+    <t>brandon@pureops.com</t>
+  </si>
+  <si>
+    <t>Jafet_sales@remsausainc.com</t>
+  </si>
+  <si>
+    <t>jperez@vmpindustrialsales.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>kelly_laird@wemwater.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+greg.vogel@chemaqua.com</t>
+    </r>
+  </si>
+  <si>
+    <t>Company Phone Number…</t>
+  </si>
+  <si>
+    <t>(915) 757-1300</t>
+  </si>
+  <si>
+    <t>(915) 845-8188</t>
+  </si>
+  <si>
+    <t>(915) 822-8879 x405</t>
+  </si>
+  <si>
+    <t>(915) 780-9398</t>
+  </si>
+  <si>
+    <t>(575) 644-0571</t>
+  </si>
+  <si>
+    <t>(915) 855-8621</t>
+  </si>
+  <si>
+    <t>(915) 590-5554</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(575) 885-5709</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+575-635-8835</t>
+    </r>
+  </si>
+  <si>
+    <t>Company Website…</t>
+  </si>
+  <si>
+    <t>HTTP://www.elpasophoenixpumps.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.rogerbrownco.com</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>http://www.Primepumpservice.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.pureops.com</t>
+  </si>
+  <si>
+    <t>HTTP://www.remsausainc.com</t>
+  </si>
+  <si>
+    <t>HTTP://WWW.VMPINDUSTRIALSALES.COM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>HTTP://www.wemwater.com</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+www.chemaqua.com</t>
+    </r>
+  </si>
+  <si>
+    <t>S&amp;H included in pricing…</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>S&amp;H (expedite fees)…</t>
+  </si>
+  <si>
+    <t>Yes, if customer/client requests emergency expedited services out of the normal delivery quoted.</t>
+  </si>
+  <si>
+    <t>Yes, if the item is not in stock, we will charge shipping or use the customer's account to ship. Elva Munoz is the POC</t>
+  </si>
+  <si>
+    <t>Yes, we pass along expedite charges to the customer. Greg Fogel 915-822-8879 Ext 405</t>
+  </si>
+  <si>
+    <t>YES Expedite and special orders have a different prices depending on Item, weight and origin of product. Please contact Ruben Montero for complete details on new orders.</t>
+  </si>
+  <si>
+    <t>Yes, Brandon Garcia will be the point of contact for expediting materials and equipment. Expediting charges are figured on a case by case basis and will be charged accordingly.</t>
+  </si>
+  <si>
+    <t>Yes Jafet Mireles is in charge for expedited repairs for motors, transformers and submersible pumps and yes there's additional fees because there might be overtime labor that we must pay our employees to expedite the services and shipping.</t>
+  </si>
+  <si>
+    <t>Yes Most Of The Products Are ppd &amp; add Most Of The Time Jaime G. Perez</t>
+  </si>
+  <si>
+    <t>Yes - for expediting services, this usually requires an additional fee for this service.   Kelly Laird</t>
+  </si>
+  <si>
+    <t>Products/Services Provided…</t>
+  </si>
+  <si>
+    <t>Industrial and Municipal Pump distributor and authorized repair center</t>
+  </si>
+  <si>
+    <t>mechanical power transmission, electric motors, HVAC, bearings, belts, couplings, gearbox, gear reducer, VFD, bushings, controls, pneumatics, hydraulics, janitorial supplies, cleaning chemicals, lubricants, roller chain,</t>
+  </si>
+  <si>
+    <t>Products; Valves, actuators, pumps, motors, RO system products, and replacement parts for all of theses items. Services; field service and repair of pumps , actuators, valves,; and machining of special application products.</t>
+  </si>
+  <si>
+    <t>sales, service and new installation of industrial equipment which include pumps, Electric motors and controls. Removal of equipment, repair , and installation of new equipment.</t>
+  </si>
+  <si>
+    <t>PureOps is an industry leader in the sale and service of the following products: Chemical feed and safety systems, chlorination systems, chemical and odor scrubbers, pumps, fiberglass shelters, flow meters, filtration systems and instrumentation.</t>
+  </si>
+  <si>
+    <t>Remsa repairs electric  motors,transformers,submersible pumps, motor laser alignment, general machine work, Transformer service/repair and failure analysis, new motor supply machine work services,</t>
+  </si>
+  <si>
+    <t>We Service Agriculture, Industrial, Residential, And Municipal Industries. Pumping Equipment, Sales And Service, Parts, Repairs, Installations, And Fabrication</t>
+  </si>
+  <si>
+    <t>Industrial water treatment chemicals for boilers, cooling towers, closed loops and associated equipment.  Services provided are to test chemicals in equipment and provide recommendations.</t>
+  </si>
+  <si>
+    <t>Areas Served…</t>
+  </si>
+  <si>
+    <t>El Paso, Pecos county, as well as southern New Mexico</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico</t>
+  </si>
+  <si>
+    <t>TEXAS AND NEW MEXICO</t>
+  </si>
+  <si>
+    <t>Texas, New Mexico, Arizona</t>
+  </si>
+  <si>
+    <t>Texas and New Mexico</t>
+  </si>
+  <si>
+    <t>Texas And New Mexico</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Texas (El Paso) and New Mexico</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+All States</t>
+    </r>
+  </si>
+  <si>
+    <t>Price Link…</t>
+  </si>
+  <si>
+    <t>Price Link</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Price Link       
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Contact Purchasing for pricelists not provided in price link.</t>
+    </r>
+  </si>
+  <si>
+    <t>Line #</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>QTY</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>CENTRIFUGAL PUMPS TO INCLUDE BUT NOT LIMITED TO HORIZONTAL END SUCTION, VERTICAL MULTI-STAGE, SELF PRIMING, IN LINE, SPLIT CASE, CLOSE AND LONG COUPLED.</t>
+  </si>
+  <si>
+    <t>No Bid</t>
+  </si>
+  <si>
+    <t>1.1</t>
+  </si>
+  <si>
+    <t>% DISCOUNT FROM MANUFACTURER'S PRICE LIST</t>
+  </si>
+  <si>
+    <t>LIST OF MANUFACTURER(S)</t>
+  </si>
+  <si>
+    <t>Goulds, G&amp;L, Armstrong, Bell &amp; Gossett, Berkeley, Aurora, Barnes, Taco, Fybroc, Dean, Paco, Burks, AMT, Deming, Peerless, Grundfos,</t>
+  </si>
+  <si>
+    <t>Aurora pumps AMT Pump Taco pumps Bell&amp;Gossett, Armstrong.</t>
+  </si>
+  <si>
+    <t>Goulds,Grundfos, Bell &amp; Gossett, Johnson Pumps, Berkley,Burks,Armstrong,Aurora Pumps, Taco, Fybroc,Dean,Peerless, Fairbanks</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>POSITIVE DISPLACEMENT PUMPS TO INCLUDE BUT NOT LIMITED TO GEAR, ROTARY LOBE, HOSE, PISTON  PROGRESSING CAVITY PUMPS.</t>
+  </si>
+  <si>
+    <t>2.1</t>
+  </si>
+  <si>
+    <t>Viking, Roper, Lobepro, Seepex, Blackmer, CAT, Hydracell, Netzch,LMI, Milton Roy, Pulsafeeder, Neptune, Waukesha, Q Pumps, Wrightflow, Watson Marlow, Sandpiper, Graco, Wilden</t>
+  </si>
+  <si>
+    <t>LOBEPRO, CAT PUMPS</t>
+  </si>
+  <si>
+    <t>Vogelsang,Gardner Denver, Flow Rox, Pulsa Feeder, FMC, Roper, Seepex, Moyno, Watson-Marlow, Graco,Lobeline, Penn Valley</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>DEWATERING, SUMP, AND SEWAGE PUMPS TO INCLUDE BUT NOT LIMITED TO DEWATERING, GROUND WATER, WASTEWATER, CONSTRUCTION  MINING.</t>
+  </si>
+  <si>
+    <t>3.1</t>
+  </si>
+  <si>
+    <t>Sulzer ABS, G&amp;L, Goulds, Ebara, Myers, Barnes, PowerFlo, Little Giant, Cornell, Hydromatic, AMT, BJM, Flygt, Gorman Rupp, Stancor, Tramco,</t>
+  </si>
+  <si>
+    <t>Liberty pumps And Tsurumi pumps</t>
+  </si>
+  <si>
+    <t>All makes and models</t>
+  </si>
+  <si>
+    <t>HCP Pumps, Mody Pums,Stancor, Ebara, BJM, Liberty,Hydromatic, Flyght, Piranha,Triple D, Gorman Rupp,Park, Sulzeer, Wastecorp, Tsurumi, Cornell, JWC Muffin Monster, Franklin, Fairbanks</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>MAGNETIC DRIVEN, CHEMICAL, AND METERING PUMPS TO INCLUDE BUT NOT LIMITED TO PUMPING HAZARDOUS, AGGRESSIVE, AND HARD TO SEAL LIQUIDS, HIGH PURITY CHEMICALS, SOLVENTS, ACIDS, AND BASES.</t>
+  </si>
+  <si>
+    <t>4.1</t>
+  </si>
+  <si>
+    <t>Iwaki, Sethco, Seepex, Goulds, Fybroc, March, Price, Thermo Fisher, Masterflex, LMI, Pulsafeeder, Neptune, Alldos, Stenner, Prominent, Finish Thompson</t>
+  </si>
+  <si>
+    <t>Pulsafeeder, LMI, Sigmamotor, Regal</t>
+  </si>
+  <si>
+    <t>Nomad, Wilden,Warrender,Magnatex, Peerless, Shanley, Blue-White</t>
+  </si>
+  <si>
+    <t>WALCHEM Metering Pumps</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>DIAPHRAGM PUMPS TO INCLUDE BUT NOT LIMITED TO APPLICATIONS RANGING FROM CLEANROOM TO BULK CHEMICAL TRANSFER OF HIGH SOLID SLURRIES.</t>
+  </si>
+  <si>
+    <t>5.1</t>
+  </si>
+  <si>
+    <t>Wilden, ARO, Ingersoll Rand, Yamada, Sandpiper, Warren Rupp, Versamatic, All-Flo, Ramparts, Graco,</t>
+  </si>
+  <si>
+    <t>ARO Pumps</t>
+  </si>
+  <si>
+    <t>Pulsafeeder, LMI, Sigmamotor, Homa</t>
+  </si>
+  <si>
+    <t>Flow Rox, LMI, Nomad, ALL-Flo, Ceraco, Versamatic</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>VACUUM PUMPS</t>
+  </si>
+  <si>
+    <t>6.1</t>
+  </si>
+  <si>
+    <t>Gast, Becker, Busch, Travaini, Nash Elmo, Sihi, Welch, Tuthill, Kinney, Ratchel Thomas, Gardner Denver, Dekker</t>
+  </si>
+  <si>
+    <t>Tuthill, US Vacuum, Gardner Denver,Travaini</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>MOTORS, CONTROLS,  DRIVES TO INCLUDE BUT NOT LIMITED TO ALL TYPE MOTORS, CONTROL PANELS, GEAR REDUCERS, AND VARIABLE FREQUENCY DRIVES.</t>
+  </si>
+  <si>
+    <t>7.1</t>
+  </si>
+  <si>
+    <t>Baldor, WEG, US Motor, Franklin Electric, Aquavar, Nord, Worldwide Electric, SJE Rhombus, Conery MFG.</t>
+  </si>
+  <si>
+    <t>Leeson, Marathon, Groves, Cone Drive, Browning, SKF, Regal Beloit, Martin Sprocket &amp; Gear, C3 Controls, Allied Moulding</t>
+  </si>
+  <si>
+    <t>Tech Top Electric Motors and drives, U.s electric Motors, Century Electric Motors, Marathon Electric motors, world wide electric electric motors and drives.</t>
+  </si>
+  <si>
+    <t>SJE Rhombus</t>
+  </si>
+  <si>
+    <t>Baldor,Nord, Bronco, Weg, Marathon, US Motor. Penn Valley, Dan Foss</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>METERS, FILTERS, AND STRAINERS TO INCLUDE BUT NOT LIMITED TO FLOW METERS, FILTRATION, AND STAINER COMPONENTS.</t>
+  </si>
+  <si>
+    <t>8.1</t>
+  </si>
+  <si>
+    <t>LC Meter, Neptune, McCrometer, GPI, Viking Strainers, Colton MFG, FSI Filters, Pall Filters, Rosedale, Hayward</t>
+  </si>
+  <si>
+    <t>Dwyer Instruments</t>
+  </si>
+  <si>
+    <t>Armstrong filters and strainers</t>
+  </si>
+  <si>
+    <t>Master Meter, LAKOS Filtration, Lakos,  Kasco</t>
+  </si>
+  <si>
+    <t>Universal,Omega, Sparling,Sure Flow, Check-All, Cuno, FluidTek, Camfil,Glass Floss</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>SERVICE WORK</t>
+  </si>
+  <si>
+    <t>9.1</t>
+  </si>
+  <si>
+    <t>HOURLY RATE FOR CONSULTATION</t>
+  </si>
+  <si>
+    <t>9.2</t>
+  </si>
+  <si>
+    <t>HOURLY RATE FOR REPAIRS</t>
+  </si>
+  <si>
+    <t>9.3</t>
+  </si>
+  <si>
+    <t>PERCENT MARKUP OVER COST FOR PARTS ON REPAIRS</t>
+  </si>
+  <si>
+    <t>9.4</t>
+  </si>
+  <si>
+    <t>PICKUP AND DELIVERY FEES (IF ANY) FOR AREAS SERVED</t>
+  </si>
+  <si>
+    <t>*updated 7/30/25, 1/6/26, 1/7/26</t>
+  </si>
+  <si>
+    <t>*updated 5/2/25, 10/14/25, 11/7/25, 11/19/25, 12/1/25, 1/5/26, 1/6/26, 1/9/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
@@ -841,51 +873,51 @@
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
@@ -913,50 +945,53 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1244,1479 +1279,1479 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Western%20Environmental%20Mgmt%20Corp%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Paso-Tex%20Industries%20LLC%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/VMP%20Industrial%20Sales%20Inc%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Liber%20Holdings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/El%20Paso%20Phoenix%20Pumps.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/REMSA%20USA%20Inc%20Pricing.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/PureOps%20LLC%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Prime%20Pump%20Service%20LLC.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="16" customWidth="1"/>
     <col min="5" max="12" width="30.7109375" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="60" x14ac:dyDescent="0.25">
       <c r="E1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="F1" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="K1" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="F1" s="22" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L1" s="1" t="s">
-        <v>157</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="2:13" s="9" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="B2" s="22"/>
       <c r="C2" s="22"/>
       <c r="D2" s="6" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E2" s="23" t="s">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F2" s="23" t="s">
-        <v>160</v>
+        <v>8</v>
       </c>
       <c r="G2" s="23" t="s">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="H2" s="23" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I2" s="23" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="J2" s="23" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="K2" s="23" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L2" s="23" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="M2" s="22"/>
     </row>
     <row r="3" spans="2:13" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B3" s="22"/>
       <c r="C3" s="22"/>
       <c r="D3" s="7" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="G3" s="24" t="s">
-        <v>153</v>
+        <v>18</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="I3" s="4" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="J3" s="4" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="K3" s="4" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="L3" s="24" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="M3" s="22"/>
     </row>
     <row r="4" spans="2:13" s="9" customFormat="1" ht="75" x14ac:dyDescent="0.25">
       <c r="B4" s="22"/>
       <c r="C4" s="22"/>
       <c r="D4" s="7" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F4" s="24" t="s">
-        <v>161</v>
+        <v>26</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I4" s="4" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="J4" s="4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>30</v>
+      </c>
+      <c r="K4" s="25" t="s">
+        <v>31</v>
       </c>
       <c r="L4" s="24" t="s">
-        <v>148</v>
+        <v>32</v>
       </c>
       <c r="M4" s="22"/>
     </row>
     <row r="5" spans="2:13" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="B5" s="22"/>
       <c r="C5" s="22"/>
       <c r="D5" s="7" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G5" s="24" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="I5" s="4" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="J5" s="4" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="L5" s="24" t="s">
-        <v>149</v>
+        <v>41</v>
       </c>
       <c r="M5" s="22"/>
     </row>
     <row r="6" spans="2:13" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="B6" s="22"/>
       <c r="C6" s="22"/>
       <c r="D6" s="7" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="G6" s="24" t="s">
-        <v>155</v>
+        <v>45</v>
       </c>
       <c r="H6" s="4" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I6" s="4" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="J6" s="4" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L6" s="24" t="s">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="M6" s="22"/>
     </row>
     <row r="7" spans="2:13" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="B7" s="22"/>
       <c r="C7" s="22"/>
       <c r="D7" s="7" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="H7" s="4" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="I7" s="4" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="J7" s="4" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="L7" s="24" t="s">
-        <v>151</v>
+        <v>59</v>
       </c>
       <c r="M7" s="22"/>
     </row>
     <row r="8" spans="2:13" s="9" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B8" s="22"/>
       <c r="C8" s="22"/>
       <c r="D8" s="7" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="G8" s="4" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="H8" s="4" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="J8" s="4" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="M8" s="22"/>
     </row>
     <row r="9" spans="2:13" s="9" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="7" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="G9" s="24" t="s">
-        <v>156</v>
+        <v>66</v>
       </c>
       <c r="H9" s="4" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="I9" s="4" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="J9" s="4" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="M9" s="22"/>
     </row>
     <row r="10" spans="2:13" s="9" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="B10" s="22"/>
       <c r="C10" s="22"/>
       <c r="D10" s="7" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="G10" s="4" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H10" s="4" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="I10" s="4" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="J10" s="4" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="M10" s="22"/>
     </row>
     <row r="11" spans="2:13" s="9" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="B11" s="22"/>
       <c r="C11" s="22"/>
       <c r="D11" s="7" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="H11" s="4" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="I11" s="4" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="J11" s="4" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="L11" s="24" t="s">
-        <v>152</v>
+        <v>89</v>
       </c>
       <c r="M11" s="22"/>
     </row>
     <row r="12" spans="2:13" s="9" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="B12" s="22"/>
       <c r="C12" s="22"/>
       <c r="D12" s="8" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="E12" s="21" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="F12" s="21" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="G12" s="21" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="H12" s="21" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="I12" s="21" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="J12" s="21" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="K12" s="21" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="L12" s="21" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="M12" s="22"/>
     </row>
     <row r="13" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="D13" s="17" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="E13" s="10" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="F13" s="10" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="G13" s="10" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="H13" s="10" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="I13" s="10" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="J13" s="10" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="K13" s="10" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="L13" s="10" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="2:13" ht="75" x14ac:dyDescent="0.25">
       <c r="B14" s="3" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="D14" s="18">
         <v>1</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F14" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="G14" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H14" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I14" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="J14" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="K14" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L14" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="2:13" ht="30" x14ac:dyDescent="0.25">
       <c r="B15" s="3" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D15" s="18">
         <v>1</v>
       </c>
       <c r="E15" s="12">
         <v>0.15</v>
       </c>
       <c r="F15" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G15" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H15" s="12">
         <v>0.08</v>
       </c>
       <c r="I15" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J15" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K15" s="12">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="L15" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="16" spans="2:13" ht="75" x14ac:dyDescent="0.25">
       <c r="B16" s="3"/>
       <c r="C16" s="4" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D16" s="18"/>
       <c r="E16" s="11" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="F16" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G16" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H16" s="11" t="s">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="I16" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J16" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K16" s="11" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="L16" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="17" spans="2:12" ht="60" x14ac:dyDescent="0.25">
       <c r="B17" s="3" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>89</v>
+        <v>108</v>
       </c>
       <c r="D17" s="18">
         <v>1</v>
       </c>
       <c r="E17" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F17" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="G17" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H17" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I17" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="J17" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="K17" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L17" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B18" s="3" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D18" s="18">
         <v>1</v>
       </c>
       <c r="E18" s="12">
         <v>0.15</v>
       </c>
       <c r="F18" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G18" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H18" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="I18" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J18" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K18" s="12">
         <v>0.1</v>
       </c>
       <c r="L18" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="19" spans="2:12" ht="105" x14ac:dyDescent="0.25">
       <c r="B19" s="3"/>
       <c r="C19" s="4" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D19" s="18"/>
       <c r="E19" s="11" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="F19" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G19" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H19" s="11" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="I19" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J19" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K19" s="11" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="L19" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="20" spans="2:12" ht="75" x14ac:dyDescent="0.25">
       <c r="B20" s="3" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="D20" s="18">
         <v>1</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F20" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="G20" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H20" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I20" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="J20" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="K20" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L20" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B21" s="3" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D21" s="18">
         <v>1</v>
       </c>
       <c r="E21" s="12">
         <v>0.15</v>
       </c>
       <c r="F21" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G21" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H21" s="12">
         <v>0.08</v>
       </c>
       <c r="I21" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J21" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K21" s="12">
         <v>0.1</v>
       </c>
       <c r="L21" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="2:12" ht="90" x14ac:dyDescent="0.25">
       <c r="B22" s="3"/>
       <c r="C22" s="4" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D22" s="18"/>
       <c r="E22" s="11" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="F22" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G22" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H22" s="11" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="I22" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J22" s="11" t="s">
-        <v>99</v>
+        <v>118</v>
       </c>
       <c r="K22" s="11" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="L22" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="2:12" ht="105" x14ac:dyDescent="0.25">
       <c r="B23" s="3" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="D23" s="18">
         <v>1</v>
       </c>
       <c r="E23" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F23" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="G23" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H23" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="I23" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J23" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="K23" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L23" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B24" s="3" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D24" s="18">
         <v>1</v>
       </c>
       <c r="E24" s="12">
         <v>0.15</v>
       </c>
       <c r="F24" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G24" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H24" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I24" s="12">
         <v>0.1</v>
       </c>
       <c r="J24" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K24" s="12">
         <v>0.1</v>
       </c>
       <c r="L24" s="12">
         <v>0.2</v>
       </c>
     </row>
     <row r="25" spans="2:12" ht="90" x14ac:dyDescent="0.25">
       <c r="B25" s="3"/>
       <c r="C25" s="4" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D25" s="18"/>
       <c r="E25" s="11" t="s">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="F25" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G25" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H25" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I25" s="11" t="s">
-        <v>105</v>
+        <v>124</v>
       </c>
       <c r="J25" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K25" s="11" t="s">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="L25" s="11" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
     </row>
     <row r="26" spans="2:12" ht="75" x14ac:dyDescent="0.25">
       <c r="B26" s="3" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="D26" s="18">
         <v>1</v>
       </c>
       <c r="E26" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F26" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="G26" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H26" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I26" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J26" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="K26" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L26" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="27" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B27" s="3" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D27" s="18">
         <v>1</v>
       </c>
       <c r="E27" s="12">
         <v>0.12</v>
       </c>
       <c r="F27" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G27" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H27" s="12">
         <v>0.1</v>
       </c>
       <c r="I27" s="12">
         <v>0.1</v>
       </c>
       <c r="J27" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K27" s="12">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="L27" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="2:12" ht="60" x14ac:dyDescent="0.25">
       <c r="B28" s="3"/>
       <c r="C28" s="4" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D28" s="18"/>
       <c r="E28" s="11" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="F28" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G28" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H28" s="11" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="I28" s="11" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="J28" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K28" s="11" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="L28" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B29" s="3" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>116</v>
+        <v>135</v>
       </c>
       <c r="D29" s="18">
         <v>1</v>
       </c>
       <c r="E29" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F29" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="G29" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H29" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="I29" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="J29" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="K29" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L29" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="30" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B30" s="3" t="s">
-        <v>117</v>
+        <v>136</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D30" s="18">
         <v>1</v>
       </c>
       <c r="E30" s="12">
         <v>0.05</v>
       </c>
       <c r="F30" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G30" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H30" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I30" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J30" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K30" s="12">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="L30" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="2:12" ht="60" x14ac:dyDescent="0.25">
       <c r="B31" s="3"/>
       <c r="C31" s="4" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D31" s="18"/>
       <c r="E31" s="11" t="s">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="F31" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G31" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H31" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I31" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J31" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K31" s="11" t="s">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="L31" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="32" spans="2:12" ht="75" x14ac:dyDescent="0.25">
       <c r="B32" s="3" t="s">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="D32" s="18">
         <v>1</v>
       </c>
       <c r="E32" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F32" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G32" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H32" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I32" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J32" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K32" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L32" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B33" s="3" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D33" s="18">
         <v>1</v>
       </c>
       <c r="E33" s="12">
         <v>0.2</v>
       </c>
       <c r="F33" s="12">
         <v>0.05</v>
       </c>
       <c r="G33" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H33" s="12">
         <v>0.12</v>
       </c>
       <c r="I33" s="12">
         <v>0.2</v>
       </c>
       <c r="J33" s="20">
         <v>0</v>
       </c>
       <c r="K33" s="12">
         <v>0.1</v>
       </c>
       <c r="L33" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="2:12" ht="90" x14ac:dyDescent="0.25">
       <c r="B34" s="3"/>
       <c r="C34" s="4" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D34" s="18"/>
       <c r="E34" s="11" t="s">
-        <v>123</v>
+        <v>142</v>
       </c>
       <c r="F34" s="11" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="G34" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H34" s="11" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="I34" s="11" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="J34" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K34" s="11" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="L34" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="2:12" ht="60" x14ac:dyDescent="0.25">
       <c r="B35" s="3" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="D35" s="18">
         <v>1</v>
       </c>
       <c r="E35" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F35" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G35" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H35" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I35" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J35" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K35" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L35" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B36" s="3" t="s">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D36" s="18">
         <v>1</v>
       </c>
       <c r="E36" s="12">
         <v>0.05</v>
       </c>
       <c r="F36" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="G36" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H36" s="12">
         <v>0.06</v>
       </c>
       <c r="I36" s="12">
         <v>0.15</v>
       </c>
       <c r="J36" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="K36" s="12">
         <v>0.1</v>
       </c>
       <c r="L36" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="37" spans="2:12" ht="75" x14ac:dyDescent="0.25">
       <c r="B37" s="3"/>
       <c r="C37" s="4" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D37" s="18"/>
       <c r="E37" s="11" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="F37" s="11" t="s">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="G37" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H37" s="11" t="s">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="I37" s="11" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="J37" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K37" s="11" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="L37" s="11" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B38" s="3" t="s">
-        <v>136</v>
+        <v>155</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="D38" s="18">
         <v>1</v>
       </c>
       <c r="E38" s="13"/>
       <c r="F38" s="13"/>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
       <c r="I38" s="13"/>
       <c r="J38" s="13"/>
       <c r="K38" s="13"/>
       <c r="L38" s="13"/>
     </row>
     <row r="39" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B39" s="3" t="s">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="D39" s="18">
         <v>1</v>
       </c>
       <c r="E39" s="14">
         <v>0</v>
       </c>
       <c r="F39" s="14">
         <v>100</v>
       </c>
       <c r="G39" s="14">
         <v>95</v>
       </c>
       <c r="H39" s="14">
         <v>75</v>
       </c>
       <c r="I39" s="14">
         <v>0</v>
       </c>
       <c r="J39" s="14">
         <v>150</v>
       </c>
       <c r="K39" s="14">
         <v>0</v>
       </c>
       <c r="L39" s="14">
         <v>125</v>
       </c>
     </row>
     <row r="40" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B40" s="3" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="D40" s="18">
         <v>1</v>
       </c>
       <c r="E40" s="13">
         <v>65</v>
       </c>
       <c r="F40" s="13">
         <v>75</v>
       </c>
       <c r="G40" s="13">
         <v>75</v>
       </c>
       <c r="H40" s="13">
         <v>75</v>
       </c>
       <c r="I40" s="13">
         <v>75</v>
       </c>
       <c r="J40" s="13">
         <v>95</v>
       </c>
       <c r="K40" s="13">
         <v>65</v>
       </c>
       <c r="L40" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B41" s="3" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="D41" s="18">
         <v>1</v>
       </c>
       <c r="E41" s="12">
         <v>0.15</v>
       </c>
       <c r="F41" s="12">
         <v>0.25</v>
       </c>
       <c r="G41" s="12">
         <v>0.15</v>
       </c>
       <c r="H41" s="12">
         <v>0.1</v>
       </c>
       <c r="I41" s="12">
         <v>0.15</v>
       </c>
       <c r="J41" s="12">
         <v>0.2</v>
       </c>
       <c r="K41" s="12">
         <v>0.3</v>
       </c>
       <c r="L41" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="2:12" ht="30" x14ac:dyDescent="0.25">
       <c r="B42" s="3" t="s">
-        <v>144</v>
+        <v>163</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>145</v>
+        <v>164</v>
       </c>
       <c r="D42" s="18">
         <v>1</v>
       </c>
       <c r="E42" s="13">
         <v>0</v>
       </c>
       <c r="F42" s="13">
         <v>0</v>
       </c>
       <c r="G42" s="13">
         <v>0</v>
       </c>
       <c r="H42" s="13">
         <v>0</v>
       </c>
       <c r="I42" s="13">
         <v>50</v>
       </c>
       <c r="J42" s="13">
         <v>10</v>
       </c>
       <c r="K42" s="13">
         <v>0</v>
       </c>
       <c r="L42" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="D43" s="19" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="F43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="G43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="K43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="L43" s="15" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="E1:L43">
     <sortCondition ref="E2:L2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="E12" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="F12" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="G12" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="H12" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="I12" r:id="rId5" display="Price Link" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="J12" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="K12" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="L12" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
   <pageSetup orientation="landscape" r:id="rId9"/>
   <headerFooter>
     <oddFooter>&amp;R21-7402 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>