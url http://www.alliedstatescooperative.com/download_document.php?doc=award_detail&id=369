--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7402 Industrial Pumps, Motors, Filters, Flow Meters and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D8FF86C1-05C2-4C53-9A14-7D50B05A924F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B69D8D6-A23F-4880-93D3-D36A1136195D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -742,54 +742,54 @@
   <si>
     <t>9.1</t>
   </si>
   <si>
     <t>HOURLY RATE FOR CONSULTATION</t>
   </si>
   <si>
     <t>9.2</t>
   </si>
   <si>
     <t>HOURLY RATE FOR REPAIRS</t>
   </si>
   <si>
     <t>9.3</t>
   </si>
   <si>
     <t>PERCENT MARKUP OVER COST FOR PARTS ON REPAIRS</t>
   </si>
   <si>
     <t>9.4</t>
   </si>
   <si>
     <t>PICKUP AND DELIVERY FEES (IF ANY) FOR AREAS SERVED</t>
   </si>
   <si>
-    <t>*updated 7/30/25, 1/6/26, 1/7/26</t>
-[...2 lines deleted...]
-    <t>*updated 5/2/25, 10/14/25, 11/7/25, 11/19/25, 12/1/25, 1/5/26, 1/6/26, 1/9/26</t>
+    <t>*updated 7/30/25, 1/6/26, 1/7/26, 3/23/26</t>
+  </si>
+  <si>
+    <t>*updated 5/2/25, 10/14/25, 11/7/25, 11/19/25, 12/1/25, 1/5/26, 1/6/26, 1/9/26, 3/10/26, 3/24/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
     <numFmt numFmtId="165" formatCode="\$###,###,##0.00####"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1279,51 +1279,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Western%20Environmental%20Mgmt%20Corp%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Paso-Tex%20Industries%20LLC%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/VMP%20Industrial%20Sales%20Inc%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Liber%20Holdings%20LLC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/El%20Paso%20Phoenix%20Pumps.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/REMSA%20USA%20Inc%20Pricing.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/PureOps%20LLC%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7402/Prime%20Pump%20Service%20LLC.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="16" customWidth="1"/>
     <col min="5" max="12" width="30.7109375" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="60" x14ac:dyDescent="0.25">
       <c r="E1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="22" t="s">
         <v>2</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>3</v>
       </c>