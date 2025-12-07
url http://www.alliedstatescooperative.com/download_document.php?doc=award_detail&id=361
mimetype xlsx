--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7392 Custodial and Support Service Requirements and Related\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A952C96F-3EC9-41E0-A811-6B0AA24B6046}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{05360AE1-68F4-451B-860B-BF6B68A579C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$D,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -482,54 +482,54 @@
       <t xml:space="preserve">  Justin Ellis</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>jlawson@ld-supply.com</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
       </rPr>
       <t xml:space="preserve"> jellis@ld-supply.com</t>
     </r>
   </si>
   <si>
     <t>*updated 3/2/22, 4/10/24, 8/21/25</t>
   </si>
   <si>
-    <t>*updated 9/12/22, 10/10/22, 1/19/23, 2/6/23, 3/28/23, 4/3/23, 5/9/23, 8/8/23, 8/22/23, 9/20/23, 10/17/23, 9/11/24, 9/20/24, 11/22/24, 12/3/24, 1/13/25, 1/15/25, 1/28/25, 2/11/25, 5/2/25, 7/21/25, 7/22/25, 9/5/25, 9/11/25, 9/15/25</t>
-[...2 lines deleted...]
-    <t>*updated 2/3/2021, 2/12/2021, 3/2/21, 3/23/21, 5/10/21, 5/13/21, 5/20/21, 6/8/21, 6/17/21, 6/24/21, 7/9/21, 7/26/21, 7/29/21, 8/3/21, 8/10/21, 8/12/21, 8/16/21, 8/20/21, 8/24/21, 8/31/21, 9/10/21, 9/13/21, 9/15/21, 9/23/21, 10/1/21, 10/15/21, 10/25/21, 11/1/21, 11/8/21, 12/2/21, 12/8/21, 12/15/21, 1/3/22, 1/19/22, 1/21/22, 1/24/22, 1/26/22, 1/28/22, 2/4/22, 2/8/22, 2/15/22, 2/18/22, 2/22/22, 2/28/22, 3/2/22, 3/4/22, 3/8/22, 3/21/22, 3/24/22, 3/29/22, 4/28/22, 5/2/22, 5/3/22, 5/6/22, 5/19/22, 5/24/22, 5/25/22, 6/8/22, 6/9/22, 6/13/22, 6/14/22, 6/16/22. 6/27/22, 7/12/22, 7/14/22, 8/23/22, 9/1/22, 9/23/22, 11/10/22, 12/2/22, 12/9/22, 12/16/22, 1/2/23, 1/12/23, 1/25/23, 1/30/23, 2/1/23, 3/9/23, 3/10/23, 3/23/23, 3/27/23, 4/25/23, 4/26/23, 5/18/23, 6/7/23, 6/8/23, 7/31/23, 10/12/23, 10/24/23, 10/27/23, 10/30/23, 11/8/23, 1/22/24, 1/26/24, 1/31/24, 2/16/24, 3/18/24, 4/18/24, 5/21/24, 6/5/24, 6/25/24, 6/27/24, 7/15/24, 8/8/24, 8/19/24, 9/25/24, 10/1/24, 10/24/24, 11/7/24, 11/15/24, 12/3/24, 12/11/24, 12/19/24, 1/6/25, 1/24/25, 2/10/25, 2/11/25, 2/26/25, 3/4/25, 3/17/25, 3/21/25, 4/22/25, 5/5/25, 6/16/25, 6/17/25, 6/26/25, 7/24/25, 7/30/25, 8/14/25, 9/5/25, 9/10/25, 9/24/25, 9/26/25, 10/10/25</t>
+    <t>*updated 2/3/2021, 2/12/2021, 3/2/21, 3/23/21, 5/10/21, 5/13/21, 5/20/21, 6/8/21, 6/17/21, 6/24/21, 7/9/21, 7/26/21, 7/29/21, 8/3/21, 8/10/21, 8/12/21, 8/16/21, 8/20/21, 8/24/21, 8/31/21, 9/10/21, 9/13/21, 9/15/21, 9/23/21, 10/1/21, 10/15/21, 10/25/21, 11/1/21, 11/8/21, 12/2/21, 12/8/21, 12/15/21, 1/3/22, 1/19/22, 1/21/22, 1/24/22, 1/26/22, 1/28/22, 2/4/22, 2/8/22, 2/15/22, 2/18/22, 2/22/22, 2/28/22, 3/2/22, 3/4/22, 3/8/22, 3/21/22, 3/24/22, 3/29/22, 4/28/22, 5/2/22, 5/3/22, 5/6/22, 5/19/22, 5/24/22, 5/25/22, 6/8/22, 6/9/22, 6/13/22, 6/14/22, 6/16/22. 6/27/22, 7/12/22, 7/14/22, 8/23/22, 9/1/22, 9/23/22, 11/10/22, 12/2/22, 12/9/22, 12/16/22, 1/2/23, 1/12/23, 1/25/23, 1/30/23, 2/1/23, 3/9/23, 3/10/23, 3/23/23, 3/27/23, 4/25/23, 4/26/23, 5/18/23, 6/7/23, 6/8/23, 7/31/23, 10/12/23, 10/24/23, 10/27/23, 10/30/23, 11/8/23, 1/22/24, 1/26/24, 1/31/24, 2/16/24, 3/18/24, 4/18/24, 5/21/24, 6/5/24, 6/25/24, 6/27/24, 7/15/24, 8/8/24, 8/19/24, 9/25/24, 10/1/24, 10/24/24, 11/7/24, 11/15/24, 12/3/24, 12/11/24, 12/19/24, 1/6/25, 1/24/25, 2/10/25, 2/11/25, 2/26/25, 3/4/25, 3/17/25, 3/21/25, 4/22/25, 5/5/25, 6/16/25, 6/17/25, 6/26/25, 7/24/25, 7/30/25, 8/14/25, 9/5/25, 9/10/25, 9/24/25, 9/26/25, 10/10/25, 11/4/25</t>
+  </si>
+  <si>
+    <t>*updated 9/12/22, 10/10/22, 1/19/23, 2/6/23, 3/28/23, 4/3/23, 5/9/23, 8/8/23, 8/22/23, 9/20/23, 10/17/23, 9/11/24, 9/20/24, 11/22/24, 12/3/24, 1/13/25, 1/15/25, 1/28/25, 2/11/25, 5/2/25, 7/21/25, 7/22/25, 9/5/25, 9/11/25, 9/15/25, 11/6/25, 11/13/25, 12/1/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0#####%"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1128,88 +1128,88 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/SWM%20Distributors%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/LD%20Region%2019%20Price%20Book%20Report.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pyramidsp.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Chemgiant%20Pricelist.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Brady.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliedstatescooperative.com/asc_contracts/price_list/Andrea/21-7392/Ecolab%20Products%20and%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Spectrum%20Paper%20Jan%20Catalog%202020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7392/Longhorn%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:M27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="2" topLeftCell="E3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="2" topLeftCell="E10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="8" style="2" customWidth="1"/>
     <col min="3" max="3" width="39.7109375" style="2" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="5" width="31.140625" style="2" customWidth="1"/>
     <col min="6" max="10" width="30.7109375" style="2" customWidth="1"/>
     <col min="11" max="11" width="68.85546875" style="2" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" style="2" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="255" x14ac:dyDescent="0.25">
       <c r="E1" s="12" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G1" s="12" t="s">
         <v>120</v>
       </c>
       <c r="H1" s="12" t="s">
         <v>117</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="J1" s="12"/>
       <c r="K1" s="12" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="L1" s="12" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="2:13" s="12" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="D2" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="13" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="13" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="13" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="20" t="s">
         <v>7</v>
       </c>
       <c r="J2" s="13" t="s">