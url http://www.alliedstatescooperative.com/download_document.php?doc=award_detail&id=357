--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -2,94 +2,91 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Bids\2021\21-7387 Consulting, Contracted Services (Supplemental)\Award Summary and Award Detail\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Bids\2021\21-7387 Consulting, Contracted Services (Supplemental)\Award Summary and Award Detail\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF491E8A-83D0-4D6E-BDDB-4098A636FC0E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B33CB03-7F96-4A5A-BF36-A63604125740}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lines" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Lines!$A:$E,Lines!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="205">
   <si>
     <t>*updated 12/17/2020</t>
   </si>
   <si>
     <t>Company Name..</t>
   </si>
   <si>
     <t>1st Class Educator, LLC (Locha Noel Williams)</t>
   </si>
   <si>
     <t>Answer Blocks (Liliana Jaurrieta)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Barracuda Public Relations LLC (Marina M Monsisvais)</t>
   </si>
   <si>
     <t>Blue Life Environmental, Inc.</t>
   </si>
   <si>
     <t>Clarity Counseling Consultation and Wellness, LLC (Cristal Martinez Acosta)</t>
   </si>
   <si>
     <t>DataXport.Net, LLC</t>
   </si>
   <si>
     <t>EdConnective, Inc.</t>
   </si>
   <si>
     <t>Elwood Staffing Services, Inc.</t>
   </si>
   <si>
     <t>Express Employment Professionals (Eddie Lee's Kovert Staffing)</t>
   </si>
   <si>
     <t>Express Employment Professionals East El Paso (AM Innovations, 
 Corp. / Express Services Inc.)</t>
   </si>
   <si>
     <t>Infobase Holdings, Inc (Facts On File, Inc.)</t>
@@ -117,104 +114,98 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Walsh Gallegos Trevino Russo &amp; Kyle P.C.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Walsh Gallegos Trevino Kyle &amp; Robinson P.C.</t>
     </r>
   </si>
   <si>
     <t>Company Contact…</t>
   </si>
   <si>
     <t>Locha Brooks</t>
   </si>
   <si>
     <t>Liliana Jaurrieta</t>
   </si>
   <si>
-    <t>Marina Monsisvais</t>
-[...1 lines deleted...]
-  <si>
     <t>Peter Felix III</t>
   </si>
   <si>
     <t>Cristal Martinez Acosta</t>
   </si>
   <si>
     <t>Beatriz Fernandez</t>
   </si>
   <si>
     <t>Gina Manning</t>
   </si>
   <si>
     <t>Mani Grado, CSP | Area Manager | Elwood Staffing | El Paso, TX, Cell: 915-540-2246 | Fax: 915-500-1002</t>
   </si>
   <si>
     <t>Eddie Lee</t>
   </si>
   <si>
     <t>Aracely Melendez</t>
   </si>
   <si>
     <t>Mike Harwell</t>
   </si>
   <si>
     <t>Gerardo Castillo</t>
   </si>
   <si>
     <t>Tracey or Michael Benson</t>
   </si>
   <si>
     <t>Brenda Richards</t>
   </si>
   <si>
     <t>Luis E. Trejo Sr./Patricia Trejo</t>
   </si>
   <si>
     <t>Diane Sheline</t>
   </si>
   <si>
     <t>Company Address…</t>
   </si>
   <si>
     <t>421 Charming Ave, Cedar Hill, TX 75104</t>
   </si>
   <si>
     <t>2075 Sun Spur Way, El Paso, TX 79938</t>
   </si>
   <si>
-    <t>2531 E. Yandell, El Paso, TX 79903</t>
-[...1 lines deleted...]
-  <si>
     <t>11534 Jacquelin Ann Ct, El Paso, Texas 79936</t>
   </si>
   <si>
     <t>500 W. Overland Ave. Ste 250-JJ El Paso, TX 79901</t>
   </si>
   <si>
     <t>10950 Pellicano Dr Ste C4, El Paso, TX 79935</t>
   </si>
   <si>
     <t>5925 Shallow Way Richmond, VA 23224</t>
   </si>
   <si>
     <t>HQ - 4111 Central Ave., Columbus, IN 47203</t>
   </si>
   <si>
     <t>5200 N. Mesa St., Suite C101 A, El Paso, TX 79912</t>
   </si>
   <si>
     <t>1368 N. Zaragoza Rd. Bldg. A Ste. C El Paso, Texas 79936</t>
   </si>
   <si>
     <t>132 West 31st St, 16th Floor, New York, NY 10001</t>
   </si>
   <si>
     <t>10164 Rain Cloud Dr El Paso Texas 79927</t>
@@ -222,101 +213,95 @@
   <si>
     <t>9900 Dyer St; El Paso, TX 79924</t>
   </si>
   <si>
     <t>P.O. Box 1207, Manhattan, KS  66505-1207</t>
   </si>
   <si>
     <t>840 Hawkins Blvd. A-16. El Paso, Texas 79915</t>
   </si>
   <si>
     <t>P.O. Box 16161, Sugar Land, TX 77496</t>
   </si>
   <si>
     <t>P.O. Box 2156, Austin, TX 78768</t>
   </si>
   <si>
     <t>Contact Email Address…</t>
   </si>
   <si>
     <t>LochaBrooks@1stClassEducator.com</t>
   </si>
   <si>
     <t>contact@answerblocks.com</t>
   </si>
   <si>
-    <t>marina@barracudapr.com</t>
-[...1 lines deleted...]
-  <si>
     <t>pete@bluelifeenvironmental.com</t>
   </si>
   <si>
     <t>cristal@clarityelpaso.com</t>
   </si>
   <si>
     <t>beatriz.fernandez@dataxport.net</t>
   </si>
   <si>
     <t>gina@edconnective.io</t>
   </si>
   <si>
     <t>mani.grado@elwoodstaffing.com</t>
   </si>
   <si>
     <t>edward.lee@expresspros.com</t>
   </si>
   <si>
     <t>aracely.melendez@expresspros.com</t>
   </si>
   <si>
     <t>mharwell@infobase.com</t>
   </si>
   <si>
     <t>MTNeedles@gmail.com</t>
   </si>
   <si>
     <t>orders@masterteacher.com</t>
   </si>
   <si>
     <t>pattrejo55@gmail.com</t>
   </si>
   <si>
     <t>strategytosee@gmail.com</t>
   </si>
   <si>
     <t>Company Phone Number…</t>
   </si>
   <si>
     <t>(682) 305-7788</t>
   </si>
   <si>
     <t>(915) 256-1097</t>
   </si>
   <si>
-    <t>(915) 861-0446</t>
-[...1 lines deleted...]
-  <si>
     <t>(915) 727-1575</t>
   </si>
   <si>
     <t>(915) 920-1424</t>
   </si>
   <si>
     <t>(915) 771-9090</t>
   </si>
   <si>
     <t>(214) 480-4760</t>
   </si>
   <si>
     <t>(812) 650-7591</t>
   </si>
   <si>
     <t>(915) 842-8252</t>
   </si>
   <si>
     <t>(915) 307-8742</t>
   </si>
   <si>
     <t>(800) 322-8755 x4225</t>
   </si>
   <si>
     <t>(915) 274-1713</t>
@@ -324,53 +309,50 @@
   <si>
     <t>(915) 821-4340</t>
   </si>
   <si>
     <t>(800) 669-9633</t>
   </si>
   <si>
     <t>(915) 726-0011</t>
   </si>
   <si>
     <t>(713) 303-2916</t>
   </si>
   <si>
     <t>(512) 454-6864</t>
   </si>
   <si>
     <t>Company Website…</t>
   </si>
   <si>
     <t>HTTP://www.1stClassEducator.com</t>
   </si>
   <si>
     <t>HTTP://www.answerblocks.com</t>
   </si>
   <si>
-    <t>HTTP://barracudapr.com</t>
-[...1 lines deleted...]
-  <si>
     <t>HTTP://bluelifeenvironmental.com</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>http://www.dataxport.net</t>
   </si>
   <si>
     <t>https://www.edconnective.com/</t>
   </si>
   <si>
     <t>HTTP://www.elwoodstaffing.com</t>
   </si>
   <si>
     <t>HTTP://www.expresspros.com/elpasowesttx</t>
   </si>
   <si>
     <t>HTTP://www.expresspros.com/eelpasotx/</t>
   </si>
   <si>
     <t>HTTP://www.infobase.com</t>
   </si>
   <si>
     <t>HTTP://www.interamericaninterpreting.com</t>
@@ -381,80 +363,74 @@
   <si>
     <t>HTTP://www.masterteacher.com</t>
   </si>
   <si>
     <t>HTTP://www.strategytosee.com</t>
   </si>
   <si>
     <t>HTTP://WalshGallegos.com</t>
   </si>
   <si>
     <t>S&amp;H included in pricing..</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>S&amp;H (expedite fees)…</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
-    <t>No. Only time shipping costs are incurred are if we purchase items from out of town for a client specific project.</t>
-[...1 lines deleted...]
-  <si>
     <t>Yes. Cristal Acosta-Owner</t>
   </si>
   <si>
     <t>Yes, expedited services may incur a priority fee depending on factors such as capacity, available personnel, and prior engagements. Expedites may be requested at the time of requesting services.</t>
   </si>
   <si>
     <t>Shipping does not apply to our services.</t>
   </si>
   <si>
     <t>Yes, If expedited shipping is requested, additional cost of shipping is passed on to purchaser. Contact Tracey Benson 915.821.4340 for expedited shipping info.</t>
   </si>
   <si>
     <t>Yes, shipping charges are higher if Overnight, Next Day Air, or 2nd Day Air delivery of product is requested. We usually ship UPS Ground or via USPS. Contact: Brenda Richards, Educational Consultant.</t>
   </si>
   <si>
     <t>Products/Services Provided…</t>
   </si>
   <si>
     <t>Services provided include general educational consulting, professional development, and educational workshops.</t>
   </si>
   <si>
     <t>We provide Staff Development trainings on Implementing the Study Blocks.  The Study Blocks are visual interpretations of the TEKS and are sold in the following formats:  Classroom Displays, Mini Cards, Blocks with TEKS, and Banners.</t>
   </si>
   <si>
-    <t>Public Relations and Communications Consulting. Social Media, Video, Content Creation, Storytelling, Public Outreach, Public Involvement.</t>
-[...1 lines deleted...]
-  <si>
     <t>24/7 Emergency Response for Hazardous Material Cleanup including Infectious Disease Decontamination and Disinfecting such as for COVID19-All certifications including OSHA certifications are available upon request.</t>
   </si>
   <si>
     <t>Counseling and mental health consultation/training</t>
   </si>
   <si>
     <t>Customer contact center services, inbound and outbound phone, email, and chat support in English and Spanish.</t>
   </si>
   <si>
     <t>EdConnective delivers transformative instructional coaching focused on skill-transfer rather than strategy, empowering teachers with actionable feedback that can be implemented practically by the teacher immediately. Formats = 1:1, Small Group, Group</t>
   </si>
   <si>
     <t>Elwood Staffing, a privately owned corporation, is a leading provider of talent-based solutions and actionable workforce intelligence. Elwood is recognized as one of the largest staffing firms in the United States by Staffing Industry Analysts</t>
   </si>
   <si>
     <t>Staffing provider; Temp., Temp.-to-hire and Direct Placement</t>
   </si>
   <si>
     <t>Extensive expertise and background in staffing and human resource arena.  Provides staffing solutions in light industrial, office services, and professional staffing (IT, accounting/financial, healthcare).</t>
   </si>
   <si>
     <t>Infobase is a leading provider of digital supplemental educational materials in the form of online databases, eBook collections, reference, streaming video, and professional development services.</t>
   </si>
   <si>
     <t>Sign Language Interpreting Services.  ASL Services.  Video interpreting.  Remote Interpreting.  Mexican Sign Language Interpreting.  We provide Interpreters for any Medical setting, Educational, Government, and any businesses that need our shrives</t>
@@ -580,53 +556,50 @@
     <t>$35 per teacher license</t>
   </si>
   <si>
     <t>per two hours</t>
   </si>
   <si>
     <t>hourly</t>
   </si>
   <si>
     <t>Daily rate, travel included. Materials and resources are an additional expense.</t>
   </si>
   <si>
     <t>Hourly Rate@ $65 (no overtime)</t>
   </si>
   <si>
     <t>Daily rate is 1,000.00</t>
   </si>
   <si>
     <t>Notate Services Provided</t>
   </si>
   <si>
     <t>Professional Development</t>
   </si>
   <si>
     <t>Staff Development Trainings</t>
-  </si>
-[...1 lines deleted...]
-    <t>Communications Consulting</t>
   </si>
   <si>
     <t>Environmental Services, Trauma Scene Cleanup, Infectious Diseases such as COVID-19) decontamination and disinfecting, OSHA Certifications available upon request.</t>
   </si>
   <si>
     <t>Consultation and training in mental health and trauma informed care.</t>
   </si>
   <si>
     <t>See price list</t>
   </si>
   <si>
     <t>Introductory Coach Meeting, Coach Preparation and video observation, Coach and teacher/admin/instructional coach debrief, role play, and pedagogy practice. Weekly reporting, Mid-point Review with Administrator, and Final Outcomes Report and Meeting. EdConnective Provides 1:1 and Small Group Coaching plus System-wide Professional Development days to calibrate language and thought around a problem of practice.</t>
   </si>
   <si>
     <t>*Elwood Staffing can provide temporary associates in the following areas: cafeteria workers, receptionist, electricians, material handlers, janitorial, diesel mechanics and general labor. Other position and industry types can be provided upon request. For a complete listing of our services, please visit us online at www.elwoodstaffing.com. Markup includes admin. fee and 5 panel DS. Associates can be converted at no additional cost at 480 hours.</t>
   </si>
   <si>
     <t>Staffing Provider; specializing in light industrial, office services and skilled trades</t>
   </si>
   <si>
     <t>Temporary/Contract Staffing, Evaluation to Hire Staff, Direct Hire Staff, Onsite Services, HR Services ($ breakdown see attachment)</t>
   </si>
   <si>
     <t>Infobase Professional Development &amp; Training</t>
   </si>
@@ -1388,112 +1361,112 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Express%20Employment%20East%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Western%20Environmental%20Mgmt%20Service%20Rate%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Products%20Contract%2021-7387.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Blue%20Life%20Environmental%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Express%20Employent%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Trejo%20Commercial%20Pricing.png" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Infobase%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Barracuda%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Elwood%20Staffing%20Price.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Answer%20Blocks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/EdConnective%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/The%20Master%20Teacher%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/DataXport%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/1st%20Class%20Educator%20LLC%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/MT%20Needles%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Clarity%20Consultation%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Inter%20American%20Interpreting%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mani.grado@elwoodstaffing.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Inter%20American%20Interpreting%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mani.grado@elwoodstaffing.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Clarity%20Consultation%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Express%20Employment%20East%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Western%20Environmental%20Mgmt%20Service%20Rate%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Becky/Products%20Contract%2021-7387.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Blue%20Life%20Environmental%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Infobase%20Price%20List.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Answer%20Blocks%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Express%20Employent%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Trejo%20Commercial%20Pricing.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/EdConnective%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/Elwood%20Staffing%20Price.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/The%20Master%20Teacher%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/DataXport%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/MT%20Needles%20Pricing.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.alliedstatescooperative.com/asc_contracts/price_list/Renae/21-7387/1st%20Class%20Educator%20LLC%20Pricing.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AI18"/>
+  <dimension ref="B1:AH18"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="5" ySplit="2" topLeftCell="F3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
+      <selection pane="bottomRight" activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="8" style="1" customWidth="1"/>
     <col min="3" max="3" width="36" style="1" customWidth="1"/>
     <col min="4" max="4" width="6" style="1" customWidth="1"/>
     <col min="5" max="5" width="10" style="1" customWidth="1"/>
-    <col min="6" max="11" width="30.7109375" style="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="24" max="16384" width="9.140625" style="1"/>
+    <col min="6" max="10" width="30.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="42.140625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="35.42578125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="30.7109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="33" style="1" customWidth="1"/>
+    <col min="15" max="15" width="30.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16" width="33.28515625" style="1" customWidth="1"/>
+    <col min="17" max="17" width="30.7109375" style="1" customWidth="1"/>
+    <col min="18" max="18" width="46.28515625" style="1" customWidth="1"/>
+    <col min="19" max="20" width="30.7109375" style="1" customWidth="1"/>
+    <col min="21" max="21" width="33.140625" style="1" customWidth="1"/>
+    <col min="22" max="22" width="56.140625" style="1" customWidth="1"/>
+    <col min="23" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:35" ht="30" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:34" ht="30" x14ac:dyDescent="0.25">
       <c r="F1" s="17"/>
-      <c r="J1" s="1" t="s">
-[...3 lines deleted...]
-      <c r="P1" s="17"/>
+      <c r="I1" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="L1" s="17"/>
+      <c r="O1" s="17"/>
+      <c r="P1" s="1" t="s">
+        <v>200</v>
+      </c>
       <c r="Q1" s="1" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="R1" s="17"/>
       <c r="S1" s="17"/>
-      <c r="T1" s="17"/>
+      <c r="T1" s="17" t="s">
+        <v>0</v>
+      </c>
       <c r="U1" s="17" t="s">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>200</v>
+        <v>203</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>191</v>
       </c>
     </row>
-    <row r="2" spans="2:35" ht="60" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:34" ht="60" x14ac:dyDescent="0.25">
       <c r="E2" s="20" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="10" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="10" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="10" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="10" t="s">
         <v>6</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>7</v>
       </c>
       <c r="L2" s="10" t="s">
         <v>8</v>
       </c>
       <c r="M2" s="10" t="s">
@@ -1502,1095 +1475,1043 @@
       <c r="N2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="O2" s="10" t="s">
         <v>11</v>
       </c>
       <c r="P2" s="10" t="s">
         <v>12</v>
       </c>
       <c r="Q2" s="10" t="s">
         <v>13</v>
       </c>
       <c r="R2" s="10" t="s">
         <v>14</v>
       </c>
       <c r="S2" s="10" t="s">
         <v>15</v>
       </c>
       <c r="T2" s="10" t="s">
         <v>16</v>
       </c>
       <c r="U2" s="10" t="s">
         <v>17</v>
       </c>
       <c r="V2" s="10" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="3" spans="2:34" ht="45" x14ac:dyDescent="0.25">
+      <c r="E3" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="W2" s="10" t="s">
+      <c r="F3" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P3" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q3" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R3" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="S3" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="T3" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="U3" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="V3" s="13" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="4" spans="2:34" ht="45" x14ac:dyDescent="0.25">
+      <c r="E4" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="O4" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q4" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R4" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="S4" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="T4" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="U4" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="V4" s="13" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="5" spans="2:34" ht="45" x14ac:dyDescent="0.25">
+      <c r="E5" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="O5" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P5" s="6" t="s">
         <v>201</v>
       </c>
+      <c r="Q5" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="R5" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="S5" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="T5" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="U5" s="13" t="s">
+        <v>204</v>
+      </c>
+      <c r="V5" s="13" t="s">
+        <v>194</v>
+      </c>
     </row>
-    <row r="3" spans="2:35" ht="45" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-        <v>202</v>
+    <row r="6" spans="2:34" ht="30" x14ac:dyDescent="0.25">
+      <c r="E6" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="R6" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="T6" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="V6" s="13" t="s">
+        <v>195</v>
       </c>
     </row>
-    <row r="4" spans="2:35" ht="45" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-        <v>207</v>
+    <row r="7" spans="2:34" ht="30" x14ac:dyDescent="0.25">
+      <c r="E7" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="T7" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="U7" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="V7" s="13" t="s">
+        <v>196</v>
       </c>
     </row>
-    <row r="5" spans="2:35" ht="45" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-        <v>203</v>
+    <row r="8" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="E8" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="M8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="N8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="R8" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="S8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="T8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="U8" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="V8" s="6" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="6" spans="2:35" ht="30" x14ac:dyDescent="0.25">
-[...98 lines deleted...]
-      <c r="R7" s="6" t="s">
+    <row r="9" spans="2:34" ht="105" x14ac:dyDescent="0.25">
+      <c r="E9" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="F9" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="S7" s="6" t="s">
-[...5 lines deleted...]
-      <c r="U7" s="6" t="s">
+      <c r="G9" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="H9" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="I9" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="W7" s="13" t="s">
-[...4 lines deleted...]
-      <c r="E8" s="11" t="s">
+      <c r="J9" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="F8" s="6" t="s">
+      <c r="K9" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="G8" s="6" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="M9" s="6" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="N9" s="6" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="O9" s="6" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="P9" s="6" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>107</v>
       </c>
       <c r="R9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="S9" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="T9" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="U9" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="V9" s="6" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="10" spans="2:34" ht="135" x14ac:dyDescent="0.25">
+      <c r="E10" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="J10" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="S9" s="6" t="s">
+      <c r="K10" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="T9" s="6" t="s">
-[...9 lines deleted...]
-        <v>107</v>
+      <c r="L10" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="M10" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="O10" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="P10" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q10" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="R10" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="S10" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="T10" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="U10" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="V10" s="6" t="s">
+        <v>126</v>
       </c>
     </row>
-    <row r="10" spans="2:35" ht="135" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-      <c r="P10" s="6" t="s">
+    <row r="11" spans="2:34" ht="120" x14ac:dyDescent="0.25">
+      <c r="E11" s="11" t="s">
         <v>127</v>
       </c>
-      <c r="Q10" s="6" t="s">
+      <c r="F11" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="R10" s="6" t="s">
+      <c r="G11" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="H11" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="S10" s="6" t="s">
+      <c r="I11" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="K11" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="T10" s="6" t="s">
+      <c r="L11" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="U10" s="6" t="s">
+      <c r="M11" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="V10" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="W10" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>134</v>
       </c>
+      <c r="P11" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="S11" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="T11" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="U11" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="V11" s="13" t="s">
+        <v>197</v>
+      </c>
     </row>
-    <row r="11" spans="2:35" ht="120" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="N11" s="6" t="s">
+    <row r="12" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="E12" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="F12" s="22" t="s">
         <v>141</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="G12" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="H12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="I12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="J12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="K12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="L12" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="M12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="O12" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="R12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="S12" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="T12" s="23" t="s">
+        <v>141</v>
+      </c>
+      <c r="U12" s="10" t="s">
         <v>142</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="V12" s="19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="13" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="B13" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="C13" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="S11" s="6" t="s">
-[...2 lines deleted...]
-      <c r="T11" s="6" t="s">
+      <c r="D13" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="F13" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="V11" s="6" t="s">
-[...3 lines deleted...]
-        <v>206</v>
+      <c r="G13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="J13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="K13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="M13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="N13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="O13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="P13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="S13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="T13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="U13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="V13" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="W13" s="4" t="s">
+        <v>148</v>
       </c>
     </row>
-    <row r="12" spans="2:35" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="F12" s="22" t="s">
+    <row r="14" spans="2:34" ht="30" x14ac:dyDescent="0.25">
+      <c r="B14" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="G12" s="18" t="s">
-[...44 lines deleted...]
-      <c r="V12" s="10" t="s">
+      <c r="C14" s="6" t="s">
         <v>150</v>
-      </c>
-[...80 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D14" s="6">
         <v>1</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="F14" s="7">
         <v>650</v>
       </c>
       <c r="G14" s="7">
         <v>1800</v>
       </c>
       <c r="H14" s="7">
-        <v>150</v>
+        <v>30</v>
       </c>
       <c r="I14" s="7">
-        <v>30</v>
+        <v>600</v>
       </c>
       <c r="J14" s="7">
-        <v>600</v>
+        <v>22</v>
       </c>
       <c r="K14" s="7">
-        <v>22</v>
+        <v>1950</v>
       </c>
       <c r="L14" s="7">
-        <v>1950</v>
+        <v>27.4</v>
       </c>
       <c r="M14" s="7">
-        <v>27.4</v>
+        <v>29.63</v>
       </c>
       <c r="N14" s="7">
-        <v>29.63</v>
+        <v>21.35</v>
       </c>
       <c r="O14" s="7">
-        <v>21.35</v>
+        <v>35</v>
       </c>
       <c r="P14" s="7">
-        <v>35</v>
+        <v>140</v>
       </c>
       <c r="Q14" s="7">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="R14" s="7">
-        <v>25</v>
+        <v>3800</v>
       </c>
       <c r="S14" s="7">
-        <v>3800</v>
+        <v>65</v>
       </c>
       <c r="T14" s="7">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="U14" s="7">
         <v>1000</v>
       </c>
-      <c r="V14" s="21" t="s">
-[...2 lines deleted...]
-      <c r="W14" s="7">
+      <c r="U14" s="21" t="s">
+        <v>188</v>
+      </c>
+      <c r="V14" s="7">
         <v>85</v>
       </c>
     </row>
-    <row r="15" spans="2:35" ht="180" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:34" ht="180" x14ac:dyDescent="0.25">
       <c r="B15" s="5"/>
       <c r="C15" s="6" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="G15" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="H15" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="I15" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="J15" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="K15" s="14" t="s">
+        <v>157</v>
+      </c>
+      <c r="L15" s="14" t="s">
+        <v>158</v>
+      </c>
+      <c r="M15" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="N15" s="14" t="s">
+        <v>159</v>
+      </c>
+      <c r="O15" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="P15" s="14" t="s">
         <v>161</v>
       </c>
-      <c r="G15" s="14" t="s">
+      <c r="Q15" s="14" t="s">
+        <v>162</v>
+      </c>
+      <c r="R15" s="14" t="s">
         <v>163</v>
       </c>
-      <c r="H15" s="14" t="s">
-[...2 lines deleted...]
-      <c r="I15" s="14" t="s">
+      <c r="S15" s="14" t="s">
         <v>164</v>
       </c>
-      <c r="J15" s="14" t="s">
-[...5 lines deleted...]
-      <c r="L15" s="14" t="s">
+      <c r="T15" s="14" t="s">
         <v>165</v>
       </c>
-      <c r="M15" s="14" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="U15" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="V15" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="W15" s="15"/>
       <c r="X15" s="15"/>
       <c r="Y15" s="15"/>
       <c r="Z15" s="15"/>
       <c r="AA15" s="15"/>
       <c r="AB15" s="15"/>
       <c r="AC15" s="15"/>
       <c r="AD15" s="15"/>
       <c r="AE15" s="15"/>
       <c r="AF15" s="15"/>
       <c r="AG15" s="15"/>
       <c r="AH15" s="15"/>
-      <c r="AI15" s="15"/>
     </row>
-    <row r="16" spans="2:35" ht="255" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:34" ht="255" x14ac:dyDescent="0.25">
       <c r="B16" s="5"/>
       <c r="C16" s="6" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="14" t="s">
+        <v>167</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="H16" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="J16" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="K16" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="L16" s="16" t="s">
+        <v>173</v>
+      </c>
+      <c r="M16" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="N16" s="14" t="s">
         <v>175</v>
       </c>
-      <c r="G16" s="14" t="s">
+      <c r="O16" s="14" t="s">
         <v>176</v>
       </c>
-      <c r="H16" s="14" t="s">
+      <c r="P16" s="14" t="s">
         <v>177</v>
       </c>
-      <c r="I16" s="14" t="s">
+      <c r="Q16" s="14" t="s">
         <v>178</v>
       </c>
-      <c r="J16" s="14" t="s">
+      <c r="R16" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="K16" s="14" t="s">
+      <c r="S16" s="14" t="s">
         <v>180</v>
       </c>
-      <c r="L16" s="14" t="s">
+      <c r="T16" s="14" t="s">
         <v>181</v>
       </c>
-      <c r="M16" s="16" t="s">
+      <c r="U16" s="14" t="s">
         <v>182</v>
       </c>
-      <c r="N16" s="14" t="s">
+      <c r="V16" s="14" t="s">
         <v>183</v>
       </c>
-      <c r="O16" s="14" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="W16" s="15"/>
       <c r="X16" s="15"/>
       <c r="Y16" s="15"/>
       <c r="Z16" s="15"/>
       <c r="AA16" s="15"/>
       <c r="AB16" s="15"/>
       <c r="AC16" s="15"/>
       <c r="AD16" s="15"/>
       <c r="AE16" s="15"/>
       <c r="AF16" s="15"/>
       <c r="AG16" s="15"/>
       <c r="AH16" s="15"/>
-      <c r="AI16" s="15"/>
     </row>
-    <row r="17" spans="2:23" ht="60" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:22" ht="60" x14ac:dyDescent="0.25">
       <c r="B17" s="5" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="D17" s="6">
         <v>1</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="F17" s="8">
         <v>0</v>
       </c>
       <c r="G17" s="8">
         <v>0</v>
       </c>
       <c r="H17" s="8">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
       <c r="I17" s="8">
+        <v>0</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.06</v>
+      </c>
+      <c r="K17" s="14" t="s">
+        <v>187</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0</v>
+      </c>
+      <c r="M17" s="8">
         <v>0.1</v>
       </c>
-      <c r="J17" s="8">
+      <c r="N17" s="8">
         <v>0</v>
       </c>
-      <c r="K17" s="8">
-[...5 lines deleted...]
-      <c r="M17" s="8">
+      <c r="O17" s="8">
+        <v>0.25</v>
+      </c>
+      <c r="P17" s="8">
         <v>0</v>
       </c>
-      <c r="N17" s="8">
-[...2 lines deleted...]
-      <c r="O17" s="8">
+      <c r="Q17" s="8">
+        <v>0.05</v>
+      </c>
+      <c r="R17" s="8">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.05</v>
       </c>
       <c r="S17" s="8">
         <v>0</v>
       </c>
       <c r="T17" s="8">
         <v>0</v>
       </c>
       <c r="U17" s="8">
         <v>0</v>
       </c>
       <c r="V17" s="8">
         <v>0</v>
       </c>
-      <c r="W17" s="8">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="18" spans="2:23" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:22" x14ac:dyDescent="0.25">
       <c r="B18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="H18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="I18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="J18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="K18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="L18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="M18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="N18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="O18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="P18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="Q18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="R18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="S18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="T18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="U18" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="V18" s="9" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>148</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="F1:W18">
-    <sortCondition ref="F2:W2"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="F1:V18">
+    <sortCondition ref="F2:V2"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="G12" r:id="rId1" xr:uid="{57531A3F-532C-4588-AE8C-E170B8AB33CD}"/>
-    <hyperlink ref="H12" r:id="rId2" xr:uid="{A6741F7C-1F26-4753-9B77-08E813DB1375}"/>
-[...15 lines deleted...]
-    <hyperlink ref="U12" r:id="rId18" xr:uid="{E09B8950-39C7-43D7-AB1D-767A627E50C7}"/>
+    <hyperlink ref="H12" r:id="rId2" xr:uid="{A3464A96-D5EB-4C16-9CF4-D44085734712}"/>
+    <hyperlink ref="I12" r:id="rId3" xr:uid="{A8F8D337-0B82-4697-93B4-2B35603D56D2}"/>
+    <hyperlink ref="J12" r:id="rId4" xr:uid="{2768330D-AFC0-48F5-BD2A-CD7A1E833B25}"/>
+    <hyperlink ref="K12" r:id="rId5" xr:uid="{A44C6089-282E-4F41-ACCC-D1954DA573F2}"/>
+    <hyperlink ref="M12" r:id="rId6" xr:uid="{4E7FAD28-3CD5-485A-9C33-C19649EA0B3C}"/>
+    <hyperlink ref="N12" r:id="rId7" xr:uid="{4C36EBF6-1387-4EAA-BE85-FCDC4A367DAB}"/>
+    <hyperlink ref="P12" r:id="rId8" xr:uid="{296C79C7-2E8D-498D-8A58-50C3869EBC91}"/>
+    <hyperlink ref="Q12" r:id="rId9" xr:uid="{684F6B63-B2CE-4F19-8EA6-4D80C0B1EC73}"/>
+    <hyperlink ref="R12" r:id="rId10" xr:uid="{C3FCB40E-47E2-4453-8211-D9960547C0F9}"/>
+    <hyperlink ref="S12" r:id="rId11" xr:uid="{FDFEA8D8-EE95-4948-AE80-7539D9B25069}"/>
+    <hyperlink ref="V12" r:id="rId12" xr:uid="{FECD0BAC-2E2A-4EAE-ACC4-DE503DA4A572}"/>
+    <hyperlink ref="L5" r:id="rId13" xr:uid="{8C2BBCAC-63B4-4D86-8976-4FF67AF70C01}"/>
+    <hyperlink ref="F12" r:id="rId14" xr:uid="{05EDB6C4-4BF8-4E22-98CF-5F29C82F8736}"/>
+    <hyperlink ref="L12" r:id="rId15" xr:uid="{A0273BAB-A216-42F2-A1E2-724194586D36}"/>
+    <hyperlink ref="O12" r:id="rId16" xr:uid="{6F2F863E-DA7B-4B6D-B6F4-0F539ED0C76B}"/>
+    <hyperlink ref="T12" r:id="rId17" xr:uid="{E09B8950-39C7-43D7-AB1D-767A627E50C7}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.4" header="0.2" footer="0.2"/>
-  <pageSetup orientation="landscape" r:id="rId19"/>
+  <pageSetup orientation="landscape" r:id="rId18"/>
   <headerFooter>
     <oddFooter>&amp;R21-7387 - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>